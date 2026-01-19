--- v0 (2025-12-03)
+++ v1 (2026-01-19)
@@ -7,50 +7,56 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/ink/ink1.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/ink/ink2.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/ink/ink3.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/ink/ink4.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/ink/ink5.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/ink/ink6.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/ink/ink7.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/ink/ink8.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/ink/ink9.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/ink/ink10.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/ink/ink11.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/ink/ink12.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/ink/ink13.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/ink/ink14.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/ink/ink15.xml" ContentType="application/inkml+xml"/>
+  <Override PartName="/word/ink/ink16.xml" ContentType="application/inkml+xml"/>
+  <Override PartName="/word/ink/ink17.xml" ContentType="application/inkml+xml"/>
+  <Override PartName="/word/ink/ink18.xml" ContentType="application/inkml+xml"/>
+  <Override PartName="/word/ink/ink19.xml" ContentType="application/inkml+xml"/>
+  <Override PartName="/word/ink/ink20.xml" ContentType="application/inkml+xml"/>
+  <Override PartName="/word/ink/ink21.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="045A2607" w14:textId="004DEDAD" w:rsidR="008B79FE" w:rsidRPr="0096681C" w:rsidRDefault="008B79FE" w:rsidP="008B79FE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
@@ -829,55 +835,55 @@
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent2"/>
                         </a:fillRef>
                         <a:effectRef idx="2">
                           <a:schemeClr val="accent2"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="638359C2" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+              <v:shapetype w14:anchorId="38659C48" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                 <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                 <o:lock v:ext="edit" shapetype="t"/>
               </v:shapetype>
-              <v:shape id="Straight Arrow Connector 309" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:468.95pt;margin-top:112.45pt;width:72.45pt;height:24.75pt;flip:x y;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAMvPTgyAEAAOADAAAOAAAAZHJzL2Uyb0RvYy54bWysU8uO1DAQvCPxD5bvTB7DIogms4dZHgcE&#10;q+Vx9zr2xJJjW+1mkvw9bSebRYC0EuJiddyu6q7qzuF6Giy7KIjGu5ZXu5Iz5aTvjDu3/NvXdy9e&#10;cxZRuE5Y71TLZxX59fH5s8MYGlX73ttOASMSF5sxtLxHDE1RRNmrQcSdD8pRUnsYBNInnIsOxEjs&#10;gy3qsnxVjB66AF6qGOn2ZknyY+bXWkn8rHVUyGzLqTfMJ+TzPp3F8SCaM4jQG7m2If6hi0EYR0U3&#10;qhuBgv0A8wfVYCT46DXupB8Kr7WRKmsgNVX5m5ovvQgqayFzYthsiv+PVn66nNwtkA1jiE0Mt5BU&#10;TBoGpq0JH2imPEffU5Ry1DObsoHzZqCakEm6fEMiqivOJKX21ct9fZUMLhbCBA4Q8b3yA0tByyOC&#10;MOceT945GpWHpYS4fIy4AB8ACWxdOlEY+9Z1DOdA+yQA/LgWSfniUUaOcLZqwd4pzUxHTe6zjLxh&#10;6mSBXQTthpBSOaw3JnqdYNpYuwHLp4Hr+wRVefs2cP00eEPkyt7hBh6M8/A3ApyqtWW9vH9wYNGd&#10;LLj33ZwHnK2hNcoDWVc+7emv3xn++GMefwIAAP//AwBQSwMEFAAGAAgAAAAhAMyvomPiAAAADAEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoXWP1J8SpAAmhHlCh5dDenNjEEbEd&#10;2W4b3p7tCW67O6PZb8rV6HpyMjF1wUuYThgQ45ugO99K+Ny93C2ApKy8Vn3wRsKPSbCqrq9KVehw&#10;9h/mtM0twRCfCiXB5jwUlKbGGqfSJAzGo/YVolMZ19hSHdUZw11POWMz6lTn8YNVg3m2pvneHp0E&#10;sZnVYr17Ynz9enibart530cq5e3N+PgAJJsx/5nhgo/oUCFTHY5eJ9JLWN7Pl2iVwLnA4eJgC45t&#10;ajzNhQBalfR/ieoXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEADLz04MgBAADgAwAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAzK+iY+IAAAAMAQAA&#10;DwAAAAAAAAAAAAAAAAAiBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADEFAAAAAA==&#10;" strokecolor="#c0504d [3205]" strokeweight="3pt">
+              <v:shape id="Straight Arrow Connector 309" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:468.95pt;margin-top:112.45pt;width:72.45pt;height:24.75pt;flip:x y;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAMvPTgyAEAAOADAAAOAAAAZHJzL2Uyb0RvYy54bWysU8uO1DAQvCPxD5bvTB7DIogms4dZHgcE&#10;q+Vx9zr2xJJjW+1mkvw9bSebRYC0EuJiddyu6q7qzuF6Giy7KIjGu5ZXu5Iz5aTvjDu3/NvXdy9e&#10;cxZRuE5Y71TLZxX59fH5s8MYGlX73ttOASMSF5sxtLxHDE1RRNmrQcSdD8pRUnsYBNInnIsOxEjs&#10;gy3qsnxVjB66AF6qGOn2ZknyY+bXWkn8rHVUyGzLqTfMJ+TzPp3F8SCaM4jQG7m2If6hi0EYR0U3&#10;qhuBgv0A8wfVYCT46DXupB8Kr7WRKmsgNVX5m5ovvQgqayFzYthsiv+PVn66nNwtkA1jiE0Mt5BU&#10;TBoGpq0JH2imPEffU5Ry1DObsoHzZqCakEm6fEMiqivOJKX21ct9fZUMLhbCBA4Q8b3yA0tByyOC&#10;MOceT945GpWHpYS4fIy4AB8ACWxdOlEY+9Z1DOdA+yQA/LgWSfniUUaOcLZqwd4pzUxHTe6zjLxh&#10;6mSBXQTthpBSOaw3JnqdYNpYuwHLp4Hr+wRVefs2cP00eEPkyt7hBh6M8/A3ApyqtWW9vH9wYNGd&#10;LLj33ZwHnK2hNcoDWVc+7emv3xn++GMefwIAAP//AwBQSwMEFAAGAAgAAAAhAMyvomPiAAAADAEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoXWP1J8SpAAmhHlCh5dDenNjEEbEd&#10;2W4b3p7tCW67O6PZb8rV6HpyMjF1wUuYThgQ45ugO99K+Ny93C2ApKy8Vn3wRsKPSbCqrq9KVehw&#10;9h/mtM0twRCfCiXB5jwUlKbGGqfSJAzGo/YVolMZ19hSHdUZw11POWMz6lTn8YNVg3m2pvneHp0E&#10;sZnVYr17Ynz9enibart530cq5e3N+PgAJJsx/5nhgo/oUCFTHY5eJ9JLWN7Pl2iVwLnA4eJgC45t&#10;ajzNhQBalfR/ieoXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEADLz04MgBAADgAwAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAzK+iY+IAAAAMAQAA&#10;DwAAAAAAAAAAAAAAAAAiBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADEFAAAAAA==&#10;" strokecolor="#c0504d [3205]" strokeweight="3pt">
                 <v:stroke endarrow="open"/>
                 <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00AB249E" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="387AA696" wp14:editId="387AA697">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1188085</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
@@ -1008,51 +1014,51 @@
                           <a:tailEnd type="arrow"/>
                         </a:ln>
                         <a:effectLst>
                           <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
                             <a:srgbClr val="000000">
                               <a:alpha val="35000"/>
                             </a:srgbClr>
                           </a:outerShdw>
                         </a:effectLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6AEC77E3" id="Straight Arrow Connector 303" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:163.2pt;margin-top:69pt;width:19.55pt;height:25.1pt;flip:y;z-index:251757568;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCoyanWCAIAAAIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8mO2zAMvRfoPwi6N3a2ThDEmUPS6aVo&#10;B50uZ0aLLUCWBEoTJ39fSs6kaedW1AdBJMXHR/J5c3/qLTsqjMa7hk8nNWfKCS+Naxv+/dvDuxVn&#10;MYGTYL1TDT+ryO+3b99shrBWM995KxUyAnFxPYSGdymFdVVF0ake4sQH5SioPfaQyMS2kggDofe2&#10;mtX1+2rwKAN6oWIk734M8m3B11qJ9EXrqBKzDSduqZxYzkM+q+0G1i1C6Iy40IB/YNGDcVT0CrWH&#10;BOwZzSuo3gj00es0Eb6vvNZGqNIDdTOt/+rmqYOgSi80nBiuY4r/D1Z8Pu7cI9IYhhDXMTxi7uKk&#10;sWfamvCDdlr6IqbsVMZ2vo5NnRIT5JwtVrPVkjNBofl0dXdXxlqNMBkuYEwfle9ZvjQ8JgTTdmnn&#10;naMFeRxLwPFTTESEEl8ScrLzD8basifr2EAlVtOaVimA5KItJLr2QRKsazkD25IORcLCOnprZE7P&#10;QBHbw84iOwJpYVcv68U+r5/K/fEs195D7MZ3JTSqJIGxH5xk6RxIyIDoh0u+dRlfFblRD9nwz0nh&#10;UycHdrDP+BWI36KmjzNp8gxm84tBWlyWCIXQp58mdWXtecqvWGcEwsh+sKGDkeN8mZ2XVsYmS1tX&#10;DsW6oVf93nW+Hbw8FwkUPwmtvL/8FFnJtzbdb3/d7S8AAAD//wMAUEsDBBQABgAIAAAAIQCr6/Aq&#10;3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4QwEIXvJv6HZky8uUVYCEHKxhjXmzGuHuRW&#10;aBdY6RTbLuC/dzzpcd778ua9creakc3a+cGigNtNBExja9WAnYD3t/1NDswHiUqOFrWAb+1hV11e&#10;lLJQdsFXPR9CxygEfSEF9CFMBee+7bWRfmMnjeQdrTMy0Ok6rpxcKNyMPI6ijBs5IH3o5aQfet1+&#10;Hs5GwPbLPidPdZPM+xe3fIRTvT7WqRDXV+v9HbCg1/AHw299qg4VdWrsGZVno4AkzraEkpHkNIqI&#10;JEtTYA0peR4Dr0r+f0P1AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKjJqdYIAgAAAgQA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKvr8CrfAAAA&#10;CwEAAA8AAAAAAAAAAAAAAAAAYgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABuBQAA&#10;AAA=&#10;" strokecolor="#c0504d" strokeweight="3pt">
+              <v:shape w14:anchorId="38C17C5F" id="Straight Arrow Connector 303" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:163.2pt;margin-top:69pt;width:19.55pt;height:25.1pt;flip:y;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCoyanWCAIAAAIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8mO2zAMvRfoPwi6N3a2ThDEmUPS6aVo&#10;B50uZ0aLLUCWBEoTJ39fSs6kaedW1AdBJMXHR/J5c3/qLTsqjMa7hk8nNWfKCS+Naxv+/dvDuxVn&#10;MYGTYL1TDT+ryO+3b99shrBWM995KxUyAnFxPYSGdymFdVVF0ake4sQH5SioPfaQyMS2kggDofe2&#10;mtX1+2rwKAN6oWIk734M8m3B11qJ9EXrqBKzDSduqZxYzkM+q+0G1i1C6Iy40IB/YNGDcVT0CrWH&#10;BOwZzSuo3gj00es0Eb6vvNZGqNIDdTOt/+rmqYOgSi80nBiuY4r/D1Z8Pu7cI9IYhhDXMTxi7uKk&#10;sWfamvCDdlr6IqbsVMZ2vo5NnRIT5JwtVrPVkjNBofl0dXdXxlqNMBkuYEwfle9ZvjQ8JgTTdmnn&#10;naMFeRxLwPFTTESEEl8ScrLzD8basifr2EAlVtOaVimA5KItJLr2QRKsazkD25IORcLCOnprZE7P&#10;QBHbw84iOwJpYVcv68U+r5/K/fEs195D7MZ3JTSqJIGxH5xk6RxIyIDoh0u+dRlfFblRD9nwz0nh&#10;UycHdrDP+BWI36KmjzNp8gxm84tBWlyWCIXQp58mdWXtecqvWGcEwsh+sKGDkeN8mZ2XVsYmS1tX&#10;DsW6oVf93nW+Hbw8FwkUPwmtvL/8FFnJtzbdb3/d7S8AAAD//wMAUEsDBBQABgAIAAAAIQCr6/Aq&#10;3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4QwEIXvJv6HZky8uUVYCEHKxhjXmzGuHuRW&#10;aBdY6RTbLuC/dzzpcd778ua9creakc3a+cGigNtNBExja9WAnYD3t/1NDswHiUqOFrWAb+1hV11e&#10;lLJQdsFXPR9CxygEfSEF9CFMBee+7bWRfmMnjeQdrTMy0Ok6rpxcKNyMPI6ijBs5IH3o5aQfet1+&#10;Hs5GwPbLPidPdZPM+xe3fIRTvT7WqRDXV+v9HbCg1/AHw299qg4VdWrsGZVno4AkzraEkpHkNIqI&#10;JEtTYA0peR4Dr0r+f0P1AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKjJqdYIAgAAAgQA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKvr8CrfAAAA&#10;CwEAAA8AAAAAAAAAAAAAAAAAYgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABuBQAA&#10;AAA=&#10;" strokecolor="#c0504d" strokeweight="3pt">
                 <v:stroke endarrow="open"/>
                 <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00AB249E" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="387AA69A" wp14:editId="387AA69B">
             <wp:extent cx="4320000" cy="3456000"/>
             <wp:effectExtent l="0" t="0" r="4445" b="0"/>
             <wp:docPr id="319" name="Picture 319"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -1570,69 +1576,51 @@
         </w:rPr>
         <w:t xml:space="preserve">“Prospectus?”  field should be ticked if course is to appear on </w:t>
       </w:r>
       <w:r w:rsidR="008A3775" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ontrack </w:t>
       </w:r>
       <w:r w:rsidR="00653C34" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Prospect</w:t>
       </w:r>
       <w:r w:rsidR="000E7DEE" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> visible to the public via </w:t>
+        <w:t xml:space="preserve"> (ie visible to the public via </w:t>
       </w:r>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the course search) or unticked if the course is not to be made visible.</w:t>
       </w:r>
       <w:r w:rsidR="000B138B" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  The majority of course</w:t>
       </w:r>
       <w:r w:rsidR="00311A95">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
@@ -2084,55 +2072,51 @@
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent2"/>
                         </a:fillRef>
                         <a:effectRef idx="1">
                           <a:schemeClr val="accent2"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="683D8AA9" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
-[...3 lines deleted...]
-              <v:shape id="Straight Arrow Connector 1" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:484.45pt;margin-top:259.9pt;width:3.6pt;height:69.75pt;flip:x y;z-index:251698184;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCpWnPnzAEAAOIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P1DAMvSPxH6LcmXZGDAzVdPYwy8cB&#10;wWphuWdTp42UJpFjpu2/J0m7XQQrkBAXy439bL9n93g19oZdAIN2tubbTckZWOkabdua33199+LA&#10;WSBhG2GchZpPEPjV6fmz4+Ar2LnOmQaQxSI2VIOveUfkq6IIsoNehI3zYGNQOewFxU9siwbFEKv3&#10;ptiV5aticNh4dBJCiK/Xc5Cfcn2lQNJnpQIQMzWPs1G2mO19ssXpKKoWhe+0XMYQ/zBFL7SNTddS&#10;14IE+476t1K9luiCU7SRri+cUlpC5hDZbMtf2HzphIfMJYoT/CpT+H9l5afL2d5glGHwoQr+BhOL&#10;UWHPlNH+Q9wpz9635KVYnJmNWcBpFRBGYjI+vty/3r7hTMbI4bDfl4ekbzHXS1iPgd6D61lyah4I&#10;hW47Ojtr46Yczh3E5WOgGfgASGBjkyWhzVvbMJp8PCdCLWxrYOmTUopHItmjycAMvwXFdBPH3GUi&#10;+cbgbJBdRLwOISVY2q2VYnaCKW3MCiz/DlzyExTy/a3gmdwfu66I3NlZWsG9tg6f6k7jdhlZzfkP&#10;Csy8kwT3rpnyirM08ZDyTpajT5f683eGP/6apx8AAAD//wMAUEsDBBQABgAIAAAAIQDwSeeQ4QAA&#10;AAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9RS8MwFIXfBf9DuIJvLq2ybKlNhwx8EASxFsS3tMma&#10;suamJllX/73xyT1e7sc53yl3ix3JrH0YHArIVxkQjZ1TA/YCmo/nuy2QECUqOTrUAn50gF11fVXK&#10;Qrkzvuu5jj1JIRgKKcDEOBWUhs5oK8PKTRrT7+C8lTGdvqfKy3MKtyO9zzJGrRwwNRg56b3R3bE+&#10;WQGvWYOs/v588W/7YTN/zYY2rRHi9mZ5egQS9RL/YfjTT+pQJafWnVAFMgrgbMsTKmCd87QhEXzD&#10;ciCtALbmD0Crkl5uqH4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqVpz58wBAADiAwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA8EnnkOEAAAAL&#10;AQAADwAAAAAAAAAAAAAAAAAmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADQFAAAA&#10;AA==&#10;" strokecolor="#c0504d [3205]" strokeweight="2pt">
+              <v:shape w14:anchorId="6CF73018" id="Straight Arrow Connector 1" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:484.45pt;margin-top:259.9pt;width:3.6pt;height:69.75pt;flip:x y;z-index:251698184;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCpWnPnzAEAAOIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P1DAMvSPxH6LcmXZGDAzVdPYwy8cB&#10;wWphuWdTp42UJpFjpu2/J0m7XQQrkBAXy439bL9n93g19oZdAIN2tubbTckZWOkabdua33199+LA&#10;WSBhG2GchZpPEPjV6fmz4+Ar2LnOmQaQxSI2VIOveUfkq6IIsoNehI3zYGNQOewFxU9siwbFEKv3&#10;ptiV5aticNh4dBJCiK/Xc5Cfcn2lQNJnpQIQMzWPs1G2mO19ssXpKKoWhe+0XMYQ/zBFL7SNTddS&#10;14IE+476t1K9luiCU7SRri+cUlpC5hDZbMtf2HzphIfMJYoT/CpT+H9l5afL2d5glGHwoQr+BhOL&#10;UWHPlNH+Q9wpz9635KVYnJmNWcBpFRBGYjI+vty/3r7hTMbI4bDfl4ekbzHXS1iPgd6D61lyah4I&#10;hW47Ojtr46Yczh3E5WOgGfgASGBjkyWhzVvbMJp8PCdCLWxrYOmTUopHItmjycAMvwXFdBPH3GUi&#10;+cbgbJBdRLwOISVY2q2VYnaCKW3MCiz/DlzyExTy/a3gmdwfu66I3NlZWsG9tg6f6k7jdhlZzfkP&#10;Csy8kwT3rpnyirM08ZDyTpajT5f683eGP/6apx8AAAD//wMAUEsDBBQABgAIAAAAIQDwSeeQ4QAA&#10;AAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9RS8MwFIXfBf9DuIJvLq2ybKlNhwx8EASxFsS3tMma&#10;suamJllX/73xyT1e7sc53yl3ix3JrH0YHArIVxkQjZ1TA/YCmo/nuy2QECUqOTrUAn50gF11fVXK&#10;Qrkzvuu5jj1JIRgKKcDEOBWUhs5oK8PKTRrT7+C8lTGdvqfKy3MKtyO9zzJGrRwwNRg56b3R3bE+&#10;WQGvWYOs/v588W/7YTN/zYY2rRHi9mZ5egQS9RL/YfjTT+pQJafWnVAFMgrgbMsTKmCd87QhEXzD&#10;ciCtALbmD0Crkl5uqH4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqVpz58wBAADiAwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA8EnnkOEAAAAL&#10;AQAADwAAAAAAAAAAAAAAAAAmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADQFAAAA&#10;AA==&#10;" strokecolor="#c0504d [3205]" strokeweight="2pt">
                 <v:stroke endarrow="block"/>
                 <v:shadow on="t" color="black" opacity="24903f" origin=",.5" offset="0,.55556mm"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="002C2FDD" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2869DF8F" wp14:editId="2BD152E8">
             <wp:extent cx="8863330" cy="4368800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="333" name="Picture 333"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -2789,51 +2773,51 @@
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent2"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent2"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="28D3F251" id="Straight Arrow Connector 320" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:351.35pt;margin-top:51.6pt;width:39.15pt;height:43.8pt;flip:x;z-index:251762688;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCtc9GhzgEAAOADAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815JdOUkFyzk4fRyK&#10;NujjAxiKtAhQXGLJWtLfd0kpSpECBVr0QlAkZ2ZndnW4HXvLLgqDAdfw7abkTDkJrXHnhn//9u7V&#10;DWchCtcKC041fFKB3x5fvjgMvlY76MC2ChmRuFAPvuFdjL4uiiA71YuwAa8cXWrAXkT6xHPRohiI&#10;vbfFriyvigGw9QhShUCnd/MlP2Z+rZWMn7UOKjLbcKot5hXz+pDW4ngQ9RmF74xcyhD/UEUvjCPR&#10;lepORMF+oPmNqjcSIYCOGwl9AVobqbIHcrMtn7n52gmvshcKJ/g1pvD/aOWny8ndI8Uw+FAHf4/J&#10;xaixZ9oa/4F6mn1RpWzMsU1rbGqMTNJh9ea6el1xJulqv7+qbq5TrMVMk+g8hvheQc/SpuEhojDn&#10;Lp7AOWoQ4CwhLh9DnIGPgAS2jg0N3+2rssyVRGHsW9eyOHmaJ4EIwyJnHak+2ci7OFk1s3xRmpmW&#10;yp3V8oSpk0V2ETQbQkrl4m5lotcJpo21K3DW/yNweZ+gKk/f34BXRFYGF1dwbxxgdv9MPY7bpWQ9&#10;v39MYPadIniAdsoNztHQGOXWLCOf5vTX7wx/+jGPPwEAAP//AwBQSwMEFAAGAAgAAAAhAGIjg5fh&#10;AAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdbQomxmyKiIIUKW0jpcdt&#10;MibB7GzIbpvYX+940uO89/HmvWw52U6ccfCtIw3zmQKBVLqqpVrDR/F6l4DwwVBlOkeo4Rs9LPPr&#10;q8yklRtpi+ddqAWHkE+NhiaEPpXSlw1a42euR2Lv0w3WBD6HWlaDGTncdjJS6l5a0xJ/aEyPzw2W&#10;X7uT1RCv8S0aD4v1tti8vO9XlyJxq4vWtzfT0yOIgFP4g+G3PleHnDsd3YkqLzrOUFHMKBtqEYFg&#10;Ik7mvO7IyoNKQOaZ/L8h/wEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCtc9GhzgEAAOAD&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBiI4OX4QAA&#10;AAsBAAAPAAAAAAAAAAAAAAAAACgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAANgUA&#10;AAAA&#10;" strokecolor="#bc4542 [3045]" strokeweight="2pt">
+              <v:shape w14:anchorId="44FA67C1" id="Straight Arrow Connector 320" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:351.35pt;margin-top:51.6pt;width:39.15pt;height:43.8pt;flip:x;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCtc9GhzgEAAOADAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815JdOUkFyzk4fRyK&#10;NujjAxiKtAhQXGLJWtLfd0kpSpECBVr0QlAkZ2ZndnW4HXvLLgqDAdfw7abkTDkJrXHnhn//9u7V&#10;DWchCtcKC041fFKB3x5fvjgMvlY76MC2ChmRuFAPvuFdjL4uiiA71YuwAa8cXWrAXkT6xHPRohiI&#10;vbfFriyvigGw9QhShUCnd/MlP2Z+rZWMn7UOKjLbcKot5hXz+pDW4ngQ9RmF74xcyhD/UEUvjCPR&#10;lepORMF+oPmNqjcSIYCOGwl9AVobqbIHcrMtn7n52gmvshcKJ/g1pvD/aOWny8ndI8Uw+FAHf4/J&#10;xaixZ9oa/4F6mn1RpWzMsU1rbGqMTNJh9ea6el1xJulqv7+qbq5TrMVMk+g8hvheQc/SpuEhojDn&#10;Lp7AOWoQ4CwhLh9DnIGPgAS2jg0N3+2rssyVRGHsW9eyOHmaJ4EIwyJnHak+2ci7OFk1s3xRmpmW&#10;yp3V8oSpk0V2ETQbQkrl4m5lotcJpo21K3DW/yNweZ+gKk/f34BXRFYGF1dwbxxgdv9MPY7bpWQ9&#10;v39MYPadIniAdsoNztHQGOXWLCOf5vTX7wx/+jGPPwEAAP//AwBQSwMEFAAGAAgAAAAhAGIjg5fh&#10;AAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdbQomxmyKiIIUKW0jpcdt&#10;MibB7GzIbpvYX+940uO89/HmvWw52U6ccfCtIw3zmQKBVLqqpVrDR/F6l4DwwVBlOkeo4Rs9LPPr&#10;q8yklRtpi+ddqAWHkE+NhiaEPpXSlw1a42euR2Lv0w3WBD6HWlaDGTncdjJS6l5a0xJ/aEyPzw2W&#10;X7uT1RCv8S0aD4v1tti8vO9XlyJxq4vWtzfT0yOIgFP4g+G3PleHnDsd3YkqLzrOUFHMKBtqEYFg&#10;Ik7mvO7IyoNKQOaZ/L8h/wEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCtc9GhzgEAAOAD&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBiI4OX4QAA&#10;AAsBAAAPAAAAAAAAAAAAAAAAACgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAANgUA&#10;AAAA&#10;" strokecolor="#bc4542 [3045]" strokeweight="2pt">
                 <v:stroke endarrow="open"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="387AA6A2" wp14:editId="387AA6A3">
             <wp:extent cx="4354007" cy="2721254"/>
             <wp:effectExtent l="0" t="0" r="8890" b="3175"/>
             <wp:docPr id="325" name="Picture 325"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -3036,51 +3020,51 @@
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent3"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent3"/>
                         </a:fillRef>
                         <a:effectRef idx="1">
                           <a:schemeClr val="accent3"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6EFC838E" id="Straight Arrow Connector 322" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:140.65pt;margin-top:25.65pt;width:82.35pt;height:46.65pt;flip:y;z-index:251763712;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjqNbTzQEAAOEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadLSQIma7qELXBCs&#10;+Lp7Hbux5C+Nhyb590ycbBYBAglxsRzb7715bybHm8FZdlWQTPAN325KzpSXoTX+0vAvn988O3CW&#10;UPhW2OBVw0eV+M3p6ZNjH2u1C12wrQJGJD7VfWx4hxjrokiyU06kTYjK06UO4ATSJ1yKFkRP7M4W&#10;u7J8UfQB2ghBqpTo9Ha+5KfMr7WS+EHrpJDZhlNtmFfI6/20FqejqC8gYmfkUob4hyqcMJ5EV6pb&#10;gYJ9A/MLlTMSQgoaNzK4ImhtpMoeyM22/MnNp05Elb1QOCmuMaX/RyvfX8/+DiiGPqY6xTuYXAwa&#10;HNPWxK/U0+yLKmVDjm1cY1MDMkmH23JfHfYVZ5Luqle7fVVNuRYzz8QXIeFbFRybNg1PCMJcOjwH&#10;76lDAWYNcX2XcAY+ACaw9awnkerwssqloDD2tW8ZjpEGSgCEfpGznlQffeQdjlbNLB+VZqaleneZ&#10;Jo+YOltgV0HDIaRUHp+vTPR6gmlj7Qos/w5c3k9QlcdvBc8e/6i6IrJy8LiCnfEBfqeOw3YpWc/v&#10;HxKYfU8R3Id2zB3O0dAc5dYsMz8N6o/fGf74Z56+AwAA//8DAFBLAwQUAAYACAAAACEA/+szs90A&#10;AAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPMU/DMBCFdyT+g3VIbNRpKVUU4lRVJQYWpLQsbNfY&#10;TULsc2S7Tfj3XCeY7k7v07v3yu3srLiaEHtPCpaLDIShxuueWgWfx7enHERMSBqtJ6Pgx0TYVvd3&#10;JRbaT1Sb6yG1gk0oFqigS2kspIxNZxzGhR8NsXb2wWHiM7RSB5zY3Fm5yrKNdNgTf+hwNPvONMPh&#10;4hT03z7t6CMM+HW2+6nO6+H4Piv1+DDvXkEkM6c/GG7xOTpUnOnkL6SjsApW+fKZUQUvt8nAer3h&#10;cicmeQNZlfJ/heoXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA46jW080BAADhAwAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA/+szs90AAAAKAQAA&#10;DwAAAAAAAAAAAAAAAAAnBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADEFAAAAAA==&#10;" strokecolor="#9bbb59 [3206]" strokeweight="1.25pt">
+              <v:shape w14:anchorId="28D949D1" id="Straight Arrow Connector 322" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:140.65pt;margin-top:25.65pt;width:82.35pt;height:46.65pt;flip:y;z-index:251658246;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjqNbTzQEAAOEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadLSQIma7qELXBCs&#10;+Lp7Hbux5C+Nhyb590ycbBYBAglxsRzb7715bybHm8FZdlWQTPAN325KzpSXoTX+0vAvn988O3CW&#10;UPhW2OBVw0eV+M3p6ZNjH2u1C12wrQJGJD7VfWx4hxjrokiyU06kTYjK06UO4ATSJ1yKFkRP7M4W&#10;u7J8UfQB2ghBqpTo9Ha+5KfMr7WS+EHrpJDZhlNtmFfI6/20FqejqC8gYmfkUob4hyqcMJ5EV6pb&#10;gYJ9A/MLlTMSQgoaNzK4ImhtpMoeyM22/MnNp05Elb1QOCmuMaX/RyvfX8/+DiiGPqY6xTuYXAwa&#10;HNPWxK/U0+yLKmVDjm1cY1MDMkmH23JfHfYVZ5Luqle7fVVNuRYzz8QXIeFbFRybNg1PCMJcOjwH&#10;76lDAWYNcX2XcAY+ACaw9awnkerwssqloDD2tW8ZjpEGSgCEfpGznlQffeQdjlbNLB+VZqaleneZ&#10;Jo+YOltgV0HDIaRUHp+vTPR6gmlj7Qos/w5c3k9QlcdvBc8e/6i6IrJy8LiCnfEBfqeOw3YpWc/v&#10;HxKYfU8R3Id2zB3O0dAc5dYsMz8N6o/fGf74Z56+AwAA//8DAFBLAwQUAAYACAAAACEA/+szs90A&#10;AAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPMU/DMBCFdyT+g3VIbNRpKVUU4lRVJQYWpLQsbNfY&#10;TULsc2S7Tfj3XCeY7k7v07v3yu3srLiaEHtPCpaLDIShxuueWgWfx7enHERMSBqtJ6Pgx0TYVvd3&#10;JRbaT1Sb6yG1gk0oFqigS2kspIxNZxzGhR8NsXb2wWHiM7RSB5zY3Fm5yrKNdNgTf+hwNPvONMPh&#10;4hT03z7t6CMM+HW2+6nO6+H4Piv1+DDvXkEkM6c/GG7xOTpUnOnkL6SjsApW+fKZUQUvt8nAer3h&#10;cicmeQNZlfJ/heoXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA46jW080BAADhAwAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA/+szs90AAAAKAQAA&#10;DwAAAAAAAAAAAAAAAAAnBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADEFAAAAAA==&#10;" strokecolor="#9bbb59 [3206]" strokeweight="1.25pt">
                 <v:stroke endarrow="open"/>
                 <v:shadow on="t" color="black" opacity="24903f" origin=",.5" offset="0,.55556mm"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="387AA6A8" wp14:editId="387AA6A9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1698625</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>632460</wp:posOffset>
@@ -3111,51 +3095,51 @@
                           <a:tailEnd type="arrow"/>
                         </a:ln>
                         <a:effectLst>
                           <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
                             <a:srgbClr val="000000">
                               <a:alpha val="35000"/>
                             </a:srgbClr>
                           </a:outerShdw>
                         </a:effectLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="62904CFF" id="Straight Arrow Connector 321" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:133.75pt;margin-top:49.8pt;width:57.55pt;height:17.8pt;z-index:251764736;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDUZOQ//wEAAPgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2jAQvVfqP1i+lwRYtggR9gDdXqp2&#10;1W3V8+A4iSXHY40Ngb/v2GFZ2r1VvTge2/PmvTeT9cOpt+KoKRh0lZxOSim0U1gb11by54/HD0sp&#10;QgRXg0WnK3nWQT5s3r9bD36lZ9ihrTUJBnFhNfhKdjH6VVEE1ekewgS9dnzZIPUQOaS2qAkGRu9t&#10;MSvL+2JAqj2h0iHw6W68lJuM3zRaxW9NE3QUtpLMLeaV8rpPa7FZw6ol8J1RFxrwDyx6MI6LXqF2&#10;EEEcyLyB6o0iDNjEicK+wKYxSmcNrGZa/qXmuQOvsxY2J/irTeH/waqvx617IrZh8GEV/BMlFaeG&#10;+vRlfuKUzTpfzdKnKBQffpyXy+VCCsVXs9l9eZ/NLF6TPYX4WWMv0qaSIRKYtotbdI7bgjTNhsHx&#10;S4hcnhNfElJlh4/G2twd68TAJRZ3JTdQAQ9JYyHytvc1w7pWCrAtT5+KlCEDWlOn9AQUqN1vLYkj&#10;8ARsy0V5t0tN53J/PEu1dxC68V2+GmcjgrGfXC3i2fP4AhEOl3zrEr7OQ8Yasl+HqOm5qwextwf6&#10;DsyPWSfetUkezOaXgCcw6ckRYfxlYpebnVx+wzq/G8/B+g5GjvNFyr5IGUVmWfjCIUc39IrXDqfd&#10;Hutzbnw+5/HK7y+/Qprf25j3tz/s5jcAAAD//wMAUEsDBBQABgAIAAAAIQDYMwfs4AAAAAoBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjcWEqndV1pOg0E4sBpH7AdvcakFU1SNdlW&#10;/j3mBDdbfvT6ecvlaDtxpiG03im4nyQgyNVet84o2G1f7nIQIaLT2HlHCr4pwLK6viqx0P7i1nTe&#10;RCM4xIUCFTQx9oWUoW7IYpj4nhzfPv1gMfI6GKkHvHC47WSaJJm02Dr+0GBPTw3VX5uTVXBod4fH&#10;Z3zNzX7+tsX8Y/Ue9kap25tx9QAi0hj/YPjVZ3Wo2OnoT04H0SlIs/mMUQWLRQaCgWme8nBkcjpL&#10;QVal/F+h+gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDUZOQ//wEAAPgDAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDYMwfs4AAAAAoBAAAPAAAA&#10;AAAAAAAAAAAAAFkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAZgUAAAAA&#10;" strokecolor="#c0504d" strokeweight="2pt">
+              <v:shape w14:anchorId="504BE64C" id="Straight Arrow Connector 321" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:133.75pt;margin-top:49.8pt;width:57.55pt;height:17.8pt;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDUZOQ//wEAAPgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2jAQvVfqP1i+lwRYtggR9gDdXqp2&#10;1W3V8+A4iSXHY40Ngb/v2GFZ2r1VvTge2/PmvTeT9cOpt+KoKRh0lZxOSim0U1gb11by54/HD0sp&#10;QgRXg0WnK3nWQT5s3r9bD36lZ9ihrTUJBnFhNfhKdjH6VVEE1ekewgS9dnzZIPUQOaS2qAkGRu9t&#10;MSvL+2JAqj2h0iHw6W68lJuM3zRaxW9NE3QUtpLMLeaV8rpPa7FZw6ol8J1RFxrwDyx6MI6LXqF2&#10;EEEcyLyB6o0iDNjEicK+wKYxSmcNrGZa/qXmuQOvsxY2J/irTeH/waqvx617IrZh8GEV/BMlFaeG&#10;+vRlfuKUzTpfzdKnKBQffpyXy+VCCsVXs9l9eZ/NLF6TPYX4WWMv0qaSIRKYtotbdI7bgjTNhsHx&#10;S4hcnhNfElJlh4/G2twd68TAJRZ3JTdQAQ9JYyHytvc1w7pWCrAtT5+KlCEDWlOn9AQUqN1vLYkj&#10;8ARsy0V5t0tN53J/PEu1dxC68V2+GmcjgrGfXC3i2fP4AhEOl3zrEr7OQ8Yasl+HqOm5qwextwf6&#10;DsyPWSfetUkezOaXgCcw6ckRYfxlYpebnVx+wzq/G8/B+g5GjvNFyr5IGUVmWfjCIUc39IrXDqfd&#10;Hutzbnw+5/HK7y+/Qprf25j3tz/s5jcAAAD//wMAUEsDBBQABgAIAAAAIQDYMwfs4AAAAAoBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjcWEqndV1pOg0E4sBpH7AdvcakFU1SNdlW&#10;/j3mBDdbfvT6ecvlaDtxpiG03im4nyQgyNVet84o2G1f7nIQIaLT2HlHCr4pwLK6viqx0P7i1nTe&#10;RCM4xIUCFTQx9oWUoW7IYpj4nhzfPv1gMfI6GKkHvHC47WSaJJm02Dr+0GBPTw3VX5uTVXBod4fH&#10;Z3zNzX7+tsX8Y/Ue9kap25tx9QAi0hj/YPjVZ3Wo2OnoT04H0SlIs/mMUQWLRQaCgWme8nBkcjpL&#10;QVal/F+h+gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDUZOQ//wEAAPgDAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDYMwfs4AAAAAoBAAAPAAAA&#10;AAAAAAAAAAAAAFkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAZgUAAAAA&#10;" strokecolor="#c0504d" strokeweight="2pt">
                 <v:stroke endarrow="open"/>
                 <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="387AA6AA" wp14:editId="387AA6AB">
             <wp:extent cx="4320000" cy="3456000"/>
             <wp:effectExtent l="0" t="0" r="4445" b="0"/>
             <wp:docPr id="326" name="Picture 326"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -3354,69 +3338,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>‘Status’ = active</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="387AA54D" w14:textId="1383C344" w:rsidR="00FC68C8" w:rsidRPr="0096681C" w:rsidRDefault="00FC68C8" w:rsidP="00FC68C8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">‘Cal </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> code’ type </w:t>
+        <w:t xml:space="preserve">‘Cal occ code’ type </w:t>
       </w:r>
       <w:r w:rsidR="00FB3780" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00566059" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (for 20</w:t>
       </w:r>
@@ -4988,77 +4954,1269 @@
     <w:p w14:paraId="387AA56D" w14:textId="77777777" w:rsidR="001D6DD5" w:rsidRPr="0096681C" w:rsidRDefault="001D6DD5" w:rsidP="001D6DD5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="OLE_LINK3"/>
       <w:bookmarkStart w:id="5" w:name="OLE_LINK4"/>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>UIO (Course Occurrence) – Prospectus tab</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkEnd w:id="5"/>
-    <w:p w14:paraId="387AA570" w14:textId="01CAAD99" w:rsidR="00DA0867" w:rsidRPr="0096681C" w:rsidRDefault="00F21A37" w:rsidP="00036029">
+    <w:p w14:paraId="387AA570" w14:textId="01CAAD99" w:rsidR="00DA0867" w:rsidRDefault="00F21A37" w:rsidP="00036029">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Not required, all Prospectus information is currently entered at UI level, see </w:t>
       </w:r>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>UI (Course) – Prospectus tab</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="2357BD26" w14:textId="0E8C8942" w:rsidR="00AE6ECF" w:rsidRDefault="00AE6ECF" w:rsidP="00AE6ECF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UIO (Course Occurrence) – </w:t>
+      </w:r>
+      <w:r w:rsidR="00D35883">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Fees</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D2FA5AA" w14:textId="773DDE15" w:rsidR="00A517FB" w:rsidRDefault="00A517FB" w:rsidP="00A517FB">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A517FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We are required to return a field which indicates, for each enrolment, whether the learner has contributed to the cost of their learning.  As all courses are currently free to eligible learners, there is a way of setting it on the course so that it doesn’t need to be recorded on each enrolment.  This involves adding a nominal charge to each course.  A fee waiver is then </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A517FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">automatically applied which removes the fee and sets the field to show that the course is fully funded. To add the fee, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C96FFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>from the menu</w:t>
+      </w:r>
+      <w:r w:rsidR="00370826">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at the left hand side of the screen, </w:t>
+      </w:r>
+      <w:r w:rsidR="000826B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">double </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A517FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>click on the UIO,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA6E91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001F796F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to open up the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA6E91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">next level of </w:t>
+      </w:r>
+      <w:r w:rsidR="0083215A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>option</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA6E91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s.</w:t>
+      </w:r>
+      <w:r w:rsidR="001F796F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A517FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B0C17C9" w14:textId="77777777" w:rsidR="003A3839" w:rsidRDefault="003A3839" w:rsidP="00A517FB">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1ED94251" w14:textId="47E6BDA5" w:rsidR="00603F6B" w:rsidRDefault="00681712" w:rsidP="00A517FB">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251716616" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3821109F" wp14:editId="58BC5036">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-209550</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>485140</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="561975" cy="142875"/>
+                <wp:effectExtent l="0" t="76200" r="47625" b="123825"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2144384230" name="Straight Arrow Connector 10"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="561975" cy="142875"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln w="57150" cap="flat" cmpd="sng" algn="ctr">
+                          <a:solidFill>
+                            <a:srgbClr val="FF0000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                          <a:round/>
+                          <a:headEnd type="none" w="med" len="med"/>
+                          <a:tailEnd type="arrow" w="med" len="med"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="0">
+                          <a:scrgbClr r="0" g="0" b="0"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:scrgbClr r="0" g="0" b="0"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:scrgbClr r="0" g="0" b="0"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="2284A4A0" id="Straight Arrow Connector 10" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:-16.5pt;margin-top:38.2pt;width:44.25pt;height:11.25pt;z-index:251716616;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAFhRw5EwIAAJMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMlu2zAQvRfoPxC817KMOkkNyznYdS9F&#10;G3T5AJqLRIAbhowl/32HlCx3u6SoD/RInDfLmzfaPg7WkLOEqL1raL1YUiId90K7tqHfvx3fPFAS&#10;E3OCGe9kQy8y0sfd61fbPmzkynfeCAkEg7i46UNDu5TCpqoi76RlceGDdHipPFiW8BHaSgDrMbo1&#10;1Wq5vKt6DyKA5zJGfHsYL+muxFdK8vRZqSgTMQ3F2lI5oZynfFa7Ldu0wEKn+VQG+4cqLNMOk86h&#10;Diwx8gz6j1BWc/DRq7Tg3lZeKc1l6QG7qZe/dfO1Y0GWXpCcGGaa4v8Lyz+d9+4JkIY+xE0MT5C7&#10;GBTY/I/1kaGQdZnJkkMiHF+u7+p392tKOF7Vb1cPaGOU6gYOENMH6S3JRkNjAqbbLu29czgWD3Uh&#10;jJ0/xjQCr4Cc2TjSY477eo1T4wyVoQxLaNogMJZrKWGmRcnxBCVO9EaLozYmoyO0p70BcmY49uNx&#10;ib+puF/ccsIDi93oV65GQYB/dqJIo5NMvHeCpEtA9TrUMM2FWSkoMRLzZ6t4JqbNzZMB+P7vrkiR&#10;ccjUjfBipYuRY+dfpCJaFN5LM3zqZpQt7hVSchVvCYaA7Kiw+xdiJ0hGy7ItL8TPoJLfuzTjrXZ+&#10;mkzeZTmPIw31NAs1+l+pGAnIXJy8uBRNFo5Q+UVX05bm1fr5ucBv35LdDwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAG2yULDgAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNxap5SE&#10;Ns2mQkg9ICEqQh/AjTc/NF5HsZsGnh5zKsfRjGa+ybaT6cRIg2stIyzmEQji0uqWa4TD5262AuG8&#10;Yq06y4TwTQ62+e1NplJtL/xBY+FrEUrYpQqh8b5PpXRlQ0a5ue2Jg1fZwSgf5FBLPahLKDedfIii&#10;RBrVclhoVE8vDZWn4mwQ3sqKd1/8+rNf+PdTbKoxSYo94v3d9LwB4Wny1zD84Qd0yAPT0Z5ZO9Eh&#10;zJbL8MUjPCWPIEIgjmMQR4T1ag0yz+T/A/kvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AAWFHDkTAgAAkwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAG2yULDgAAAACAEAAA8AAAAAAAAAAAAAAAAAbQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" strokecolor="red" strokeweight="4.5pt">
+                <v:stroke endarrow="open"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00603F6B" w:rsidRPr="00603F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="141CDBE0" wp14:editId="56F45E6A">
+            <wp:extent cx="3028950" cy="1481975"/>
+            <wp:effectExtent l="0" t="0" r="0" b="4445"/>
+            <wp:docPr id="1962169503" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1962169503" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId19"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3046417" cy="1490521"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2784109D" w14:textId="06F76B31" w:rsidR="003A3839" w:rsidRDefault="00854C99" w:rsidP="00E449CB">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>From the list of options, select Fees</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3119C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1)</w:t>
+      </w:r>
+      <w:r w:rsidR="000F6680">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007E07BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00F470D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00600261">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00F470D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lick on the ‘</w:t>
+      </w:r>
+      <w:r w:rsidR="00E449CB" w:rsidRPr="00A517FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Add</w:t>
+      </w:r>
+      <w:r w:rsidR="00F470D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>’ symbol</w:t>
+      </w:r>
+      <w:r w:rsidR="00E449CB" w:rsidRPr="00A517FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00387311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(2) </w:t>
+      </w:r>
+      <w:r w:rsidR="00600261">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="00E449CB" w:rsidRPr="00A517FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> create </w:t>
+      </w:r>
+      <w:r w:rsidR="00537871">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the new Fees </w:t>
+      </w:r>
+      <w:r w:rsidR="00E449CB" w:rsidRPr="00A517FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>record</w:t>
+      </w:r>
+      <w:r w:rsidR="006A5EA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, using the bottom half of the screen</w:t>
+      </w:r>
+      <w:r w:rsidR="00E449CB" w:rsidRPr="00A517FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as below.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CE4D958" w14:textId="32AA21CC" w:rsidR="00DE405A" w:rsidRDefault="00641AFF" w:rsidP="00E449CB">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251718664" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="43DF6C3F" wp14:editId="30C67845">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1289050</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>210820</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="69850" cy="209550"/>
+                <wp:effectExtent l="57150" t="0" r="63500" b="57150"/>
+                <wp:wrapNone/>
+                <wp:docPr id="600235428" name="Straight Arrow Connector 19"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm flipH="1">
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="69850" cy="209550"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln w="57150">
+                          <a:solidFill>
+                            <a:srgbClr val="FF0000"/>
+                          </a:solidFill>
+                          <a:tailEnd type="triangle"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="1100F319" id="Straight Arrow Connector 19" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:101.5pt;margin-top:16.6pt;width:5.5pt;height:16.5pt;flip:x;z-index:251718664;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCFHYzo4gEAABYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGmlLrtR0z10KRwQ&#10;rFj4ANcZJ5Yc2xqbJv17xk6aZUEcQORgeeJ5b948j3f3Y2/YGTBoZ2u+XpWcgZWu0bat+bevxze3&#10;nIUobCOMs1DzCwR+v3/9ajf4Cjauc6YBZERiQzX4mncx+qooguygF2HlPFg6VA57ESnEtmhQDMTe&#10;m2JTljfF4LDx6CSEQH8fpkO+z/xKgYyflQoQmak5aYt5xbye0lrsd6JqUfhOy1mG+AcVvdCWii5U&#10;DyIK9h31b1S9luiCU3ElXV84pbSE3AN1sy5/6eapEx5yL2RO8ItN4f/Ryk/ng31EsmHwoQr+EVMX&#10;o8KeKaP9B7rT3BcpZWO27bLYBmNkkn7e3N1uyVtJJ5vybkt7oismlsTmMcT34HqWNjUPEYVuu3hw&#10;1tL9OJwqiPPHECfgFZDAxrKh5tu3a6JNcXBGN0dtTA6wPR0MsrOg6z0eS/rm2i/SotDmnW1YvHga&#10;wYha2NbAnGksiX1uPu/ixcBU/AsophtqchKZ5xKWkkJKsHG9MFF2gimStwBn2Wmg/wSc8xMU8sz+&#10;DXhB5MrOxgXca+twMu1l9TheJasp/+rA1Hey4OSaSx6LbA0NX77R+aGk6f45zvDn57z/AQAA//8D&#10;AFBLAwQUAAYACAAAACEAJzg8iuEAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8&#10;g7VIXFBr14EUhWwqVFQkWiTUlg9w4yWOiO0odtvw97gnOM7OaPZNuRhtx040hNY7hNlUACNXe926&#10;BuFzv5o8AgtROa067wjhhwIsquurUhXan92WTrvYsFTiQqEQTIx9wXmoDVkVpr4nl7wvP1gVkxwa&#10;rgd1TuW241KInFvVuvTBqJ6Whurv3dEiPIj39Xy9eduu/N3mRZn5x+tScsTbm/H5CVikMf6F4YKf&#10;0KFKTAd/dDqwDkGKLG2JCFkmgaWAnN2nwwEhzyXwquT/F1S/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAIUdjOjiAQAAFgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhACc4PIrhAAAACQEAAA8AAAAAAAAAAAAAAAAAPAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" strokecolor="red" strokeweight="4.5pt">
+                <v:stroke endarrow="block"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251717640" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="21F14451" wp14:editId="4F97EA75">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>406400</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>96520</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="152400" cy="1816100"/>
+                <wp:effectExtent l="228600" t="19050" r="57150" b="146050"/>
+                <wp:wrapNone/>
+                <wp:docPr id="877782258" name="Connector: Elbow 18"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="152400" cy="1816100"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="bentConnector3">
+                          <a:avLst>
+                            <a:gd name="adj1" fmla="val -129167"/>
+                          </a:avLst>
+                        </a:prstGeom>
+                        <a:ln w="57150">
+                          <a:solidFill>
+                            <a:srgbClr val="FF0000"/>
+                          </a:solidFill>
+                          <a:tailEnd type="triangle"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="7BEF0DFC" id="_x0000_t34" coordsize="21600,21600" o:spt="34" o:oned="t" adj="10800" path="m,l@0,0@0,21600,21600,21600e" filled="f">
+                <v:stroke joinstyle="miter"/>
+                <v:formulas>
+                  <v:f eqn="val #0"/>
+                </v:formulas>
+                <v:path arrowok="t" fillok="f" o:connecttype="none"/>
+                <v:handles>
+                  <v:h position="#0,center"/>
+                </v:handles>
+                <o:lock v:ext="edit" shapetype="t"/>
+              </v:shapetype>
+              <v:shape id="Connector: Elbow 18" o:spid="_x0000_s1026" type="#_x0000_t34" style="position:absolute;margin-left:32pt;margin-top:7.6pt;width:12pt;height:143pt;z-index:251717640;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCJahYT8gEAADkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8uOEzEQvCPxD5bvmxkHkt2NMtlDlnBB&#10;sAL2Axy7nRj5Jdtkkr+n7UwmvIQEYg4eP7qqq8vt5cPRGnKAmLR3HWWTlhJwwkvtdh19/ry5uaMk&#10;Ze4kN95BR0+Q6MPq5YtlHxYw9XtvJESCJC4t+tDRfc5h0TRJ7MHyNPEBHB4qHy3PuIy7RkbeI7s1&#10;zbRt503vowzRC0gJdx/Ph3RV+ZUCkT8olSAT01HUlusY67gtY7Na8sUu8rDXYpDB/0GF5dph0pHq&#10;kWdOvkb9C5XVIvrkVZ4IbxuvlBZQa8BqWPtTNZ/2PECtBc1JYbQp/T9a8f6wdk8RbehDWqTwFEsV&#10;RxVt+aM+cqxmnUaz4JiJwE02m75u0VKBR+yOzRkukKa5okNM+S14S8qko1twee2dwzvx8VV1ix/e&#10;pVxtk8Rxi/3B5RdGibIGb+HADblh03s2vx2Yh3jMceEuYONI39HZLZu1lTV5o+VGG1MOU9xt1yYS&#10;JOvoZtPiN5D9EJa5Nm+cJPkUUEWOmrudgSHSOKzr6k+d5ZOBc/KPoIiWxZFz9tK6MKbkQmDdbGTC&#10;6AJTKG8EDrL/BBziCxRqW/8NeETUzN7lEWy18/F3svPxIlmd4y8OnOsuFmy9PNXOqdZgf9bLH95S&#10;eQDfryv8+uJX3wAAAP//AwBQSwMEFAAGAAgAAAAhABYc/7jeAAAACAEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyokwBVCHEqVKmnciFFQty2sZtEsddR7KaBr2c5wXF2RrNvys3i&#10;rJjNFHpPCtJVAsJQ43VPrYL3w+4uBxEikkbrySj4MgE21fVViYX2F3ozcx1bwSUUClTQxTgWUoam&#10;Mw7Dyo+G2Dv5yWFkObVST3jhcmdlliRr6bAn/tDhaLadaYb67BQMyy4+zfia2VO63358Dvv68D0p&#10;dXuzvDyDiGaJf2H4xWd0qJjp6M+kg7AK1g88JfL9MQPBfp6zPiq4T9IMZFXK/wOqHwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQCJahYT8gEAADkEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAWHP+43gAAAAgBAAAPAAAAAAAAAAAAAAAAAEwEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAVwUAAAAA&#10;" adj="-27900" strokecolor="red" strokeweight="4.5pt">
+                <v:stroke endarrow="block"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00EE5901">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5901">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EE5901">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D1E2DA5" w14:textId="2D3B1A65" w:rsidR="003B0690" w:rsidRDefault="00310C9B" w:rsidP="00E449CB">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00310C9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4F7063AA" wp14:editId="19D2F447">
+            <wp:extent cx="1432900" cy="2260600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+            <wp:docPr id="687774490" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="687774490" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId20"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1445456" cy="2280409"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28A3CF45" w14:textId="77777777" w:rsidR="00A83253" w:rsidRPr="005527ED" w:rsidRDefault="00A83253" w:rsidP="005527ED">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005527ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Fee Type = Admin</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46DB77CE" w14:textId="77777777" w:rsidR="00A83253" w:rsidRPr="005527ED" w:rsidRDefault="00A83253" w:rsidP="005527ED">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005527ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Amount Payable = a nominal amount, e.g. £10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E8B1168" w14:textId="77777777" w:rsidR="005527ED" w:rsidRPr="005527ED" w:rsidRDefault="00A83253" w:rsidP="005527ED">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005527ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Funding Year = 32 for 25/26</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69E9DCFD" w14:textId="7A8BFEDE" w:rsidR="000F7B4F" w:rsidRPr="005527ED" w:rsidRDefault="005527ED" w:rsidP="005527ED">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005527ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ensure ‘Include by Default’ is ticked.</w:t>
+      </w:r>
+      <w:r w:rsidR="007C1BDF" w:rsidRPr="005527ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007C1BDF" w:rsidRPr="005527ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B2987C9" w14:textId="42465657" w:rsidR="000F7B4F" w:rsidRPr="000F7B4F" w:rsidRDefault="000F7B4F" w:rsidP="00651228">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02F3F54E" w14:textId="5148347D" w:rsidR="00603F6B" w:rsidRPr="00A517FB" w:rsidRDefault="002E0AA5" w:rsidP="00A517FB">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpi">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251729928" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7CF53C06" wp14:editId="09D350AF">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>5562510</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>2716005</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="438480" cy="10080"/>
+                <wp:effectExtent l="57150" t="76200" r="57150" b="85725"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1431088756" name="Ink 39"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
+                    <w14:contentPart bwMode="auto" r:id="rId21">
+                      <w14:nvContentPartPr>
+                        <w14:cNvContentPartPr/>
+                      </w14:nvContentPartPr>
+                      <w14:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="438480" cy="10080"/>
+                      </w14:xfrm>
+                    </w14:contentPart>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="5623AD37" id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                <v:stroke joinstyle="miter"/>
+                <v:formulas>
+                  <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                  <v:f eqn="sum @0 1 0"/>
+                  <v:f eqn="sum 0 0 @1"/>
+                  <v:f eqn="prod @2 1 2"/>
+                  <v:f eqn="prod @3 21600 pixelWidth"/>
+                  <v:f eqn="prod @3 21600 pixelHeight"/>
+                  <v:f eqn="sum @0 0 1"/>
+                  <v:f eqn="prod @6 1 2"/>
+                  <v:f eqn="prod @7 21600 pixelWidth"/>
+                  <v:f eqn="sum @8 21600 0"/>
+                  <v:f eqn="prod @7 21600 pixelHeight"/>
+                  <v:f eqn="sum @10 21600 0"/>
+                </v:formulas>
+                <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                <o:lock v:ext="edit" aspectratio="t"/>
+              </v:shapetype>
+              <v:shape id="Ink 39" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:436.6pt;margin-top:211pt;width:37.4pt;height:6.5pt;z-index:251729928;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAPFloqJ3AQAADAMAAA4AAABkcnMvZTJvRG9jLnhtbJxSQW7CMBC8V+of&#10;LN9LEqAUIgKHokoc2nJoH+A6NrEae6O1IfD7bgKU0KqqxCWyZ5TZmR1P5ztbsq1Cb8BlPOnFnCkn&#10;ITdunfH3t6e7MWc+CJeLEpzK+F55Pp/d3kzrKlV9KKDMFTIScT6tq4wXIVRpFHlZKCt8DyrliNSA&#10;VgS64jrKUdSkbsuoH8ejqAbMKwSpvCd0cSD5rNXXWsnwqrVXgZXkbhzH5C9kfDBqT0jYw+SBsI8G&#10;Syb3PJpNRbpGURVGHm2JK1xZYRyZ+JZaiCDYBs0vKWskggcdehJsBFobqdpMlC6Jf6Rbus8mWTKU&#10;G0wluKBcWAkMp/21xDUjbEkrqJ8hp4bEJgA/KtKC/i/kYHoBcmPJz6EVVKUI9CR8YSrPGaYmzzgu&#10;8+Ts320fzwlWeM71cklQI9Ex8l+/7DTaZtnkhO0yTn3um2/bpdoFJgkcDsbDMTGSqCSO6dgRPgic&#10;xnQ2S7MvOuzeG1+dRzz7AgAA//8DAFBLAwQUAAYACAAAACEAmYueNgICAAA2BQAAEAAAAGRycy9p&#10;bmsvaW5rMS54bWy0VMtu2zAQvBfoPxDMwZdaImkjcoXIORQVUKBFjSYF2qMibSTCEmmQlB9/35Us&#10;0wriBD0kF4FacmaXs7O8ud03NdmCsVKrhPKAUQIq14VUZUJ/36fTBSXWZarIaq0goQew9Hb58cON&#10;VOumjvFLkEHZbtXUCa2c28RhuNvtgt0s0KYMBWOz8Jta//hOlwOqgEeppMOU9hTKtXKwdx1ZLIuE&#10;5m7P/HnkvtOtycFvdxGTn084k+WQatNkzjNWmVJQE5U1WPcfStxhgwuJeUowlDQSLzwVAZ9H88XX&#10;zxjI9gkd/bdYosVKGhpe5vz7Dpzpc86urJmIriNKhpIK2HY1hb3m8ct3Xxm9AeMknGU+ijJsHEh+&#10;/O/1OQplwOq67XpDyTarW5SMM4a2GHLz8IIgz/lQmzflQ11e5BsX91Sa4XpjHQbRvKVOrXWyATR6&#10;s/EecxaJu/CdM/04CCaup4xP2eKez2LB4/kiiJgYtWJw8YnzwbS28nwP5uzXfserdrzZThau8qKz&#10;gHvNx4pfQlYgy8qNoOK/obmuNQ7D0OmrNE2/YLO94S9lc3LjAQZyfBzKGl6HmMw6MD/PuCaz6xWo&#10;11GyVNrACh1pWwM+Jx8J3tfnJ+HCu9IPBxn68gseE3rVPy2kRx4DfWMYERFhnyZc8GgyFdGEPZkv&#10;nwONs/wHAAD//wMAUEsDBBQABgAIAAAAIQBwbjal3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BTsMwEETvSPyDtUhcKuo0LZCGOFVViWMPpP0AN94mgXgd2U4T/p7lBLfdndHsm2I3217c0IfO&#10;kYLVMgGBVDvTUaPgfHp/ykCEqMno3hEq+MYAu/L+rtC5cRN94K2KjeAQCrlW0MY45FKGukWrw9IN&#10;SKxdnbc68uobabyeONz2Mk2SF2l1R/yh1QMeWqy/qtEqsJ+xXllcLA6+onN39NMYjnulHh/m/RuI&#10;iHP8M8MvPqNDyUwXN5IJoleQva5TtirYpCmXYsd2k/Fw4cv6OQFZFvJ/h/IHAAD//wMAUEsDBBQA&#10;BgAIAAAAIQB5GLydvwAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4TPsWrEMAwG&#10;4L3QdzDaGyUdylHiZDkOspYUbjWOkpjEsrGc0nv7euzBwQ0ahND3S23/63f1Q0lcYA1NVYMitmFy&#10;vGj4Hi9vJ1CSDU9mD0wabiTQd68v7RftJpclWV0UVRQWDWvO8RNR7EreSBUicZnMIXmTS5sWjMZu&#10;ZiF8r+sPTP8N6O5MNUwa0jA1oMZbLMnP7TDPztI52MMT5wcRaA/JwV/9XlCTFsoaHG9YqqnKoYBd&#10;i3ePdX8AAAD//wMAUEsBAi0AFAAGAAgAAAAhAJszJzcMAQAALQIAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAA9AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA8WWioncBAAAMAwAADgAAAAAAAAAA&#10;AAAAAAA8AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAmYueNgICAAA2BQAAEAAAAAAA&#10;AAAAAAAAAADfAwAAZHJzL2luay9pbmsxLnhtbFBLAQItABQABgAIAAAAIQBwbjal3gAAAAsBAAAP&#10;AAAAAAAAAAAAAAAAAA8GAABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAeRi8nb8AAAAh&#10;AQAAGQAAAAAAAAAAAAAAAAAaBwAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYAAAAABgAG&#10;AHgBAAAQCAAAAAA=&#10;">
+                <v:imagedata r:id="rId22" o:title=""/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="004F68FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpi">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251727880" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="08477162" wp14:editId="70BA3B63">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>5571490</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>2927350</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="353060" cy="635"/>
+                <wp:effectExtent l="57150" t="76200" r="66040" b="75565"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1203455253" name="Ink 37"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
+                    <w14:contentPart bwMode="auto" r:id="rId23">
+                      <w14:nvContentPartPr>
+                        <w14:cNvContentPartPr/>
+                      </w14:nvContentPartPr>
+                      <w14:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="353060" cy="635"/>
+                      </w14:xfrm>
+                    </w14:contentPart>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="4FB49782" id="Ink 37" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:437.3pt;margin-top:225.5pt;width:30.6pt;height:10pt;z-index:251727880;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhADkS+994AQAACgMAAA4AAABkcnMvZTJvRG9jLnhtbJxSXU/CMBR9N/E/&#10;NH2XbSADFzYeJCY8qDzoD6hdyxrX3uW2MPj33vEhoDEmvCy596yn56OT6cbWbK3QG3A5T3oxZ8pJ&#10;KI1b5vz97eluzJkPwpWiBqdyvlWeT4vbm0nbZKoPFdSlQkYkzmdtk/MqhCaLIi8rZYXvQaMcgRrQ&#10;ikAjLqMSRUvsto76cZxGLWDZIEjlPW1ne5AXO36tlQyvWnsVWE3qRg+jEWch5+lgGJNS7HZpQrsP&#10;2vXH6ZBHxURkSxRNZeRBlrhClRXGkYhvqpkIgq3Q/KKyRiJ40KEnwUagtZFq54ncJfEPd3P32TlL&#10;7uUKMwkuKBcWAsMxvx1wzRW2pgjaZyipIbEKwA+MFND/hexFz0CuLOnZt4KqFoGehK9M4ynozJQ5&#10;x3mZnPS79ePJwQJPvl4uAWokOlj+68hGo+3CJiVsk3Nqdtt9d12qTWCSloPhIE4JkQRR/R14pN0f&#10;P05nudIvFw2ez93xsydcfAEAAP//AwBQSwMEFAAGAAgAAAAhAAsGDi3+AQAAMgUAABAAAABkcnMv&#10;aW5rL2luazEueG1stFRdb5swFH2ftP9guQ95WcAmUZOikj5MQ5q0aVHbSdsjhVuwAjayTUj+/S4f&#10;caiaVnvYhITwNefc63PP9e3doSrJHrQRSkaUe4wSkKnKhMwj+vMxnq8pMTaRWVIqCRE9gqF3m48f&#10;boXcVWWIb4IM0nRfVRnRwto69P22bb124Smd+wFjC/+r3H3/RjcjKoNnIYXFlOYUSpW0cLAdWSiy&#10;iKb2wNz/yP2gGp2C2+4iOj3/YXWSQqx0lVjHWCRSQklkUmHdvyixxxo/BObJQVNSCTzwPPD4crVc&#10;f7nBQHKI6GTdYIkGK6mof5nz93/gjF9zdmUtgtX1ipKxpAz2XU1+r3n49tm3WtWgrYCzzIMo48aR&#10;pMO612cQSoNRZdP1hpJ9UjYoGWcMbTHm5v4FQV7zoTb/lA91eZNvWtxLacbjTXUYRXOWOrXWigrQ&#10;6FXtPGYNEnfhB6v7cQhYcD1nfM7Wj3wR8nXIVx5b8kkrRhefOJ90YwrH96TPfu13nGrDyVqR2cKJ&#10;zjzuNJ8qfglZgMgLO4EGfw1NValwGMZOX8Vx/Bmb7Qx/KZsVtQNoSPFyyEt4H6ITY0H/OOOqxOy2&#10;IN9HiVwqDVt0pGk0uJxTwfv63CRcuFf64SBjX+7hOaJX/dVCeuQQ6BvDCD6fZjdrPmMz9mK2HD+a&#10;ZvMHAAD//wMAUEsDBBQABgAIAAAAIQBwEKuz3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/P&#10;ToNAEMbvJr7DZky82YUKFJGlMcY+gLUmetuyI2DZWWS3gG/veNLjfPPL96fcLrYXE46+c6QgXkUg&#10;kGpnOmoUHF52NzkIHzQZ3TtCBd/oYVtdXpS6MG6mZ5z2oRFsQr7QCtoQhkJKX7dotV+5AYl/H260&#10;OvA5NtKMemZz28t1FGXS6o44odUDPrZYn/Znq+CUvOaj/Pyqd2/TIV8/zWmaxe9KXV8tD/cgAi7h&#10;D4bf+lwdKu50dGcyXvQK8k2SMaogSWMexcTdbcpjjqxsWJFVKf9vqH4AAAD//wMAUEsDBBQABgAI&#10;AAAAIQB5GLydvwAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4TPsWrEMAwG4L3Q&#10;dzDaGyUdylHiZDkOspYUbjWOkpjEsrGc0nv7euzBwQ0ahND3S23/63f1Q0lcYA1NVYMitmFyvGj4&#10;Hi9vJ1CSDU9mD0wabiTQd68v7RftJpclWV0UVRQWDWvO8RNR7EreSBUicZnMIXmTS5sWjMZuZiF8&#10;r+sPTP8N6O5MNUwa0jA1oMZbLMnP7TDPztI52MMT5wcRaA/JwV/9XlCTFsoaHG9YqqnKoYBdi3eP&#10;dX8AAAD//wMAUEsBAi0AFAAGAAgAAAAhAJszJzcMAQAALQIAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAA9AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAORL733gBAAAKAwAADgAAAAAAAAAAAAAA&#10;AAA8AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEACwYOLf4BAAAyBQAAEAAAAAAAAAAA&#10;AAAAAADgAwAAZHJzL2luay9pbmsxLnhtbFBLAQItABQABgAIAAAAIQBwEKuz3gAAAAsBAAAPAAAA&#10;AAAAAAAAAAAAAAwGAABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAeRi8nb8AAAAhAQAA&#10;GQAAAAAAAAAAAAAAAAAXBwAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYAAAAABgAGAHgB&#10;AAANCAAAAAA=&#10;">
+                <v:imagedata r:id="rId24" o:title=""/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="004F68FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpi">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251725832" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3CA89771" wp14:editId="4F92DD4F">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>5467110</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>2708595</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="104775" cy="635"/>
+                <wp:effectExtent l="57150" t="76200" r="66675" b="75565"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1499191707" name="Ink 35"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
+                    <w14:contentPart bwMode="auto" r:id="rId25">
+                      <w14:nvContentPartPr>
+                        <w14:cNvContentPartPr/>
+                      </w14:nvContentPartPr>
+                      <w14:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="104775" cy="635"/>
+                      </w14:xfrm>
+                    </w14:contentPart>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="4077E2A0" id="Ink 35" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:429.1pt;margin-top:208.3pt;width:11.05pt;height:10pt;z-index:251725832;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAPdrpXF5AQAACgMAAA4AAABkcnMvZTJvRG9jLnhtbJxSyU7DMBC9I/EP&#10;lu80C92ImvZAhdQD0AN8gHHsxiL2RGOnaf+eSRfaghBSL5FmXvz8Fk9mG1uxtUJvwOU86cWcKSeh&#10;MG6V8/e3p7sxZz4IV4gKnMr5Vnk+m97eTNo6UymUUBUKGZE4n7V1zssQ6iyKvCyVFb4HtXIEakAr&#10;Ao24igoULbHbKkrjeBi1gEWNIJX3tJ3vQT7d8WutZHjV2qvAKlI3eugnnIWcD+8HMSnFbjcYp5x9&#10;0C4dDwc8mk5EtkJRl0YeZIkrVFlhHIn4ppqLIFiD5heVNRLBgw49CTYCrY1UO0/kLol/uFu4z85Z&#10;0pcNZhJcUC4sBYZjfjvgmitsRRG0z1BQQ6IJwA+MFND/hexFz0E2lvTsW0FViUBPwpem9hR0Zoqc&#10;46JITvrd+vHkYIknXy+XADUSHSz/dWSj0XZhkxK2yTk1u+2+uy7VJjBJyyTuj0YDziRBVH8HHmn3&#10;x4/TWa70y0WD53N3/OwJT78AAAD//wMAUEsDBBQABgAIAAAAIQB/iHGLAQIAADUFAAAQAAAAZHJz&#10;L2luay9pbmsxLnhtbLRUTW+cMBC9V+p/sJzDXrpgQ5rdoLA5VEWq1KqrJpXSI4EJWAs2ss1+/PsO&#10;LOslColyaC/IjP3ejN+88c3tvq7IFrQRSsaUe4wSkJnKhSxi+vs+mS8pMTaVeVopCTE9gKG3q48f&#10;boTc1FWEX4IM0nSruoppaW0T+f5ut/N2oad04QeMhf43ufnxna4GVA5PQgqLKc0plClpYW87skjk&#10;Mc3snrnzyH2nWp2B2+4iOjufsDrNIFG6Tq1jLFMpoSIyrbHuB0rsocGFwDwFaEpqgReeBx6/XFwu&#10;v15jIN3HdPTfYokGK6mpP8355z9wJi85u7LCYHG1oGQoKYdtV5Pfax69fve1Vg1oK+As81GUYeNA&#10;suN/r89RKA1GVW3XG0q2adWiZJwxtMWQm/sTgrzkQ23+KR/q8irfuLjn0gzXG+swiOYsdWqtFTWg&#10;0evGecwaJO7Cd1b34xCw4GrO+Jwt73kY8WXEQ49/DkatGFx84nzUrSkd36M++7Xfcaodb7YTuS2d&#10;6MzjTvOx4lPIEkRR2hE0eDc0U5XCYRg6fZEkyRdstjP8VDYrGgfQkOHjUFTwNkSnxoL+ecbVqdms&#10;Qb6NEoVUGtboSNNqcDn5SPC+PjcJE+9KPxxk6MsveIrpRf+0kB55DPSNCa45YYR9ms1xNWMz9my8&#10;XAr0zeovAAAA//8DAFBLAwQUAAYACAAAACEAjReEOuIAAAALAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPy07DMBBF90j8gzVIbBB10kBkhThVhdQFUkFq6WPrxiYJxOPIdtv075muYDl3ju6cKWej7dnJ&#10;+NA5lJBOEmAGa6c7bCRsPhePAliICrXqHRoJFxNgVt3elKrQ7owrc1rHhlEJhkJJaGMcCs5D3Rqr&#10;wsQNBmn35bxVkUbfcO3Vmcptz6dJknOrOqQLrRrMa2vqn/XRSvi+bPfL+ZveZzufLu1i87EK7w9S&#10;3t+N8xdg0YzxD4arPqlDRU4Hd0QdWC9BPIspoRKe0jwHRoQQSQbsQElGCa9K/v+H6hcAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHkYvJ2/AAAAIQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzhM+x&#10;asQwDAbgvdB3MNobJR3KUeJkOQ6ylhRuNY6SmMSysZzSe/t67MHBDRqE0PdLbf/rd/VDSVxgDU1V&#10;gyK2YXK8aPgeL28nUJINT2YPTBpuJNB3ry/tF+0mlyVZXRRVFBYNa87xE1HsSt5IFSJxmcwheZNL&#10;mxaMxm5mIXyv6w9M/w3o7kw1TBrSMDWgxlssyc/tMM/O0jnYwxPnBxFoD8nBX/1eUJMWyhocb1iq&#10;qcqhgF2Ld491fwAAAP//AwBQSwECLQAUAAYACAAAACEAmzMnNwwBAAAtAgAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAD0BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD3a6VxeQEAAAoDAAAOAAAA&#10;AAAAAAAAAAAAADwCAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB/iHGLAQIAADUFAAAQ&#10;AAAAAAAAAAAAAAAAAOEDAABkcnMvaW5rL2luazEueG1sUEsBAi0AFAAGAAgAAAAhAI0XhDriAAAA&#10;CwEAAA8AAAAAAAAAAAAAAAAAEAYAAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQB5GLyd&#10;vwAAACEBAAAZAAAAAAAAAAAAAAAAAB8HAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAA&#10;AAAGAAYAeAEAABUIAAAAAA==&#10;">
+                <v:imagedata r:id="rId26" o:title=""/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="004F68FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpi">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251723784" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E169A66" wp14:editId="26DC5A95">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1237110</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>2695275</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="381600" cy="13680"/>
+                <wp:effectExtent l="57150" t="76200" r="57150" b="81915"/>
+                <wp:wrapNone/>
+                <wp:docPr id="228075236" name="Ink 33"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
+                    <w14:contentPart bwMode="auto" r:id="rId27">
+                      <w14:nvContentPartPr>
+                        <w14:cNvContentPartPr/>
+                      </w14:nvContentPartPr>
+                      <w14:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="381600" cy="13680"/>
+                      </w14:xfrm>
+                    </w14:contentPart>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="52C834E6" id="Ink 33" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:96pt;margin-top:209.45pt;width:32.9pt;height:6.75pt;z-index:251723784;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFkI6wl4AQAADAMAAA4AAABkcnMvZTJvRG9jLnhtbJxSy27CMBC8V+o/&#10;WL6XJDzSKCJwKKrEoY9D+wGuYxOrsTdaOwT+vkuAAq2qSlwi74wyntnxdL6xNVsr9AZcwZNBzJly&#10;EkrjVgV/f3u8yzjzQbhS1OBUwbfK8/ns9mbaNbkaQgV1qZCRiPN51xS8CqHJo8jLSlnhB9AoR6QG&#10;tCLQiKuoRNGRuq2jYRynUQdYNghSeU/oYk/yWa+vtZLhRWuvAqvJ3X06Jn+h4KNJf0LCsjQm7IOw&#10;dDSe8Gg2FfkKRVMZebAlrnBlhXFk4ltqIYJgLZpfUtZIBA86DCTYCLQ2UvWZKF0S/0i3dJ+7ZMlY&#10;tphLcEG58CowHPfXE9dcYWtaQfcEJTUk2gD8oEgL+r+QvekFyNaSn30rqGoR6En4yjSeM8xNWXBc&#10;lsnJv1s/nBK84inX8yVBjUSHyH/9stFod8smJ2xTcOpzu/v2XapNYJLAUZb0TUuiklGa9fRReC9w&#10;nM42S3dfdHg+73ydPeLZFwAAAP//AwBQSwMEFAAGAAgAAAAhAGrzrDY2AgAAewUAABAAAABkcnMv&#10;aW5rL2luazEueG1spFNNb9swDL0P2H8Q1EMvli3ZTeIadXoYFmDAhgVrB2xH11FtIbYUSEqT/PtR&#10;/lAMNC027GDBIvUeyUfy7v7YNuiFayOUzDELKUZclmojZJXjn48rkmJkbCE3RaMkz/GJG3y//Pjh&#10;Tsht22RwImCQxv21TY5ra3dZFB0Oh/CQhEpXUUxpEn2R229f8XJAbfizkMJCSDOaSiUtP1pHlolN&#10;jkt7pP49cD+ovS65dzuLLs8vrC5KvlK6LaxnrAspeYNk0ULevzCypx38CIhTcY1RK6BgEofsZnGT&#10;fr4FQ3HM8eS+hxQNZNLi6DLn7//kjDrNsrdzX2u149oKfpapL2pwnFDZ37v6+kI1N6rZO20xeima&#10;PZTMKIW2DuWw6EJBr/mgtn/jG4oZEppmPnh8E0cxrWg5jFa78121BvJ05geruwGMaTwnlBGaPrIk&#10;Y2lG03DOZq4hY7x+bkbOJ703ted70ucJ6Ty+zr62g9jY2stEQ+ZVmmp0CVlzUdV2Ao3/GlqqRsH4&#10;Db25Wq1Wn6A9fsQuRbNi5wGal7COVcPfh+jCWK6/n3FtYbZrLt9HiUoqzdcwQ2avuY/JJoJ3+Xn5&#10;L2xyN85o2Ocf/DnHV90yow7ZG7rG3KAkDa4Ju6YBZpgGlLCAIvfRgDA43Dc1Ooe7g5P1zjcejCwj&#10;wN8nEaY+F6iL+CoaONgY0SHYjKQBu0VxMHdvGZuhNCCLBAxJ7AyLlMwCkrC5Q80IG+e0U8XLBruw&#10;/AMAAP//AwBQSwMEFAAGAAgAAAAhANSnOS3gAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoE1MgCXGqAuKEKtrABzjJkkSN1yF22/TvWU5wnNnR7Lx8NdtBHHHyvSMN8SIC&#10;gVS7pqdWw+fH600CwgdDjRkcoYYzelgVlxe5yRp3oh0ey9AKLiGfGQ1dCGMmpa87tMYv3IjEty83&#10;WRNYTq1sJnPicjtIFUX30pqe+ENnRnzusN6XB6uhMonaJO33ef2yVWW6f3vavsc7ra+v5vUjiIBz&#10;+AvD73yeDgVvqtyBGi8G1qlilqBhGScpCE6ouweGqdi5VUuQRS7/MxQ/AAAA//8DAFBLAwQUAAYA&#10;CAAAACEAeRi8nb8AAAAhAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEz7FqxDAMBuC9&#10;0Hcw2hslHcpR4mQ5DrKWFG41jpKYxLKxnNJ7+3rswcENGoTQ90tt/+t39UNJXGANTVWDIrZhcrxo&#10;+B4vbydQkg1PZg9MGm4k0HevL+0X7SaXJVldFFUUFg1rzvETUexK3kgVInGZzCF5k0ubFozGbmYh&#10;fK/rD0z/DejuTDVMGtIwNaDGWyzJz+0wz87SOdjDE+cHEWgPycFf/V5QkxbKGhxvWKqpyqGAXYt3&#10;j3V/AAAA//8DAFBLAQItABQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAAPQEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFkI6wl4AQAADAMAAA4AAAAAAAAAAAAA&#10;AAAAPAIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGrzrDY2AgAAewUAABAAAAAAAAAA&#10;AAAAAAAA4AMAAGRycy9pbmsvaW5rMS54bWxQSwECLQAUAAYACAAAACEA1Kc5LeAAAAALAQAADwAA&#10;AAAAAAAAAAAAAABEBgAAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAHkYvJ2/AAAAIQEA&#10;ABkAAAAAAAAAAAAAAAAAUQcAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB4&#10;AQAARwgAAAAA&#10;">
+                <v:imagedata r:id="rId28" o:title=""/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="004F68FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpi">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251722760" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="19E2D01D" wp14:editId="0BADC1F9">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>5534070</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>2632635</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="495360" cy="10080"/>
+                <wp:effectExtent l="57150" t="76200" r="57150" b="85725"/>
+                <wp:wrapNone/>
+                <wp:docPr id="274593930" name="Ink 32"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
+                    <w14:contentPart bwMode="auto" r:id="rId29">
+                      <w14:nvContentPartPr>
+                        <w14:cNvContentPartPr/>
+                      </w14:nvContentPartPr>
+                      <w14:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="495360" cy="10080"/>
+                      </w14:xfrm>
+                    </w14:contentPart>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="06679FAB" id="Ink 32" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:434.35pt;margin-top:204.45pt;width:41.8pt;height:6.5pt;z-index:251722760;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAM7/bvd3AQAADAMAAA4AAABkcnMvZTJvRG9jLnhtbJxSQW7CMBC8V+of&#10;LN9LEgoUIhIORZU4tOXQPsB1bGI19kZrQ+D33QQo0KqqxCXyzijjmR1PZ1tbsY1Cb8BlPOnFnCkn&#10;oTBulfH3t6e7MWc+CFeICpzK+E55Pstvb6ZNnao+lFAVChmJOJ82dcbLEOo0irwslRW+B7VyRGpA&#10;KwKNuIoKFA2p2yrqx/EoagCLGkEq7wmd70med/paKxletfYqsIrcjeOY/IWM34+6ExL28NBiHy2W&#10;TIY8yqciXaGoSyMPtsQVrqwwjkx8S81FEGyN5peUNRLBgw49CTYCrY1UXSZKl8Q/0i3cZ5ssGcg1&#10;phJcUC4sBYbj/jrimitsRStonqGghsQ6AD8o0oL+L2Rveg5ybcnPvhVUlQj0JHxpas8ZpqbIOC6K&#10;5OTfbR5PCZZ4yvVySVAj0SHyX79sNdp22eSEbTNOfe7ab9el2gYmCRxMhtQ6Z5KoJI7HHX0U3gsc&#10;p7PN0t0XHZ7Pra+zR5x/AQAA//8DAFBLAwQUAAYACAAAACEAIQimtAUCAAA2BQAAEAAAAGRycy9p&#10;bmsvaW5rMS54bWy0lE1vnDAQhu+V+h8s57CXAobdhg0Km0NVpEqtsmpSqT0SmIC1YK9ssx//vsPH&#10;GqKQqof2gmDMvDPzzIxv7051RQ6gNJcipr7LKAGRyZyLIqY/HhNnTYk2qcjTSgqI6Rk0vdu8f3fL&#10;xa6uInwSVBC6faurmJbG7CPPOx6P7nHpSlV4AWNL74vYfftKN4NXDs9ccIMh9cWUSWHgZFqxiOcx&#10;zcyJ2f9R+0E2KgN73FpUNv5hVJpBIlWdGqtYpkJARURaY94/KTHnPb5wjFOAoqTmWLATuP4qXK0/&#10;36AhPcV08t1gihozqak3r/nrP2gmrzXbtJZBeB1SMqSUw6HNyeuYR2/XvlVyD8pwGDH3UIaDM8n6&#10;745PD0qBllXT9oaSQ1o1iMxnDMdiiO17M0Be6yGbf6qHXN7Umyb3Es1Q3pTDAM2O1KW1hteAg17v&#10;7YwZjcKt+cGobh0CFlw7zHfY+tFfRv46Yiv3BtGMrRim+KL5pBpdWr0nNc5rd2Kp9ZUdeW5KC525&#10;vmU+JT7nWQIvSjNxDf7aNZOVxGUYOn2VJMmnvqJ+tuaiGb63DgoyvByKCsYdmXNRqTag7ke/OtW7&#10;LYg/e/FCSAVbnEjdKLAx/QnwLpjdhJl7pVsOMvTlOzzH9Kq7Wkjn2Ru6xjAShIR9WPjL8OPCCcIF&#10;e7FfNgZy2fwGAAD//wMAUEsDBBQABgAIAAAAIQDxAt3q4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BTsMwDIbvSLxDZCQuiKUrbLSl6TSBuCFVDCSuWWOassSpmrRr355wgqPtT7+/v9zN1rAJ&#10;B985ErBeJcCQGqc6agV8vL/cZsB8kKSkcYQCFvSwqy4vSlkod6Y3nA6hZTGEfCEF6BD6gnPfaLTS&#10;r1yPFG9fbrAyxHFouRrkOYZbw9Mk2XIrO4oftOzxSWNzOoxWwKvZb07oas1Hd1NPy/Ls6s9vIa6v&#10;5v0jsIBz+IPhVz+qQxWdjm4k5ZkRkG2zh4gKuE+yHFgk8k16B+wYN+k6B16V/H+H6gcAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHkYvJ2/AAAAIQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzhM+x&#10;asQwDAbgvdB3MNobJR3KUeJkOQ6ylhRuNY6SmMSysZzSe/t67MHBDRqE0PdLbf/rd/VDSVxgDU1V&#10;gyK2YXK8aPgeL28nUJINT2YPTBpuJNB3ry/tF+0mlyVZXRRVFBYNa87xE1HsSt5IFSJxmcwheZNL&#10;mxaMxm5mIXyv6w9M/w3o7kw1TBrSMDWgxlssyc/tMM/O0jnYwxPnBxFoD8nBX/1eUJMWyhocb1iq&#10;qcqhgF2Ld491fwAAAP//AwBQSwECLQAUAAYACAAAACEAmzMnNwwBAAAtAgAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAD0BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDO/273dwEAAAwDAAAOAAAA&#10;AAAAAAAAAAAAADwCAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAhCKa0BQIAADYFAAAQ&#10;AAAAAAAAAAAAAAAAAN8DAABkcnMvaW5rL2luazEueG1sUEsBAi0AFAAGAAgAAAAhAPEC3ergAAAA&#10;CwEAAA8AAAAAAAAAAAAAAAAAEgYAAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQB5GLyd&#10;vwAAACEBAAAZAAAAAAAAAAAAAAAAAB8HAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAA&#10;AAAGAAYAeAEAABUIAAAAAA==&#10;">
+                <v:imagedata r:id="rId30" o:title=""/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="004F68FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpi">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251720712" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2FCC4084" wp14:editId="73E340F6">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1190310</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>2575395</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="324360" cy="47880"/>
+                <wp:effectExtent l="57150" t="76200" r="57150" b="85725"/>
+                <wp:wrapNone/>
+                <wp:docPr id="9082315" name="Ink 30"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
+                    <w14:contentPart bwMode="auto" r:id="rId31">
+                      <w14:nvContentPartPr>
+                        <w14:cNvContentPartPr/>
+                      </w14:nvContentPartPr>
+                      <w14:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="324360" cy="47880"/>
+                      </w14:xfrm>
+                    </w14:contentPart>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="23706750" id="Ink 30" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:92.35pt;margin-top:199.95pt;width:28.4pt;height:9.4pt;z-index:251720712;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhADs+c9l4AQAADAMAAA4AAABkcnMvZTJvRG9jLnhtbJxSy07DMBC8I/EP&#10;lu80SV+EqGkPVEg9AD3ABxjHbixib7R2m/bv2aQtbUEIqZfIO6OMZ3Y8mW1txTYKvQGX86QXc6ac&#10;hMK4Vc7f357uUs58EK4QFTiV853yfDa9vZk0dab6UEJVKGQk4nzW1DkvQ6izKPKyVFb4HtTKEakB&#10;rQg04ioqUDSkbquoH8fjqAEsagSpvCd0vif5tNPXWsnwqrVXgVXkLo1j8hdyPhh3J2yxZETYB2Gj&#10;9GHEo+lEZCsUdWnkwZa4wpUVxpGJb6m5CIKt0fySskYieNChJ8FGoLWRqstE6ZL4R7qF+2yTJUO5&#10;xkyCC8qFpcBw3F9HXHOFrWgFzTMU1JBYB+AHRVrQ/4XsTc9Bri352beCqhKBnoQvTe05w8wUOcdF&#10;kZz8u83jKcEST7leLglqJDpE/uuXrUbbLpucsG3Oqc9d++26VNvAJIGD/pBa50wSNbxP044+Cu8F&#10;jtPZZunuiw7P59bX2SOefgEAAP//AwBQSwMEFAAGAAgAAAAhAHdK9LkTAgAATwUAABAAAABkcnMv&#10;aW5rL2luazEueG1stFRNj5swEL1X6n+wvIdcFjAmygdasoeqSJVaNepupfbIwixYATuyTT7+fQdC&#10;HFabXfXQXpA95r0Zv3nju/tDU5MdaCOUTGjoM0pA5qoQskzoz8fUW1BibCaLrFYSEnoEQ+9XHz/c&#10;Cblp6hi/BBmk6VZNndDK2m0cBPv93t9HvtJlwBmLgi9y8+0rXQ2oAp6FFBZTmnMoV9LCwXZksSgS&#10;mtsDc/8j94NqdQ7uuIvo/PKH1VkOqdJNZh1jlUkJNZFZg3X/osQet7gQmKcETUkj8MIe98PpfLr4&#10;vMRAdkjoaN9iiQYraWhwnfP3f+BMX3N2ZUV8PptTMpRUwK6rKeg1j9+++1qrLWgr4CLzSZTh4Ejy&#10;077X5ySUBqPqtusNJbusblGykDG0xZA7DK4I8poPtfmnfKjLm3zj4l5KM1xvrMMgmrPUubVWNIBG&#10;b7bOY9YgcRd+sLofB874zGOhxxaPYRSHi5hxn82iUSsGF585n3RrKsf3pC9+7U+caqeb7UVhKyc6&#10;80On+Vjxa8gKRFnZEZT/NTRXtcJhGDp9k6bpJ2y2M/y1bFZsHUBDjo9DWcP7EJ0ZC/r7BddkZrMG&#10;+T5KlFJpWKMjTavB5QxHgvf1uUm48q70w0GGvvyA54Te9E8L6ZGnQN+YJWMkjDhhtxNvwcOJh5sJ&#10;u6XzKad8NqXsdjlfdkHCXgyeS46OWv0BAAD//wMAUEsDBBQABgAIAAAAIQC57m0G4AAAAAsBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4swsVLSBL02j0ZJpIbbxu2SkQ2VnCbin6&#10;6x1PenyZL+99U6xn24sJR985UhAvIhBItTMdNQred883KQgfNBndO0IFX+hhXV5eFDo37kxvOFWh&#10;EVxCPtcK2hCGXEpft2i1X7gBiW9HN1odOI6NNKM+c7nt5TKK7qXVHfFCqwd8bLH+rE5WgdnvP143&#10;2+8Xg1hXsn+aonh3VOr6at48gAg4hz8YfvVZHUp2OrgTGS96zmmyYlTBbZZlIJhYJvEdiIOCJE5X&#10;IMtC/v+h/AEAAP//AwBQSwMEFAAGAAgAAAAhAHkYvJ2/AAAAIQEAABkAAABkcnMvX3JlbHMvZTJv&#10;RG9jLnhtbC5yZWxzhM+xasQwDAbgvdB3MNobJR3KUeJkOQ6ylhRuNY6SmMSysZzSe/t67MHBDRqE&#10;0PdLbf/rd/VDSVxgDU1VgyK2YXK8aPgeL28nUJINT2YPTBpuJNB3ry/tF+0mlyVZXRRVFBYNa87x&#10;E1HsSt5IFSJxmcwheZNLmxaMxm5mIXyv6w9M/w3o7kw1TBrSMDWgxlssyc/tMM/O0jnYwxPnBxFo&#10;D8nBX/1eUJMWyhocb1iqqcqhgF2Ld491fwAAAP//AwBQSwECLQAUAAYACAAAACEAmzMnNwwBAAAt&#10;AgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAD0BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA7&#10;PnPZeAEAAAwDAAAOAAAAAAAAAAAAAAAAADwCAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQB3SvS5EwIAAE8FAAAQAAAAAAAAAAAAAAAAAOADAABkcnMvaW5rL2luazEueG1sUEsBAi0AFAAG&#10;AAgAAAAhALnubQbgAAAACwEAAA8AAAAAAAAAAAAAAAAAIQYAAGRycy9kb3ducmV2LnhtbFBLAQIt&#10;ABQABgAIAAAAIQB5GLydvwAAACEBAAAZAAAAAAAAAAAAAAAAAC4HAABkcnMvX3JlbHMvZTJvRG9j&#10;LnhtbC5yZWxzUEsFBgAAAAAGAAYAeAEAACQIAAAAAA==&#10;">
+                <v:imagedata r:id="rId32" o:title=""/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00265AB2" w:rsidRPr="00265AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3D9385F2" wp14:editId="32864FD4">
+            <wp:extent cx="8863330" cy="3283585"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1370865845" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1370865845" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId33"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="8863330" cy="3283585"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5631590D" w14:textId="4EA68A81" w:rsidR="00A517FB" w:rsidRDefault="00A517FB" w:rsidP="00AE6ECF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30D0EC7C" w14:textId="77777777" w:rsidR="00AE6ECF" w:rsidRPr="0096681C" w:rsidRDefault="00AE6ECF" w:rsidP="00AE6ECF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="387AA579" w14:textId="35D1767C" w:rsidR="00317458" w:rsidRPr="0096681C" w:rsidRDefault="00317458" w:rsidP="000744D1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="387AA57A" w14:textId="51CC38B3" w:rsidR="00317458" w:rsidRPr="0096681C" w:rsidRDefault="00317458" w:rsidP="00317458">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -5107,51 +6265,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="01ABC06F" wp14:editId="482DB018">
             <wp:extent cx="8863330" cy="1905000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="6" name="Picture 6" descr="A screenshot of a computer&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="6" name="Picture 6" descr="A screenshot of a computer&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId19"/>
+                    <a:blip r:embed="rId34"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="8863330" cy="1905000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="387AA57D" w14:textId="1A8C414B" w:rsidR="005E6AFC" w:rsidRPr="0096681C" w:rsidRDefault="005E6AFC" w:rsidP="005E6AFC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -5388,51 +6546,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3D74390B" wp14:editId="2EBD3D3A">
             <wp:extent cx="4467849" cy="1590897"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:docPr id="2136809060" name="Picture 1" descr="A screenshot of a match&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2136809060" name="Picture 1" descr="A screenshot of a match&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId20"/>
+                    <a:blip r:embed="rId35"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4467849" cy="1590897"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="387AA581" w14:textId="24682781" w:rsidR="005E6AFC" w:rsidRPr="0096681C" w:rsidRDefault="00E01BC7" w:rsidP="0045366D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -5534,51 +6692,51 @@
       </w:pPr>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4F904A12" wp14:editId="71A96599">
             <wp:extent cx="4858428" cy="1095528"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="144820001" name="Picture 1" descr="A screenshot of a computer screen&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="144820001" name="Picture 1" descr="A screenshot of a computer screen&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId21"/>
+                    <a:blip r:embed="rId36"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4858428" cy="1095528"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="5700CCB2" w14:textId="3E4FBF49" w:rsidR="007A23FF" w:rsidRPr="0096681C" w:rsidRDefault="007A23FF" w:rsidP="007A23FF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -6931,69 +8089,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0096681C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Non reg</w:t>
             </w:r>
             <w:r w:rsidR="003942CB" w:rsidRPr="0096681C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0096681C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>ulated</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> Tailored Learning, Level 1, Horticulture, Agriculture, Animal Care, Environmental Conservation</w:t>
+              <w:t>ulated Tailored Learning, Level 1, Horticulture, Agriculture, Animal Care, Environmental Conservation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D414B" w:rsidRPr="0096681C" w14:paraId="0AE7D160" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="3A669C"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4B17E537" w14:textId="77777777" w:rsidR="000D414B" w:rsidRPr="0096681C" w:rsidRDefault="000D414B" w:rsidP="002C3DDA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -12229,116 +13376,97 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpi">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251713544" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B40B15A" wp14:editId="744288FC">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-31020</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1395743</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="558360" cy="203400"/>
                 <wp:effectExtent l="38100" t="38100" r="13335" b="44450"/>
                 <wp:wrapNone/>
                 <wp:docPr id="966362210" name="Ink 4"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                    <w14:contentPart bwMode="auto" r:id="rId22">
+                    <w14:contentPart bwMode="auto" r:id="rId37">
                       <w14:nvContentPartPr>
                         <w14:cNvContentPartPr/>
                       </w14:nvContentPartPr>
                       <w14:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="558360" cy="203400"/>
                       </w14:xfrm>
                     </w14:contentPart>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="6A5D1E3C" id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
-[...19 lines deleted...]
-                <v:imagedata r:id="rId27" o:title=""/>
+              <v:shape w14:anchorId="4A31E926" id="Ink 4" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:-2.95pt;margin-top:109.4pt;width:44.95pt;height:17pt;z-index:251713544;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAG1S0/dyAQAACQMAAA4AAABkcnMvZTJvRG9jLnhtbJxSy27CMBC8V+o/&#10;WL6XJLyEIgKHokoc2nJoP8B1bGI19kZrh4S/7yZAgVZVJS7RrkcZz8PzZWtLtlPoDbiMJ4OYM+Uk&#10;5MZtM/7+9vQw48wH4XJRglMZ3yvPl4v7u3lTpWoIBZS5QkYkzqdNlfEihCqNIi8LZYUfQKUcgRrQ&#10;ikArbqMcRUPstoyGcTyNGsC8QpDKezpdHUC+6Pm1VjK8au1VYGXGp8mQ5IXTgDSMkglnH91AULSY&#10;i3SLoiqMPEoSNyiywjgS8E21EkGwGs0vKmskggcdBhJsBFobqXo/5CyJfzhbu8/OVTKWNaYSXFAu&#10;bASGU3Y9cMsVtqQEmmfIqR1RB+BHRorn/zIOolcga0t6Do2gKkWg5+ALU3nOMDV5xnGdJ2f9bvd4&#10;drDBs6+Xa4AaiY6W//ql1Wi7sEkJazNOBe+7b9+lagOTdDiZzEZTQiRBw3g0jnv8xHxgOG0X0dLl&#10;VyVe7p2wixe8+AIAAP//AwBQSwMEFAAGAAgAAAAhANSSSsHDAgAAjwgAABAAAABkcnMvaW5rL2lu&#10;azEueG1stFXJbtswEL0X6D8QzMEXyyJpqXaNKDklQIEWKJIUaI+KzNhCJMqg6CV/X5JDUlTtXIoW&#10;hrm8mXmz0r6+PbUNOnDZ150oMJ0RjLiounUtNgX+8XSfLDHqVSnWZdMJXuA33uPbm48frmvx2jYr&#10;vSLNIHpzapsCb5XardL0eDzOjvNZJzcpI2SefhGv377iG2e15i+1qJV22Xuo6oTiJ2XIVvW6wJU6&#10;kaCvuR+7vax4EBtEVoOGkmXF7zvZliowbksheINE2eq4f2Kk3nb6UGs/Gy4xamudcMJmNFtky7vP&#10;GihPBY7uex1iryNpcXqZ89d/4Lw/5zRhzdni0wIjF9KaH0xMqa356v3cv8tux6Wq+VBmKIoTvKEK&#10;7rY+UCjJ+67Zm95gdCibvS4ZJUSPhfNN0wsFOefTtfmnfLou7/LFwY1L49KL6+CKFkbKt1bVLdeD&#10;3u7CjKleExv4UUn7HBhheUKWCcmeaL7Ks1U2n9EFi1rhpthzPst9vw18z3KYVysJVYPMjvVabUPR&#10;yYzM81D1uOaXbLe83mzVXxpXXdPpB+G6fXW3oIxlUVbWYRi3C4/XTiByyT/wlwJf2feLrCUANnua&#10;5wSxJUMsy2k+nSR0QumETDExn2nCEEFh00dzoTGWUHM3IGz+dq5JQMSsort4Kisa0zsR0P8hip14&#10;UYyNaSNyr2wzgBjcGqc29mnNgRHMY7sRHrGy83BiVjADJKaIkRgHOodY6riM0CTHaYPwPBqbwjnW&#10;gTQAgTVG4nMsBX7PMzBD52Pv3sroQOTENt0zGBy8xFbAM8aNJuh4fEBMGYwDmCe3GsSrwtkYgPsY&#10;18YgMEp+dqF/bh3snCMw96sR69dhNv01l7AZDNTG2IhHX4zeoGE4nBXQBnWrF9fRv8rg0fkHQmMX&#10;3iO0IlBZRYf5Lmls9McVflf0L/LNbwAAAP//AwBQSwMEFAAGAAgAAAAhAA/UmxvgAAAACQEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJC7TlnYw1pWmE5rEaQzEqMQ1a0xb0ThVk3bd&#10;22NOcLT96ff3Z9vJtmLE3jeOFMSLCARS6UxDlYLi43megPBBk9GtI1RwQQ/b/Poq06lxZ3rH8Rgq&#10;wSHkU62gDqFLpfRljVb7heuQ+PbleqsDj30lTa/PHG5buYyiB2l1Q/yh1h3uaiy/j4NV8PnyNrOz&#10;9WW9P4yb2LzeFbv9UCh1ezM9PYIIOIU/GH71WR1ydjq5gYwXrYL5asOkgmWccAUGknvuduLFapmA&#10;zDP5v0H+AwAA//8DAFBLAwQUAAYACAAAACEAeRi8nb8AAAAhAQAAGQAAAGRycy9fcmVscy9lMm9E&#10;b2MueG1sLnJlbHOEz7FqxDAMBuC90Hcw2hslHcpR4mQ5DrKWFG41jpKYxLKxnNJ7+3rswcENGoTQ&#10;90tt/+t39UNJXGANTVWDIrZhcrxo+B4vbydQkg1PZg9MGm4k0HevL+0X7SaXJVldFFUUFg1rzvET&#10;UexK3kgVInGZzCF5k0ubFozGbmYhfK/rD0z/DejuTDVMGtIwNaDGWyzJz+0wz87SOdjDE+cHEWgP&#10;ycFf/V5QkxbKGhxvWKqpyqGAXYt3j3V/AAAA//8DAFBLAQItABQABgAIAAAAIQCbMyc3DAEAAC0C&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAPQEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAG1S&#10;0/dyAQAACQMAAA4AAAAAAAAAAAAAAAAAPAIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;ANSSSsHDAgAAjwgAABAAAAAAAAAAAAAAAAAA2gMAAGRycy9pbmsvaW5rMS54bWxQSwECLQAUAAYA&#10;CAAAACEAD9SbG+AAAAAJAQAADwAAAAAAAAAAAAAAAADLBgAAZHJzL2Rvd25yZXYueG1sUEsBAi0A&#10;FAAGAAgAAAAhAHkYvJ2/AAAAIQEAABkAAAAAAAAAAAAAAAAA2AcAAGRycy9fcmVscy9lMm9Eb2Mu&#10;eG1sLnJlbHNQSwUGAAAAAAYABgB4AQAAzggAAAAA&#10;">
+                <v:imagedata r:id="rId38" o:title=""/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00EF6882" w:rsidRPr="00EF6882">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="651FB9E9" wp14:editId="5DBDDDF0">
             <wp:extent cx="9231584" cy="2324100"/>
             <wp:effectExtent l="0" t="0" r="8255" b="0"/>
             <wp:docPr id="227068417" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="227068417" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId28"/>
+                    <a:blip r:embed="rId39"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="9260086" cy="2331275"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B4D6726" w14:textId="5A542F4C" w:rsidR="00643EB8" w:rsidRPr="0096681C" w:rsidRDefault="00643EB8" w:rsidP="00435ED5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -12491,69 +13619,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Developing stronger communities</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5240DA43" w14:textId="77777777" w:rsidR="00643EB8" w:rsidRPr="0096681C" w:rsidRDefault="00643EB8" w:rsidP="00643EB8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">AFL </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> Type – Set this to 1 if the course is a Family Learning course, otherwise leave blank.</w:t>
+        <w:t>AFL Prov Type – Set this to 1 if the course is a Family Learning course, otherwise leave blank.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7538BA59" w14:textId="10AB4FCD" w:rsidR="00643EB8" w:rsidRPr="0096681C" w:rsidRDefault="00643EB8" w:rsidP="003A5352">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>All other fields should be ignored</w:t>
       </w:r>
       <w:r w:rsidR="00312C35" w:rsidRPr="0096681C">
         <w:rPr>
@@ -12673,51 +13783,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0205C7C0" wp14:editId="32D8AC9B">
             <wp:extent cx="8362950" cy="4343845"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="331" name="Picture 331"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId29"/>
+                    <a:blip r:embed="rId40"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="8369976" cy="4347494"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="387AA62D" w14:textId="6505E937" w:rsidR="00BB6D73" w:rsidRDefault="00F045D4" w:rsidP="007B5BD6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -13579,153 +14689,134 @@
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent2"/>
                         </a:fillRef>
                         <a:effectRef idx="1">
                           <a:schemeClr val="accent2"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6933EA46" id="Straight Arrow Connector 2" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:152.05pt;margin-top:132.9pt;width:3.95pt;height:44.45pt;flip:y;z-index:251699208;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAVtz/UxgEAANgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P1DAMvSPxH6LcmbYjZrRU09nDLHBB&#10;sOLrnk2dNlKaRI6Ztv+eJO12ESCQEBcrTfye/Z7d0+00GHYFDNrZhle7kjOw0rXadg3/8vnNixvO&#10;AgnbCuMsNHyGwG/Pz5+dRl/D3vXOtIAskthQj77hPZGviyLIHgYRds6DjY/K4SAofmJXtCjGyD6Y&#10;Yl+Wx2J02Hp0EkKIt3fLIz9nfqVA0gelAhAzDY+9UY6Y40OKxfkk6g6F77Vc2xD/0MUgtI1FN6o7&#10;QYJ9Q/0L1aAluuAU7aQbCqeUlpA1RDVV+ZOaT73wkLVEc4LfbAr/j1a+v17sPUYbRh/q4O8xqZgU&#10;DkwZ7b/GmWZdsVM2ZdvmzTaYiMl4eSir44EzGV8Ox5fVq5vkarGwJDaPgd6CG1g6NDwQCt31dHHW&#10;xvk4XCqI67tAC/ARkMDGpkhCm9e2ZTT7uESEWtjOwFonpRRP7ecTzQYW+EdQTLexzX0WkjcLLgbZ&#10;VcSdEFKCpf3GFLMTTGljNmD5d+Can6CQt24DL+L+WHVD5MrO0gYetHX4u+o0VWvLasl/dGDRnSx4&#10;cO2cB5utieuTZ7KuetrPH78z/OmHPH8HAAD//wMAUEsDBBQABgAIAAAAIQDE13Gh4QAAAAsBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjcWNqs+6A0nWCIC4chth04Zo1pKxqnNNlW&#10;+PWYE9xs+dHr5y1Wo+vECYfQetKQThIQSJW3LdUa9runmyWIEA1Z03lCDV8YYFVeXhQmt/5Mr3ja&#10;xlpwCIXcaGhi7HMpQ9WgM2HieyS+vfvBmcjrUEs7mDOHu06qJJlLZ1riD43pcd1g9bE9Og0bv3T9&#10;y6NfvGVy/XyrPpV9+HZaX1+N93cgIo7xD4ZffVaHkp0O/kg2iE7DNMlSRjWo+Yw7MDFNFbc78DDL&#10;FiDLQv7vUP4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAFbc/1MYBAADYAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAxNdxoeEAAAALAQAADwAA&#10;AAAAAAAAAAAAAAAgBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAC4FAAAAAA==&#10;" strokecolor="#c0504d [3205]" strokeweight="2pt">
+              <v:shape w14:anchorId="435C07FF" id="Straight Arrow Connector 2" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:152.05pt;margin-top:132.9pt;width:3.95pt;height:44.45pt;flip:y;z-index:251699208;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAVtz/UxgEAANgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P1DAMvSPxH6LcmbYjZrRU09nDLHBB&#10;sOLrnk2dNlKaRI6Ztv+eJO12ESCQEBcrTfye/Z7d0+00GHYFDNrZhle7kjOw0rXadg3/8vnNixvO&#10;AgnbCuMsNHyGwG/Pz5+dRl/D3vXOtIAskthQj77hPZGviyLIHgYRds6DjY/K4SAofmJXtCjGyD6Y&#10;Yl+Wx2J02Hp0EkKIt3fLIz9nfqVA0gelAhAzDY+9UY6Y40OKxfkk6g6F77Vc2xD/0MUgtI1FN6o7&#10;QYJ9Q/0L1aAluuAU7aQbCqeUlpA1RDVV+ZOaT73wkLVEc4LfbAr/j1a+v17sPUYbRh/q4O8xqZgU&#10;DkwZ7b/GmWZdsVM2ZdvmzTaYiMl4eSir44EzGV8Ox5fVq5vkarGwJDaPgd6CG1g6NDwQCt31dHHW&#10;xvk4XCqI67tAC/ARkMDGpkhCm9e2ZTT7uESEWtjOwFonpRRP7ecTzQYW+EdQTLexzX0WkjcLLgbZ&#10;VcSdEFKCpf3GFLMTTGljNmD5d+Can6CQt24DL+L+WHVD5MrO0gYetHX4u+o0VWvLasl/dGDRnSx4&#10;cO2cB5utieuTZ7KuetrPH78z/OmHPH8HAAD//wMAUEsDBBQABgAIAAAAIQDE13Gh4QAAAAsBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjcWNqs+6A0nWCIC4chth04Zo1pKxqnNNlW&#10;+PWYE9xs+dHr5y1Wo+vECYfQetKQThIQSJW3LdUa9runmyWIEA1Z03lCDV8YYFVeXhQmt/5Mr3ja&#10;xlpwCIXcaGhi7HMpQ9WgM2HieyS+vfvBmcjrUEs7mDOHu06qJJlLZ1riD43pcd1g9bE9Og0bv3T9&#10;y6NfvGVy/XyrPpV9+HZaX1+N93cgIo7xD4ZffVaHkp0O/kg2iE7DNMlSRjWo+Yw7MDFNFbc78DDL&#10;FiDLQv7vUP4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAFbc/1MYBAADYAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAxNdxoeEAAAALAQAADwAA&#10;AAAAAAAAAAAAAAAgBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAC4FAAAAAA==&#10;" strokecolor="#c0504d [3205]" strokeweight="2pt">
                 <v:stroke endarrow="block"/>
                 <v:shadow on="t" color="black" opacity="24903f" origin=",.5" offset="0,.55556mm"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00DD4636" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpi">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665416" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="185308DD" wp14:editId="5729D0F8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5655390</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-23790</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="681120" cy="681120"/>
                 <wp:effectExtent l="57150" t="57150" r="43180" b="43180"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1084211369" name="Ink 10"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                    <w14:contentPart bwMode="auto" r:id="rId30">
+                    <w14:contentPart bwMode="auto" r:id="rId41">
                       <w14:nvContentPartPr>
                         <w14:cNvContentPartPr/>
                       </w14:nvContentPartPr>
                       <w14:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="681120" cy="681120"/>
                       </w14:xfrm>
                     </w14:contentPart>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="49B25425" id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
-[...19 lines deleted...]
-                <v:imagedata r:id="rId31" o:title=""/>
+              <v:shape w14:anchorId="2EC91366" id="Ink 10" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:444.6pt;margin-top:-2.55pt;width:55.05pt;height:55.05pt;z-index:251665416;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFyqkaNsAQAACQMAAA4AAABkcnMvZTJvRG9jLnhtbJxSQU7DMBC8I/EH&#10;y3eapKqqEjXtgQqpB6AHeIBx7MYi9kZrp0l/z6ZJaQAhpF6s9Y48O7Pj5bq1JTso9AZcxpNJzJly&#10;EnLj9hl/e328W3Dmg3C5KMGpjB+V5+vV7c2yqVI1hQLKXCEjEufTpsp4EUKVRpGXhbLCT6BSjkAN&#10;aEWgK+6jHEVD7LaMpnE8jxrAvEKQynvqbnqQr078WisZXrT2KrAy4/dxTPLCucCumFHnfSii1VKk&#10;exRVYeQgSVyhyArjSMAX1UYEwWo0v6iskQgedJhIsBFobaQ6+SFnSfzD2dZ9dK6SmawxleCCcmEn&#10;MJx3dwKuGWFL2kDzBDmlI+oAfGCk9fwfRi96A7K2pKdPBFUpAn0HX5jKc4apyTOO2zy56HeHh4uD&#10;HV58PX8HKJFosPzXk1aj7ZZNSlibcYrz2J2nLFUbmKTmfJEkU0IkQUM9Yu4ZznNGq6Xh30Ic3zth&#10;ox+8+gQAAP//AwBQSwMEFAAGAAgAAAAhAPuhICPaAgAAkwgAABAAAABkcnMvaW5rL2luazEueG1s&#10;tFVNb9swDL0P2H8Q1EMvcSwpSZ0EdXtqgQEbMLQdsB1dR02M+iOwlSb996NIWZHbdIdhu0TSI/lI&#10;PlHO5fWhKtmLbruiqVMux4IzXefNqqjXKf/xcBvNOetMVq+ysql1yl91x6+vPn+6LOrnqlzCLwOG&#10;urO7qkz5xpjtMo73+/14Pxk37TpWQkziL/Xzt6/8ykWt9FNRFwZSdj2UN7XRB2PJlsUq5bk5CO8P&#10;3PfNrs21N1ukzY8eps1yfdu0VWY84yara12yOqug7p+cmdctbArIs9YtZ1UBDUdqLKfJdH6zACA7&#10;pDw476DEDiqpeHya89d/4Lx9z2nLmqjkIuHMlbTSL7amGDVfftz797bZ6tYU+igzieIMryynM+pD&#10;QrW6a8qdvRvOXrJyB5JJIWAsXG4ZnxDkPR9o80/5QJcP+cLihtK49kIdnGh+pPqrNUWlYdCrrZ8x&#10;0wGxhe9Ni89BCTWLRBKpxYOUy+nFUorxbDEPrsJNcc/52O66jed7bI/zihavGnW2L1Zm40UXYzHz&#10;ooeSnwrd6GK9MX8XmzdlA8/B3fXZTSKVmgY9YT4/bCeeLs4fc63f6aeUn+HrZRhJAPYu5wvJFtML&#10;pqYzlYzOI3k+Sc7FiEeSCy5GkWKCwSIjiQvDRfUntA1dhjZwt3HK8oxEH20PgFkuMAcHdBvmFG8w&#10;IsIg6Uy4DDMRtyuT3KgFohOhpe/NxWCC93YKHPhSfuIKzUPcdkn9W1J/cE6I0B4SW0GoGywgREK5&#10;aB+KSnvi77PYxFQv8QxwvIo/W/uokAf31AVVjjyK2ByCPTKIhl6sv8I9+YANEYsLh1tEIsMQQQbH&#10;affE04tICVwYlWWdQiKaN4meEEZOx8yEgIESHQ0D34/tbyw2Hu6OirA9uYN3Q8xVA17gQf26dPbe&#10;j1goF1gCcje7AzWAwmVER9cZEb612TM86J7SVQXg4M/Lf13gq3z1GwAA//8DAFBLAwQUAAYACAAA&#10;ACEAxETACeQAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU/CQBCG7yb+h82YeINdwJq2dksI&#10;fsTEgxH1wG1oh7bSnS3dBSq/3vWkx8n75H2fyeaDacWRetdY1jAZKxDEhS0brjR8vD+OYhDOI5fY&#10;WiYN3+Rgnl9eZJiW9sRvdFz5SoQSdilqqL3vUildUZNBN7Ydcci2tjfow9lXsuzxFMpNK6dK3UqD&#10;DYeFGjta1lTsVgejIfp8eMab++16ef6KnhbrZv/yOttrfX01LO5AeBr8Hwy/+kEd8uC0sQcunWg1&#10;xHEyDaiGUTQBEYAkSWYgNoFUkQKZZ/L/C/kPAAAA//8DAFBLAwQUAAYACAAAACEAeRi8nb8AAAAh&#10;AQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEz7FqxDAMBuC90Hcw2hslHcpR4mQ5DrKW&#10;FG41jpKYxLKxnNJ7+3rswcENGoTQ90tt/+t39UNJXGANTVWDIrZhcrxo+B4vbydQkg1PZg9MGm4k&#10;0HevL+0X7SaXJVldFFUUFg1rzvETUexK3kgVInGZzCF5k0ubFozGbmYhfK/rD0z/DejuTDVMGtIw&#10;NaDGWyzJz+0wz87SOdjDE+cHEWgPycFf/V5QkxbKGhxvWKqpyqGAXYt3j3V/AAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAPQEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAFyqkaNsAQAACQMAAA4AAAAAAAAAAAAAAAAAPAIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAPuhICPaAgAAkwgAABAAAAAAAAAAAAAAAAAA1AMAAGRycy9p&#10;bmsvaW5rMS54bWxQSwECLQAUAAYACAAAACEAxETACeQAAAAKAQAADwAAAAAAAAAAAAAAAADcBgAA&#10;ZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAHkYvJ2/AAAAIQEAABkAAAAAAAAAAAAAAAAA&#10;7QcAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB4AQAA4wgAAAAA&#10;">
+                <v:imagedata r:id="rId42" o:title=""/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00985A94" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="023DEE14" wp14:editId="584DC551">
             <wp:extent cx="7430496" cy="1771650"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1923728204" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1923728204" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId32"/>
+                    <a:blip r:embed="rId43"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7452948" cy="1777003"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="3834CF77" w14:textId="2F107435" w:rsidR="00725DF8" w:rsidRPr="0096681C" w:rsidRDefault="00475B6C" w:rsidP="00725DF8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -13736,68 +14827,68 @@
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpi">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663368" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E784B6D" wp14:editId="480C2B31">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5048070</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>53160</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="360" cy="360"/>
                 <wp:effectExtent l="57150" t="57150" r="57150" b="57150"/>
                 <wp:wrapNone/>
                 <wp:docPr id="77073221" name="Ink 8"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                    <w14:contentPart bwMode="auto" r:id="rId33">
+                    <w14:contentPart bwMode="auto" r:id="rId44">
                       <w14:nvContentPartPr>
                         <w14:cNvContentPartPr/>
                       </w14:nvContentPartPr>
                       <w14:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="360" cy="360"/>
                       </w14:xfrm>
                     </w14:contentPart>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3102C954" id="Ink 8" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:396.8pt;margin-top:3.5pt;width:1.45pt;height:1.45pt;z-index:251663368;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAPSjqotoAQAAAwMAAA4AAABkcnMvZTJvRG9jLnhtbJxSy27CMBC8V+o/&#10;WL4XJ7RCbUTCoagShz4O7QcYxyZWY2+0dgj8fTcECrSqKnGx9qGdndnxdLZxNVtrDBZ8ztNRwpn2&#10;CkrrVzn/eH+6uecsROlLWYPXOd/qwGfF9dW0azI9hgrqUiMjEB+yrsl5FWOTCRFUpZ0MI2i0p6YB&#10;dDJSiitRouwI3dVinCQT0QGWDYLSIVB1PjR5scM3Rqv4akzQkdU5f0gSohcPAR6C5T4QxVRmK5RN&#10;ZdWekryAkZPWE4FvqLmMkrVof0E5qxACmDhS4AQYY5Xe6SFlafJD2cJ/9qrSO9VipsBH7eObxHi4&#10;3a5xyQpXc7bsnqEkd2Qbge8R6Tz/mzGQnoNqHfEZHEFdy0jfIVS2CZxhZsuc46JMj/z9+vGo4A2P&#10;ul7OG+SI2Ev+a2Rj0PXHJiZsk3MyeNu/Oy/1JjJFxdsJlRXV++AEc5g9bDg5Kq09s+807ymd/N3i&#10;CwAA//8DAFBLAwQUAAYACAAAACEAuspuINQBAACbBAAAEAAAAGRycy9pbmsvaW5rMS54bWy0k1Fv&#10;mzAQx98n7TtY7sNeBtgERoJK+tRIkzZpajupe6TgBqvYjmwTkm+/AxyHqulLtQkJ4TP+393v/r6+&#10;OYgW7Zk2XMkC05BgxGSlai63Bf79sAmWGBlbyrpslWQFPjKDb9afP11z+SLaHN4IFKQZvkRb4Mba&#10;XR5Ffd+H/SJUehvFhCyi7/Ll5w+8dqdq9swlt5DSnEKVkpYd7CCW87rAlT0Q/z9o36tOV8xvDxFd&#10;nf+wuqzYRmlRWq/YlFKyFslSQN2PGNnjDj445NkyjZHg0HAQhzTJkuXtCgLlocCzdQclGqhE4Oiy&#10;5p//oLl5qzmUtYizbxlGrqSa7YeaopF5/n7vv7TaMW05O2OeoLiNI6qm9chnAqWZUW03zAajfdl2&#10;gIwSArZwuWl0AchbPWDzT/WAy7t68+Jeo3HtzTk4aN5Sp9FaLhgYXey8x6wB4SF8b/V4HWISpwHJ&#10;gnj1QGmepHmShemCzEbhXHzSfNKdabzekz77ddzx1KbOel7bxkMnIUk99DnyS0cbxreN/djZSrUK&#10;roOb9dVtRuM4mfU05vNmu3B1R/8h1/odey7w1Xh70XhyCoy9E0RRnKRZ+vULgSdY0hV9ZWKfBaaz&#10;/gsAAP//AwBQSwMEFAAGAAgAAAAhAF0/pZfeAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj81O&#10;wzAQhO9IvIO1SNyoU37SOsSpEBKRegG1cODoxtskaryObLcNPD3LCW6zmtHMt+VqcoM4YYi9Jw3z&#10;WQYCqfG2p1bDx/vLzRJETIasGTyhhi+MsKouL0pTWH+mDZ62qRVcQrEwGrqUxkLK2HToTJz5EYm9&#10;vQ/OJD5DK20wZy53g7zNslw60xMvdGbE5w6bw/boNBzmNS434Vt93q/HPb2Zev3a11pfX01PjyAS&#10;TukvDL/4jA4VM+38kWwUg4aFuss5yoJfYn+h8gcQOw1KgaxK+Z+/+gEAAP//AwBQSwMEFAAGAAgA&#10;AAAhAHkYvJ2/AAAAIQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzhM+xasQwDAbgvdB3&#10;MNobJR3KUeJkOQ6ylhRuNY6SmMSysZzSe/t67MHBDRqE0PdLbf/rd/VDSVxgDU1VgyK2YXK8aPge&#10;L28nUJINT2YPTBpuJNB3ry/tF+0mlyVZXRRVFBYNa87xE1HsSt5IFSJxmcwheZNLmxaMxm5mIXyv&#10;6w9M/w3o7kw1TBrSMDWgxlssyc/tMM/O0jnYwxPnBxFoD8nBX/1eUJMWyhocb1iqqcqhgF2Ld491&#10;fwAAAP//AwBQSwECLQAUAAYACAAAACEAmzMnNwwBAAAtAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AD0BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD0o6qLaAEAAAMDAAAOAAAAAAAAAAAAAAAA&#10;ADwCAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC6ym4g1AEAAJsEAAAQAAAAAAAAAAAA&#10;AAAAANADAABkcnMvaW5rL2luazEueG1sUEsBAi0AFAAGAAgAAAAhAF0/pZfeAAAABwEAAA8AAAAA&#10;AAAAAAAAAAAA0gUAAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQB5GLydvwAAACEBAAAZ&#10;AAAAAAAAAAAAAAAAAN0GAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAGAAYAeAEA&#10;ANMHAAAAAA==&#10;">
-                <v:imagedata r:id="rId34" o:title=""/>
+              <v:shape w14:anchorId="26E1EB95" id="Ink 8" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:396.8pt;margin-top:3.5pt;width:1.45pt;height:1.45pt;z-index:251663368;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAPSjqotoAQAAAwMAAA4AAABkcnMvZTJvRG9jLnhtbJxSy27CMBC8V+o/&#10;WL4XJ7RCbUTCoagShz4O7QcYxyZWY2+0dgj8fTcECrSqKnGx9qGdndnxdLZxNVtrDBZ8ztNRwpn2&#10;CkrrVzn/eH+6uecsROlLWYPXOd/qwGfF9dW0azI9hgrqUiMjEB+yrsl5FWOTCRFUpZ0MI2i0p6YB&#10;dDJSiitRouwI3dVinCQT0QGWDYLSIVB1PjR5scM3Rqv4akzQkdU5f0gSohcPAR6C5T4QxVRmK5RN&#10;ZdWekryAkZPWE4FvqLmMkrVof0E5qxACmDhS4AQYY5Xe6SFlafJD2cJ/9qrSO9VipsBH7eObxHi4&#10;3a5xyQpXc7bsnqEkd2Qbge8R6Tz/mzGQnoNqHfEZHEFdy0jfIVS2CZxhZsuc46JMj/z9+vGo4A2P&#10;ul7OG+SI2Ev+a2Rj0PXHJiZsk3MyeNu/Oy/1JjJFxdsJlRXV++AEc5g9bDg5Kq09s+807ymd/N3i&#10;CwAA//8DAFBLAwQUAAYACAAAACEAuspuINQBAACbBAAAEAAAAGRycy9pbmsvaW5rMS54bWy0k1Fv&#10;mzAQx98n7TtY7sNeBtgERoJK+tRIkzZpajupe6TgBqvYjmwTkm+/AxyHqulLtQkJ4TP+393v/r6+&#10;OYgW7Zk2XMkC05BgxGSlai63Bf79sAmWGBlbyrpslWQFPjKDb9afP11z+SLaHN4IFKQZvkRb4Mba&#10;XR5Ffd+H/SJUehvFhCyi7/Ll5w+8dqdq9swlt5DSnEKVkpYd7CCW87rAlT0Q/z9o36tOV8xvDxFd&#10;nf+wuqzYRmlRWq/YlFKyFslSQN2PGNnjDj445NkyjZHg0HAQhzTJkuXtCgLlocCzdQclGqhE4Oiy&#10;5p//oLl5qzmUtYizbxlGrqSa7YeaopF5/n7vv7TaMW05O2OeoLiNI6qm9chnAqWZUW03zAajfdl2&#10;gIwSArZwuWl0AchbPWDzT/WAy7t68+Jeo3HtzTk4aN5Sp9FaLhgYXey8x6wB4SF8b/V4HWISpwHJ&#10;gnj1QGmepHmShemCzEbhXHzSfNKdabzekz77ddzx1KbOel7bxkMnIUk99DnyS0cbxreN/djZSrUK&#10;roOb9dVtRuM4mfU05vNmu3B1R/8h1/odey7w1Xh70XhyCoy9E0RRnKRZ+vULgSdY0hV9ZWKfBaaz&#10;/gsAAP//AwBQSwMEFAAGAAgAAAAhAF0/pZfeAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj81O&#10;wzAQhO9IvIO1SNyoU37SOsSpEBKRegG1cODoxtskaryObLcNPD3LCW6zmtHMt+VqcoM4YYi9Jw3z&#10;WQYCqfG2p1bDx/vLzRJETIasGTyhhi+MsKouL0pTWH+mDZ62qRVcQrEwGrqUxkLK2HToTJz5EYm9&#10;vQ/OJD5DK20wZy53g7zNslw60xMvdGbE5w6bw/boNBzmNS434Vt93q/HPb2Zev3a11pfX01PjyAS&#10;TukvDL/4jA4VM+38kWwUg4aFuss5yoJfYn+h8gcQOw1KgaxK+Z+/+gEAAP//AwBQSwMEFAAGAAgA&#10;AAAhAHkYvJ2/AAAAIQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzhM+xasQwDAbgvdB3&#10;MNobJR3KUeJkOQ6ylhRuNY6SmMSysZzSe/t67MHBDRqE0PdLbf/rd/VDSVxgDU1VgyK2YXK8aPge&#10;L28nUJINT2YPTBpuJNB3ry/tF+0mlyVZXRRVFBYNa87xE1HsSt5IFSJxmcwheZNLmxaMxm5mIXyv&#10;6w9M/w3o7kw1TBrSMDWgxlssyc/tMM/O0jnYwxPnBxFoD8nBX/1eUJMWyhocb1iqqcqhgF2Ld491&#10;fwAAAP//AwBQSwECLQAUAAYACAAAACEAmzMnNwwBAAAtAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AD0BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD0o6qLaAEAAAMDAAAOAAAAAAAAAAAAAAAA&#10;ADwCAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC6ym4g1AEAAJsEAAAQAAAAAAAAAAAA&#10;AAAAANADAABkcnMvaW5rL2luazEueG1sUEsBAi0AFAAGAAgAAAAhAF0/pZfeAAAABwEAAA8AAAAA&#10;AAAAAAAAAAAA0gUAAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQB5GLydvwAAACEBAAAZ&#10;AAAAAAAAAAAAAAAAAN0GAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAGAAYAeAEA&#10;ANMHAAAAAA==&#10;">
+                <v:imagedata r:id="rId45" o:title=""/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="50032F9E" w14:textId="602FC15B" w:rsidR="00974D87" w:rsidRPr="0096681C" w:rsidRDefault="00974D87" w:rsidP="00725DF8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F2523FB" w14:textId="7A4CE578" w:rsidR="00974D87" w:rsidRPr="0096681C" w:rsidRDefault="00974D87" w:rsidP="00725DF8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -13851,103 +14942,103 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wpi">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667464" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="026702E2" wp14:editId="5B25A4F7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>330835</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>86360</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="770255" cy="1363980"/>
                 <wp:effectExtent l="76200" t="76200" r="67945" b="64770"/>
                 <wp:wrapNone/>
                 <wp:docPr id="816788782" name="Ink 13"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                    <w14:contentPart bwMode="auto" r:id="rId35">
+                    <w14:contentPart bwMode="auto" r:id="rId46">
                       <w14:nvContentPartPr>
                         <w14:cNvContentPartPr/>
                       </w14:nvContentPartPr>
                       <w14:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="770255" cy="1363980"/>
                       </w14:xfrm>
                     </w14:contentPart>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3E6D2299" id="Ink 13" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:24.65pt;margin-top:5.4pt;width:63.45pt;height:110.2pt;z-index:251667464;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAKgIBI95AQAADgMAAA4AAABkcnMvZTJvRG9jLnhtbJxSyW7CMBC9V+o/&#10;WL6XJFCWRAQORZU4dDm0H+A6NrEae6KxIfD3nQQo0KqqxCWa8TjPb5npfGsrtlHoDbicJ72YM+Uk&#10;FMatcv7+9ng34cwH4QpRgVM53ynP57Pbm2lTZ6oPJVSFQkYgzmdNnfMyhDqLIi9LZYXvQa0cDTWg&#10;FYFaXEUFiobQbRX143gUNYBFjSCV93S62A/5rMPXWsnworVXgVXEbpxOiE7oqjTlDNtq1Kfqo6sG&#10;KY9mU5GtUNSlkQda4gpWVhhHJL6hFiIItkbzC8oaieBBh54EG4HWRqpOE6lL4h/qlu6zVZbcyzVm&#10;ElxQLrwKDEf/usE1T9iKLGieoKCExDoAPyCSQf8Hsie9ALm2xGefCqpKBFoJX5rak9GZKXKOyyI5&#10;8Xebh5OCVzzper4cUCLRQfJfv2w12tZsYsK2Oacd3LXfLku1DUzS4Xgc94dDziSNksFokE66C0fo&#10;PcSxO/OWXr9I8bxvmZ2t8ewLAAD//wMAUEsDBBQABgAIAAAAIQCdx+NW5QIAAJMIAAAQAAAAZHJz&#10;L2luay9pbmsxLnhtbLRVTW/bMAy9D9h/ENRDL3UsKe7ygaY9DAswYAOKtQO2o+uoiVF/BLbSpP9+&#10;lEjJSptehu1iieTjI/kkJVc3h7piz7rry7ZZcDkSnOmmaFdls17wn/fLZMpZb/JmlVdtoxf8Rff8&#10;5vrjh6uyeaqrOXwZMDS93dXVgm+M2c7TdL/fj/bjUdutUyXEOP3aPH3/xq8pa6Ufy6Y0ULL3rqJt&#10;jD4YSzYvVwtemIMIeOC+a3ddoUPYerpiQJguL/Sy7ercBMZN3jS6Yk1eQ9+/ODMvW9iUUGetO87q&#10;EgZO1Ehmk2z6ZQaO/LDgkb2DFnvopObpac7f/4Fz+ZbTtjVWk08TzqillX62PaVO8/n7s9927VZ3&#10;ptSDzCgKBV5YgbbTB4XqdN9WO3s2nD3n1Q4kk0LAtaDaMj0hyFs+0Oaf8oEu7/LFzR1LQ+PFOpBo&#10;4Ur5ozVlreGi19twx0wPxNZ9Zzr3HJRQl4mYJGp2L+U8m87VdDSZjqOjoFvsOR+6Xb8JfA/dcF9d&#10;JKiGk+3LldkE0cVIBs1jxU9lbnS53pi/Si3aqoXHQCd9tlx+ljKLJnLlwlU78XDd7WM0+A/9uOBn&#10;7u0yl4kON7mSmWByOsuYyrLZ7OI8keeTy3NxAY+QJ5KLi0QywWBRuEhrg0ULOQliQZBwBHltOQil&#10;S59Azjg9xMZHnNYSmKaSI8MmC3K5HOVg6IKmMJ4h2xuwdJmhqIV5shiLfuvBBI+xBeMSuPeYAR97&#10;4v5w76NWYpwOeVAuHBuRPtcixzQaZg1fVJ7w7oQg5vocMNCZrRX7mY0iMo6qyC/dHj2xXzE7KXqE&#10;24Mu4BHM6uPxFgOXznnsXkZRREriQSRyWgYfxQ7dWTgkMuAX6/p9nDXsESPYwIB7uLhDQ2DEGXYf&#10;XBYVDBfB0T2lbRBOZcgHYxiGDCKAxcGxHFiOHMXy1msn8VMbxxa9VuKkGC0uRvUgGaegBFiO/rzC&#10;7wv8Kl//AQAA//8DAFBLAwQUAAYACAAAACEAPKVPtdwAAAAJAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPwU7DMBBE70j8g7VI3KjdFAUa4lQoiAMnRKno1Y2XxMJeR7bThr/HPdHjzoxm39Sb2Vl2xBCN&#10;JwnLhQCG1HltqJew+3y9ewQWkyKtrCeU8IsRNs31Va0q7U/0gcdt6lkuoVgpCUNKY8V57AZ0Ki78&#10;iJS9bx+cSvkMPddBnXK5s7wQouROGcofBjViO2D3s52cBGyD3WuaSvGm3n38cmb30hopb2/m5ydg&#10;Cef0H4YzfkaHJjMd/EQ6Mivhfr3KyayLvODsP5QFsIOEYrUsgDc1v1zQ/AEAAP//AwBQSwMEFAAG&#10;AAgAAAAhAHkYvJ2/AAAAIQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzhM+xasQwDAbg&#10;vdB3MNobJR3KUeJkOQ6ylhRuNY6SmMSysZzSe/t67MHBDRqE0PdLbf/rd/VDSVxgDU1VgyK2YXK8&#10;aPgeL28nUJINT2YPTBpuJNB3ry/tF+0mlyVZXRRVFBYNa87xE1HsSt5IFSJxmcwheZNLmxaMxm5m&#10;IXyv6w9M/w3o7kw1TBrSMDWgxlssyc/tMM/O0jnYwxPnBxFoD8nBX/1eUJMWyhocb1iqqcqhgF2L&#10;d491fwAAAP//AwBQSwECLQAUAAYACAAAACEAmzMnNwwBAAAtAgAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAD0BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCoCASPeQEAAA4DAAAOAAAAAAAAAAAA&#10;AAAAADwCAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCdx+NW5QIAAJMIAAAQAAAAAAAA&#10;AAAAAAAAAOEDAABkcnMvaW5rL2luazEueG1sUEsBAi0AFAAGAAgAAAAhADylT7XcAAAACQEAAA8A&#10;AAAAAAAAAAAAAAAA9AYAAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQB5GLydvwAAACEB&#10;AAAZAAAAAAAAAAAAAAAAAP0HAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAGAAYA&#10;eAEAAPMIAAAAAA==&#10;">
-                <v:imagedata r:id="rId46" o:title=""/>
+              <v:shape w14:anchorId="6AC53EB1" id="Ink 13" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:24.65pt;margin-top:5.4pt;width:63.45pt;height:110.2pt;z-index:251667464;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAKgIBI95AQAADgMAAA4AAABkcnMvZTJvRG9jLnhtbJxSyW7CMBC9V+o/&#10;WL6XJFCWRAQORZU4dDm0H+A6NrEae6KxIfD3nQQo0KqqxCWa8TjPb5npfGsrtlHoDbicJ72YM+Uk&#10;FMatcv7+9ng34cwH4QpRgVM53ynP57Pbm2lTZ6oPJVSFQkYgzmdNnfMyhDqLIi9LZYXvQa0cDTWg&#10;FYFaXEUFiobQbRX143gUNYBFjSCV93S62A/5rMPXWsnworVXgVXEbpxOiE7oqjTlDNtq1Kfqo6sG&#10;KY9mU5GtUNSlkQda4gpWVhhHJL6hFiIItkbzC8oaieBBh54EG4HWRqpOE6lL4h/qlu6zVZbcyzVm&#10;ElxQLrwKDEf/usE1T9iKLGieoKCExDoAPyCSQf8Hsie9ALm2xGefCqpKBFoJX5rak9GZKXKOyyI5&#10;8Xebh5OCVzzper4cUCLRQfJfv2w12tZsYsK2Oacd3LXfLku1DUzS4Xgc94dDziSNksFokE66C0fo&#10;PcSxO/OWXr9I8bxvmZ2t8ewLAAD//wMAUEsDBBQABgAIAAAAIQCdx+NW5QIAAJMIAAAQAAAAZHJz&#10;L2luay9pbmsxLnhtbLRVTW/bMAy9D9h/ENRDL3UsKe7ygaY9DAswYAOKtQO2o+uoiVF/BLbSpP9+&#10;lEjJSptehu1iieTjI/kkJVc3h7piz7rry7ZZcDkSnOmmaFdls17wn/fLZMpZb/JmlVdtoxf8Rff8&#10;5vrjh6uyeaqrOXwZMDS93dXVgm+M2c7TdL/fj/bjUdutUyXEOP3aPH3/xq8pa6Ufy6Y0ULL3rqJt&#10;jD4YSzYvVwtemIMIeOC+a3ddoUPYerpiQJguL/Sy7ercBMZN3jS6Yk1eQ9+/ODMvW9iUUGetO87q&#10;EgZO1Ehmk2z6ZQaO/LDgkb2DFnvopObpac7f/4Fz+ZbTtjVWk08TzqillX62PaVO8/n7s9927VZ3&#10;ptSDzCgKBV5YgbbTB4XqdN9WO3s2nD3n1Q4kk0LAtaDaMj0hyFs+0Oaf8oEu7/LFzR1LQ+PFOpBo&#10;4Ur5ozVlreGi19twx0wPxNZ9Zzr3HJRQl4mYJGp2L+U8m87VdDSZjqOjoFvsOR+6Xb8JfA/dcF9d&#10;JKiGk+3LldkE0cVIBs1jxU9lbnS53pi/Si3aqoXHQCd9tlx+ljKLJnLlwlU78XDd7WM0+A/9uOBn&#10;7u0yl4kON7mSmWByOsuYyrLZ7OI8keeTy3NxAY+QJ5KLi0QywWBRuEhrg0ULOQliQZBwBHltOQil&#10;S59Azjg9xMZHnNYSmKaSI8MmC3K5HOVg6IKmMJ4h2xuwdJmhqIV5shiLfuvBBI+xBeMSuPeYAR97&#10;4v5w76NWYpwOeVAuHBuRPtcixzQaZg1fVJ7w7oQg5vocMNCZrRX7mY0iMo6qyC/dHj2xXzE7KXqE&#10;24Mu4BHM6uPxFgOXznnsXkZRREriQSRyWgYfxQ7dWTgkMuAX6/p9nDXsESPYwIB7uLhDQ2DEGXYf&#10;XBYVDBfB0T2lbRBOZcgHYxiGDCKAxcGxHFiOHMXy1msn8VMbxxa9VuKkGC0uRvUgGaegBFiO/rzC&#10;7wv8Kl//AQAA//8DAFBLAwQUAAYACAAAACEAARZyAd4AAAAJAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPS0/DMBCE70j8B2uRuFG7DuojxKl4iFsRojWc3dh5iHgdxW4b/j3bExx3ZjT7TbGZfM9Oboxd&#10;QAXzmQDmsAq2w0aB3r/erYDFZNCaPqBT8OMibMrrq8LkNpzxw512qWFUgjE3CtqUhpzzWLXOmzgL&#10;g0Py6jB6k+gcG25Hc6Zy33MpxIJ70yF9aM3gnltXfe+OXsHL21e1XYnP7Em/y3q93et6qbVStzfT&#10;4wOw5Kb0F4YLPqFDSUyHcEQbWa/gfp1RknRBCy7+ciGBHRTIbC6BlwX/v6D8BQAA//8DAFBLAwQU&#10;AAYACAAAACEAeRi8nb8AAAAhAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEz7FqxDAM&#10;BuC90Hcw2hslHcpR4mQ5DrKWFG41jpKYxLKxnNJ7+3rswcENGoTQ90tt/+t39UNJXGANTVWDIrZh&#10;crxo+B4vbydQkg1PZg9MGm4k0HevL+0X7SaXJVldFFUUFg1rzvETUexK3kgVInGZzCF5k0ubFozG&#10;bmYhfK/rD0z/DejuTDVMGtIwNaDGWyzJz+0wz87SOdjDE+cHEWgPycFf/V5QkxbKGhxvWKqpyqGA&#10;XYt3j3V/AAAA//8DAFBLAQItABQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAAPQEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKgIBI95AQAADgMAAA4AAAAAAAAA&#10;AAAAAAAAPAIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJ3H41blAgAAkwgAABAAAAAA&#10;AAAAAAAAAAAA4QMAAGRycy9pbmsvaW5rMS54bWxQSwECLQAUAAYACAAAACEAARZyAd4AAAAJAQAA&#10;DwAAAAAAAAAAAAAAAAD0BgAAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAHkYvJ2/AAAA&#10;IQEAABkAAAAAAAAAAAAAAAAA/wcAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYA&#10;BgB4AQAA9QgAAAAA&#10;">
+                <v:imagedata r:id="rId47" o:title=""/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00F567AA" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1533AB63" wp14:editId="6E32DB75">
             <wp:extent cx="6677957" cy="1486107"/>
             <wp:effectExtent l="0" t="0" r="8890" b="0"/>
             <wp:docPr id="1508853556" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1508853556" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId47"/>
+                    <a:blip r:embed="rId48"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6677957" cy="1486107"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="55C7038C" w14:textId="77777777" w:rsidR="00475B6C" w:rsidRPr="0096681C" w:rsidRDefault="00475B6C" w:rsidP="00725DF8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -14042,51 +15133,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="742D0888" wp14:editId="28995724">
             <wp:extent cx="7334250" cy="2733675"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="1946176054" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1946176054" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId48"/>
+                    <a:blip r:embed="rId49"/>
                     <a:srcRect b="9749"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7335274" cy="2734057"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
@@ -14245,151 +15336,151 @@
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpi">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671560" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="756FDAE2" wp14:editId="6483D6B4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5354070</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>2005725</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="968760" cy="604440"/>
                 <wp:effectExtent l="76200" t="76200" r="60325" b="62865"/>
                 <wp:wrapNone/>
                 <wp:docPr id="555130228" name="Ink 18"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                    <w14:contentPart bwMode="auto" r:id="rId49">
+                    <w14:contentPart bwMode="auto" r:id="rId50">
                       <w14:nvContentPartPr>
                         <w14:cNvContentPartPr/>
                       </w14:nvContentPartPr>
                       <w14:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="968760" cy="604440"/>
                       </w14:xfrm>
                     </w14:contentPart>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="1700FF0D" id="Ink 18" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:420.2pt;margin-top:156.55pt;width:79.15pt;height:50.45pt;z-index:251671560;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAIsPTkl0AQAADQMAAA4AAABkcnMvZTJvRG9jLnhtbJxSy27CMBC8V+o/&#10;WL6XJAgoRCQciipxaMuh/QDXsYnV2ButDYG/7ya8W1WVuES7HmU8D09nW1uxjUJvwGU86cWcKSeh&#10;MG6V8Y/354cxZz4IV4gKnMr4Tnk+y+/vpk2dqj6UUBUKGZE4nzZ1xssQ6jSKvCyVFb4HtXIEakAr&#10;Aq24igoUDbHbKurH8ShqAIsaQSrv6XS+B3ne8WutZHjT2qvAKlI3jmPSF04TdlN/yNlnOyWTIY/y&#10;qUhXKOrSyIMscYMqK4wjESequQiCrdH8orJGInjQoSfBRqC1karzRO6S+Ie7hftqnSUDucZUggvK&#10;haXAcMyvA265wlYUQfMCBTUk1gH4gZEC+r+Qveg5yLUlPftWUFUi0JPwpak9Z5iaIuO4KJKzfrd5&#10;OjtY4tnX6zVAjUQHy3/9stVo27BJCdtmnDretd+uS7UNTNLhZDR+HBEiCRrFg8Ggw4/Me4bjdhEt&#10;XX5V4uXeCrt4xfk3AAAA//8DAFBLAwQUAAYACAAAACEAGx5sHdUCAACVCAAAEAAAAGRycy9pbmsv&#10;aW5rMS54bWy0Vctu2zAQvBfoPxDMwRfLIinHjo3IORQ1UKAFiiYF2qMiM7YQPQyJjp2/75K7lKVY&#10;uRTtRSRnZ2cfXNq3d6ciZy+6brKqjLmcCM50mVabrNzG/OfDOrjhrDFJuUnyqtQxf9UNv1t9/HCb&#10;lc9FvoQvA4Wysbsij/nOmP0yDI/H4+QYTap6GyohovBL+fztK1+R10Y/ZWVmIGTjobQqjT4ZK7bM&#10;NjFPzUm0fNC+rw51qluzRer0zDB1kup1VReJaRV3SVnqnJVJAXn/4sy87mGTQZytrjkrMig4UBM5&#10;nU9vPi8ASE4x75wPkGIDmRQ8HNb8/R8015eaNq1IzWdzziiljX6xOYWu58v3a/9eV3tdm0yf24xN&#10;IcMrS/Hs+oONqnVT5Qd7N5y9JPkBWiaFgLGg2DIcaMilHvTmn+pBX97V6ybXbw2V1+0DNa0dKX+1&#10;Jis0DHqxb2fMNCBs4XtTu+eghLoOxDxQiweplmK2jOaT6XTeuQqaYq/5WB+aXav3WJ/n1VnarmFl&#10;x2xjdm3TxUS2Pe92fMhzp7PtzvyVa1rlFTwGuumr9fqTlNNORS5cO2oDD9dNH6PCf+inmF+5t8uc&#10;JwKucjVbCHYTLZiaXovFeBTIURSNxBjeIBdcjAPFBIMlCqRdJHOLwtNbm2MOghIdSIUoBJIYCNsI&#10;XtoGtvEc+IZJ0d0ikIiSwlusMx3It7eQE2LIQ6jnc2l4z8HjNizuu1/UUS5R2ruyMCQWjPzuHktH&#10;L8KdV5eDVWNXKaLjIIJW1OkiXg0s4x6O+hffyF06Zej2FBfxDp+YDsFRQcRnYiOqnhciYB9jnujl&#10;OWe+YJaDOoJysAju0ct/EbeDI50XclChy7/EYXxsyEHDWRVY9kDkng/c8Tkre+FOzbGxJu/UP2Ht&#10;5AyLTQKY+CD8yYEoGWBbvRgxCSTKIOilrTg8apQmB7f0/r7aXxj4XV79AQAA//8DAFBLAwQUAAYA&#10;CAAAACEAoZtgFOEAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KgdEkEa&#10;sqlaJOACEi0Irtt4SVJiO8RuG/4ec4Ljap5m3paLyfTiwKPvnEVIZgoE29rpzjYIry93FzkIH8hq&#10;6p1lhG/2sKhOT0oqtDvaNR82oRGxxPqCENoQhkJKX7dsyM/cwDZmH240FOI5NlKPdIzlppeXSl1J&#10;Q52NCy0NfNty/bnZG4Sv3f3j+t08qfSZVrKZHqbd23KFeH42LW9ABJ7CHwy/+lEdqui0dXurvegR&#10;8kxlEUVIkzQBEYn5PL8GsUXIkkyBrEr5/4fqBwAA//8DAFBLAwQUAAYACAAAACEAeRi8nb8AAAAh&#10;AQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEz7FqxDAMBuC90Hcw2hslHcpR4mQ5DrKW&#10;FG41jpKYxLKxnNJ7+3rswcENGoTQ90tt/+t39UNJXGANTVWDIrZhcrxo+B4vbydQkg1PZg9MGm4k&#10;0HevL+0X7SaXJVldFFUUFg1rzvETUexK3kgVInGZzCF5k0ubFozGbmYhfK/rD0z/DejuTDVMGtIw&#10;NaDGWyzJz+0wz87SOdjDE+cHEWgPycFf/V5QkxbKGhxvWKqpyqGAXYt3j3V/AAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAPQEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAIsPTkl0AQAADQMAAA4AAAAAAAAAAAAAAAAAPAIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhABsebB3VAgAAlQgAABAAAAAAAAAAAAAAAAAA3AMAAGRycy9p&#10;bmsvaW5rMS54bWxQSwECLQAUAAYACAAAACEAoZtgFOEAAAALAQAADwAAAAAAAAAAAAAAAADfBgAA&#10;ZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAHkYvJ2/AAAAIQEAABkAAAAAAAAAAAAAAAAA&#10;7QcAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB4AQAA4wgAAAAA&#10;">
-                <v:imagedata r:id="rId50" o:title=""/>
+              <v:shape w14:anchorId="5E385B6D" id="Ink 18" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:420.2pt;margin-top:156.55pt;width:79.15pt;height:50.45pt;z-index:251671560;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAIsPTkl0AQAADQMAAA4AAABkcnMvZTJvRG9jLnhtbJxSy27CMBC8V+o/&#10;WL6XJAgoRCQciipxaMuh/QDXsYnV2ButDYG/7ya8W1WVuES7HmU8D09nW1uxjUJvwGU86cWcKSeh&#10;MG6V8Y/354cxZz4IV4gKnMr4Tnk+y+/vpk2dqj6UUBUKGZE4nzZ1xssQ6jSKvCyVFb4HtXIEakAr&#10;Aq24igoUDbHbKurH8ShqAIsaQSrv6XS+B3ne8WutZHjT2qvAKlI3jmPSF04TdlN/yNlnOyWTIY/y&#10;qUhXKOrSyIMscYMqK4wjESequQiCrdH8orJGInjQoSfBRqC1karzRO6S+Ie7hftqnSUDucZUggvK&#10;haXAcMyvA265wlYUQfMCBTUk1gH4gZEC+r+Qveg5yLUlPftWUFUi0JPwpak9Z5iaIuO4KJKzfrd5&#10;OjtY4tnX6zVAjUQHy3/9stVo27BJCdtmnDretd+uS7UNTNLhZDR+HBEiCRrFg8Ggw4/Me4bjdhEt&#10;XX5V4uXeCrt4xfk3AAAA//8DAFBLAwQUAAYACAAAACEAGx5sHdUCAACVCAAAEAAAAGRycy9pbmsv&#10;aW5rMS54bWy0Vctu2zAQvBfoPxDMwRfLIinHjo3IORQ1UKAFiiYF2qMiM7YQPQyJjp2/75K7lKVY&#10;uRTtRSRnZ2cfXNq3d6ciZy+6brKqjLmcCM50mVabrNzG/OfDOrjhrDFJuUnyqtQxf9UNv1t9/HCb&#10;lc9FvoQvA4Wysbsij/nOmP0yDI/H4+QYTap6GyohovBL+fztK1+R10Y/ZWVmIGTjobQqjT4ZK7bM&#10;NjFPzUm0fNC+rw51qluzRer0zDB1kup1VReJaRV3SVnqnJVJAXn/4sy87mGTQZytrjkrMig4UBM5&#10;nU9vPi8ASE4x75wPkGIDmRQ8HNb8/R8015eaNq1IzWdzziiljX6xOYWu58v3a/9eV3tdm0yf24xN&#10;IcMrS/Hs+oONqnVT5Qd7N5y9JPkBWiaFgLGg2DIcaMilHvTmn+pBX97V6ybXbw2V1+0DNa0dKX+1&#10;Jis0DHqxb2fMNCBs4XtTu+eghLoOxDxQiweplmK2jOaT6XTeuQqaYq/5WB+aXav3WJ/n1VnarmFl&#10;x2xjdm3TxUS2Pe92fMhzp7PtzvyVa1rlFTwGuumr9fqTlNNORS5cO2oDD9dNH6PCf+inmF+5t8uc&#10;JwKucjVbCHYTLZiaXovFeBTIURSNxBjeIBdcjAPFBIMlCqRdJHOLwtNbm2MOghIdSIUoBJIYCNsI&#10;XtoGtvEc+IZJ0d0ikIiSwlusMx3It7eQE2LIQ6jnc2l4z8HjNizuu1/UUS5R2ruyMCQWjPzuHktH&#10;L8KdV5eDVWNXKaLjIIJW1OkiXg0s4x6O+hffyF06Zej2FBfxDp+YDsFRQcRnYiOqnhciYB9jnujl&#10;OWe+YJaDOoJysAju0ct/EbeDI50XclChy7/EYXxsyEHDWRVY9kDkng/c8Tkre+FOzbGxJu/UP2Ht&#10;5AyLTQKY+CD8yYEoGWBbvRgxCSTKIOilrTg8apQmB7f0/r7aXxj4XV79AQAA//8DAFBLAwQUAAYA&#10;CAAAACEAUnJFROEAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7KgdGrVp&#10;yKRCiLJAoojyXLrxkETE4yh20/D3mBUsR/fo3jPFerKdGGnwrWOEZKZAEFfOtFwjvDxvLjIQPmg2&#10;unNMCN/kYV2enhQ6N+7ITzTuQi1iCftcIzQh9LmUvmrIaj9zPXHMPt1gdYjnUEsz6GMst528VGoh&#10;rW45LjS6p5uGqq/dwSLwm7J396+Pi/fluKWH9lZu9IdEPD+brq9ABJrCHwy/+lEdyui0dwc2XnQI&#10;WarSiCLMk3kCIhKrVbYEsUdIk1SBLAv5/4fyBwAA//8DAFBLAwQUAAYACAAAACEAeRi8nb8AAAAh&#10;AQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEz7FqxDAMBuC90Hcw2hslHcpR4mQ5DrKW&#10;FG41jpKYxLKxnNJ7+3rswcENGoTQ90tt/+t39UNJXGANTVWDIrZhcrxo+B4vbydQkg1PZg9MGm4k&#10;0HevL+0X7SaXJVldFFUUFg1rzvETUexK3kgVInGZzCF5k0ubFozGbmYhfK/rD0z/DejuTDVMGtIw&#10;NaDGWyzJz+0wz87SOdjDE+cHEWgPycFf/V5QkxbKGhxvWKqpyqGAXYt3j3V/AAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAPQEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAIsPTkl0AQAADQMAAA4AAAAAAAAAAAAAAAAAPAIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhABsebB3VAgAAlQgAABAAAAAAAAAAAAAAAAAA3AMAAGRycy9p&#10;bmsvaW5rMS54bWxQSwECLQAUAAYACAAAACEAUnJFROEAAAALAQAADwAAAAAAAAAAAAAAAADfBgAA&#10;ZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAHkYvJ2/AAAAIQEAABkAAAAAAAAAAAAAAAAA&#10;7QcAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB4AQAA4wgAAAAA&#10;">
+                <v:imagedata r:id="rId51" o:title=""/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpi">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669512" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="71527776" wp14:editId="68E27F32">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-56010</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1519005</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1899720" cy="483480"/>
                 <wp:effectExtent l="57150" t="57150" r="5715" b="50165"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1540382156" name="Ink 16"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                    <w14:contentPart bwMode="auto" r:id="rId51">
+                    <w14:contentPart bwMode="auto" r:id="rId52">
                       <w14:nvContentPartPr>
                         <w14:cNvContentPartPr/>
                       </w14:nvContentPartPr>
                       <w14:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1899720" cy="483480"/>
                       </w14:xfrm>
                     </w14:contentPart>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="79D670B6" id="Ink 16" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:-5.1pt;margin-top:118.9pt;width:151pt;height:39.45pt;z-index:251669512;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhACsFBwl2AQAACgMAAA4AAABkcnMvZTJvRG9jLnhtbJxSXU/CMBR9N/E/&#10;NH2XbQgyFgYPEhMeVB70B9SuZY1r73JbGPx77wYIaIwJL0tvT3d6PjqZbW3FNgq9AZfzpBdzppyE&#10;wrhVzt/fnu5SznwQrhAVOJXznfJ8Nr29mTR1pvpQQlUoZETifNbUOS9DqLMo8rJUVvge1MoRqAGt&#10;CDTiKipQNMRuq6gfxw9RA1jUCFJ5T7vzPcinHb/WSoZXrb0KrMr5OI5JXjgusF2Mhpx95DxN0yGP&#10;phORrVDUpZEHSeIKRVYYRwK+qeYiCLZG84vKGongQYeeBBuB1kaqzg85S+Ifzhbus3WVDOQaMwku&#10;KBeWAsMxuw645gpbUQLNMxTUjlgH4AdGiuf/Mvai5yDXlvTsG0FViUDPwZem9pxhZoqc46JITvrd&#10;5vHkYIknXy+XADUSHSz/9ctWo23DJiVsm3MqeNd+uy7VNjBJm0k6Ho/6BEnCBun9IO0OHKn3FMfp&#10;LFu6/aLF87lVdvaEp18AAAD//wMAUEsDBBQABgAIAAAAIQB7DjMZ9QEAAMcEAAAQAAAAZHJzL2lu&#10;ay9pbmsxLnhtbLRTy27bMBC8F+g/EMzBF0siKcl6IHJOMVCgBYomBZqjIjEWEYk0KMqPv+/qYVpB&#10;nEuRXgRqyZ2dnZ29vTs2Ndpz3QolM0xdghGXhSqF3Gb49+PGiTFqTS7LvFaSZ/jEW3y3/vrlVsjX&#10;pk7hiwBBtv2pqTNcGbNLPe9wOLgH31V66zFCfO+bfP3xHa+nrJK/CCkMlGzPoUJJw4+mB0tFmeHC&#10;HIl9D9gPqtMFt9d9RBeXF0bnBd8o3eTGIla5lLxGMm+A9x+MzGkHBwF1tlxj1Aho2GEuDaIgvk8g&#10;kB8zPPvvgGILTBrsXcd8+g+Ym/eYPS2fRasIo4lSyfc9J2/QPP24959a7bg2gl9kHkWZLk6oGP8H&#10;fUahNG9V3fWzwWif1x1IRgkBW0y1qXdFkPd4oM2n4oEuH+LNyb2VZmpvrsMkmrXUebRGNByM3uys&#10;x0wLwH34wehhHRhhoUMihyWPlKUkTMPQXRE2G8Xk4jPms+7ayuI964tfhxur2tjZQZSmsqITl4RW&#10;9Lnk11IrLraV+bfcQtUK1mGa9c19RBkLZj0N9azZrqzu4D80tf6Lv2T4ZtheNGSOgaF3P0p8RP2A&#10;IRaEJFouaBD7CydJyIIssbOKwgSv/BiTZRjRAMFiEkSWLKGREycBIm8MbxnBJNd/AQAA//8DAFBL&#10;AwQUAAYACAAAACEALRJn+98AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvEMBCG74L/IYzg&#10;RXbTprAftemyCnosWAWvaTM2xSYpSXa3+usdT3qbYR7eed7qsNiJnTHE0TsJ+ToDhq73enSDhLfX&#10;p9UOWEzKaTV5hxK+MMKhvr6qVKn9xb3guU0DoxAXSyXBpDSXnMfeoFVx7Wd0dPvwwapEaxi4DupC&#10;4XbiIss23KrR0QejZnw02H+2JyuhWY7v03do5+aOt8oUKJqH7lnK25vleA8s4ZL+YPjVJ3Woyanz&#10;J6cjmySs8kwQKkEUW+pAhNjnNHQSinyzBV5X/H+H+gcAAP//AwBQSwMEFAAGAAgAAAAhAHkYvJ2/&#10;AAAAIQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzhM+xasQwDAbgvdB3MNobJR3KUeJk&#10;OQ6ylhRuNY6SmMSysZzSe/t67MHBDRqE0PdLbf/rd/VDSVxgDU1VgyK2YXK8aPgeL28nUJINT2YP&#10;TBpuJNB3ry/tF+0mlyVZXRRVFBYNa87xE1HsSt5IFSJxmcwheZNLmxaMxm5mIXyv6w9M/w3o7kw1&#10;TBrSMDWgxlssyc/tMM/O0jnYwxPnBxFoD8nBX/1eUJMWyhocb1iqqcqhgF2Ld491fwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAmzMnNwwBAAAtAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAD0BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQArBQcJdgEAAAoDAAAOAAAAAAAAAAAAAAAAADwCAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB7DjMZ9QEAAMcEAAAQAAAAAAAAAAAAAAAAAN4DAABk&#10;cnMvaW5rL2luazEueG1sUEsBAi0AFAAGAAgAAAAhAC0SZ/vfAAAACwEAAA8AAAAAAAAAAAAAAAAA&#10;AQYAAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQB5GLydvwAAACEBAAAZAAAAAAAAAAAA&#10;AAAAAA0HAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAGAAYAeAEAAAMIAAAAAA==&#10;">
-                <v:imagedata r:id="rId52" o:title=""/>
+              <v:shape w14:anchorId="0EA94789" id="Ink 16" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:-5.1pt;margin-top:118.9pt;width:151pt;height:39.45pt;z-index:251669512;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhACsFBwl2AQAACgMAAA4AAABkcnMvZTJvRG9jLnhtbJxSXU/CMBR9N/E/&#10;NH2XbQgyFgYPEhMeVB70B9SuZY1r73JbGPx77wYIaIwJL0tvT3d6PjqZbW3FNgq9AZfzpBdzppyE&#10;wrhVzt/fnu5SznwQrhAVOJXznfJ8Nr29mTR1pvpQQlUoZETifNbUOS9DqLMo8rJUVvge1MoRqAGt&#10;CDTiKipQNMRuq6gfxw9RA1jUCFJ5T7vzPcinHb/WSoZXrb0KrMr5OI5JXjgusF2Mhpx95DxN0yGP&#10;phORrVDUpZEHSeIKRVYYRwK+qeYiCLZG84vKGongQYeeBBuB1kaqzg85S+Ifzhbus3WVDOQaMwku&#10;KBeWAsMxuw645gpbUQLNMxTUjlgH4AdGiuf/Mvai5yDXlvTsG0FViUDPwZem9pxhZoqc46JITvrd&#10;5vHkYIknXy+XADUSHSz/9ctWo23DJiVsm3MqeNd+uy7VNjBJm0k6Ho/6BEnCBun9IO0OHKn3FMfp&#10;LFu6/aLF87lVdvaEp18AAAD//wMAUEsDBBQABgAIAAAAIQB7DjMZ9QEAAMcEAAAQAAAAZHJzL2lu&#10;ay9pbmsxLnhtbLRTy27bMBC8F+g/EMzBF0siKcl6IHJOMVCgBYomBZqjIjEWEYk0KMqPv+/qYVpB&#10;nEuRXgRqyZ2dnZ29vTs2Ndpz3QolM0xdghGXhSqF3Gb49+PGiTFqTS7LvFaSZ/jEW3y3/vrlVsjX&#10;pk7hiwBBtv2pqTNcGbNLPe9wOLgH31V66zFCfO+bfP3xHa+nrJK/CCkMlGzPoUJJw4+mB0tFmeHC&#10;HIl9D9gPqtMFt9d9RBeXF0bnBd8o3eTGIla5lLxGMm+A9x+MzGkHBwF1tlxj1Aho2GEuDaIgvk8g&#10;kB8zPPvvgGILTBrsXcd8+g+Ym/eYPS2fRasIo4lSyfc9J2/QPP24959a7bg2gl9kHkWZLk6oGP8H&#10;fUahNG9V3fWzwWif1x1IRgkBW0y1qXdFkPd4oM2n4oEuH+LNyb2VZmpvrsMkmrXUebRGNByM3uys&#10;x0wLwH34wehhHRhhoUMihyWPlKUkTMPQXRE2G8Xk4jPms+7ayuI964tfhxur2tjZQZSmsqITl4RW&#10;9Lnk11IrLraV+bfcQtUK1mGa9c19RBkLZj0N9azZrqzu4D80tf6Lv2T4ZtheNGSOgaF3P0p8RP2A&#10;IRaEJFouaBD7CydJyIIssbOKwgSv/BiTZRjRAMFiEkSWLKGREycBIm8MbxnBJNd/AQAA//8DAFBL&#10;AwQUAAYACAAAACEALRJn+98AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvEMBCG74L/IYzg&#10;RXbTprAftemyCnosWAWvaTM2xSYpSXa3+usdT3qbYR7eed7qsNiJnTHE0TsJ+ToDhq73enSDhLfX&#10;p9UOWEzKaTV5hxK+MMKhvr6qVKn9xb3guU0DoxAXSyXBpDSXnMfeoFVx7Wd0dPvwwapEaxi4DupC&#10;4XbiIss23KrR0QejZnw02H+2JyuhWY7v03do5+aOt8oUKJqH7lnK25vleA8s4ZL+YPjVJ3Woyanz&#10;J6cjmySs8kwQKkEUW+pAhNjnNHQSinyzBV5X/H+H+gcAAP//AwBQSwMEFAAGAAgAAAAhAHkYvJ2/&#10;AAAAIQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzhM+xasQwDAbgvdB3MNobJR3KUeJk&#10;OQ6ylhRuNY6SmMSysZzSe/t67MHBDRqE0PdLbf/rd/VDSVxgDU1VgyK2YXK8aPgeL28nUJINT2YP&#10;TBpuJNB3ry/tF+0mlyVZXRRVFBYNa87xE1HsSt5IFSJxmcwheZNLmxaMxm5mIXyv6w9M/w3o7kw1&#10;TBrSMDWgxlssyc/tMM/O0jnYwxPnBxFoD8nBX/1eUJMWyhocb1iqqcqhgF2Ld491fwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAmzMnNwwBAAAtAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAD0BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQArBQcJdgEAAAoDAAAOAAAAAAAAAAAAAAAAADwCAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB7DjMZ9QEAAMcEAAAQAAAAAAAAAAAAAAAAAN4DAABk&#10;cnMvaW5rL2luazEueG1sUEsBAi0AFAAGAAgAAAAhAC0SZ/vfAAAACwEAAA8AAAAAAAAAAAAAAAAA&#10;AQYAAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQB5GLydvwAAACEBAAAZAAAAAAAAAAAA&#10;AAAAAA0HAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAGAAYAeAEAAAMIAAAAAA==&#10;">
+                <v:imagedata r:id="rId53" o:title=""/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="001A4D7A" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="03F17A8B" wp14:editId="5161ECF1">
             <wp:extent cx="8863330" cy="2543175"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="974944567" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="974944567" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId53"/>
+                    <a:blip r:embed="rId54"/>
                     <a:srcRect b="45347"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="8863330" cy="2543175"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
@@ -15034,51 +16125,51 @@
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent2"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent2"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent2"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="5B7421F5" id="Straight Arrow Connector 7" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:545.25pt;margin-top:12.45pt;width:2.25pt;height:68.25pt;flip:x;z-index:251703304;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDsGwyBxAEAANgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8uO2zAMvBfoPwi6N04CbDYw4uwh28eh&#10;aBd9fIBWpmwBekFiY/vvS8leb9EWBVr0QsgSZzgc0qe70Rp2hZi0dw3fbbacgZO+1a5r+Ncvb14d&#10;OUsoXCuMd9DwCRK/O798cRpCDXvfe9NCZETiUj2EhveIoa6qJHuwIm18AEePykcrkD5jV7VRDMRu&#10;TbXfbg/V4GMbopeQEt3ez4/8XPiVAokflUqAzDSctGGJscTHHKvzSdRdFKHXcpEh/kGFFdpR0ZXq&#10;XqBg36L+hcpqGX3yCjfS28orpSWUHqib3fanbj73IkDphcxJYbUp/T9a+eF6cQ+RbBhCqlN4iLmL&#10;UUXLlNHhHc209EVK2Vhsm1bbYEQm6XJ/vLm94UzSy/FwuKUz0VUzS2YLMeFb8JblQ8MTRqG7Hi/e&#10;OZqPj3MFcX2fcAY+ATLYuBxRaPPatQynQEuEUQvXGVjq5JTqWX454WRghn8CxXRLMucyZbPgYiK7&#10;CtoJISU43K9MlJ1hShuzArfFgT8Cl/wMhbJ1fwNeEaWyd7iCrXY+/q46jrtFsprznxyY+84WPPp2&#10;KoMt1tD6lJksq57388fvAn/+Ic/fAQAA//8DAFBLAwQUAAYACAAAACEAiXqBa+EAAAAMAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPXUvDMBSG7wX/QziCN+KS1nXY2nTIYCBUL5yD3WZNbIvNSWmyLvv3&#10;nl3p3Xk5D+9HuY52YLOZfO9QQrIQwAw2TvfYSth/bR+fgfmgUKvBoZFwMR7W1e1NqQrtzvhp5l1o&#10;GZmgL5SELoSx4Nw3nbHKL9xokH7fbrIqkJxarid1JnM78FSIFbeqR0ro1Gg2nWl+dicr4QPTuM8e&#10;6jpuDoe3en7fPuElkfL+Lr6+AAsmhj8YrvWpOlTU6ehOqD0bSItcZMRKSJc5sCsh8ozmHelaJUvg&#10;Vcn/j6h+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOwbDIHEAQAA2AMAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIl6gWvhAAAADAEAAA8AAAAA&#10;AAAAAAAAAAAAHgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAsBQAAAAA=&#10;" strokecolor="#bc4542 [3045]">
+              <v:shape w14:anchorId="44FC4F98" id="Straight Arrow Connector 7" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:545.25pt;margin-top:12.45pt;width:2.25pt;height:68.25pt;flip:x;z-index:251703304;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDsGwyBxAEAANgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8uO2zAMvBfoPwi6N04CbDYw4uwh28eh&#10;aBd9fIBWpmwBekFiY/vvS8leb9EWBVr0QsgSZzgc0qe70Rp2hZi0dw3fbbacgZO+1a5r+Ncvb14d&#10;OUsoXCuMd9DwCRK/O798cRpCDXvfe9NCZETiUj2EhveIoa6qJHuwIm18AEePykcrkD5jV7VRDMRu&#10;TbXfbg/V4GMbopeQEt3ez4/8XPiVAokflUqAzDSctGGJscTHHKvzSdRdFKHXcpEh/kGFFdpR0ZXq&#10;XqBg36L+hcpqGX3yCjfS28orpSWUHqib3fanbj73IkDphcxJYbUp/T9a+eF6cQ+RbBhCqlN4iLmL&#10;UUXLlNHhHc209EVK2Vhsm1bbYEQm6XJ/vLm94UzSy/FwuKUz0VUzS2YLMeFb8JblQ8MTRqG7Hi/e&#10;OZqPj3MFcX2fcAY+ATLYuBxRaPPatQynQEuEUQvXGVjq5JTqWX454WRghn8CxXRLMucyZbPgYiK7&#10;CtoJISU43K9MlJ1hShuzArfFgT8Cl/wMhbJ1fwNeEaWyd7iCrXY+/q46jrtFsprznxyY+84WPPp2&#10;KoMt1tD6lJksq57388fvAn/+Ic/fAQAA//8DAFBLAwQUAAYACAAAACEAiXqBa+EAAAAMAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPXUvDMBSG7wX/QziCN+KS1nXY2nTIYCBUL5yD3WZNbIvNSWmyLvv3&#10;nl3p3Xk5D+9HuY52YLOZfO9QQrIQwAw2TvfYSth/bR+fgfmgUKvBoZFwMR7W1e1NqQrtzvhp5l1o&#10;GZmgL5SELoSx4Nw3nbHKL9xokH7fbrIqkJxarid1JnM78FSIFbeqR0ro1Gg2nWl+dicr4QPTuM8e&#10;6jpuDoe3en7fPuElkfL+Lr6+AAsmhj8YrvWpOlTU6ehOqD0bSItcZMRKSJc5sCsh8ozmHelaJUvg&#10;Vcn/j6h+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOwbDIHEAQAA2AMAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIl6gWvhAAAADAEAAA8AAAAA&#10;AAAAAAAAAAAAHgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAsBQAAAAA=&#10;" strokecolor="#bc4542 [3045]">
                 <v:stroke endarrow="block"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00646E3D" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251702280" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F61614E" wp14:editId="4882B7F8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>6438900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
@@ -15106,51 +16197,51 @@
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent3"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent3"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent3"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="12985F8A" id="Straight Arrow Connector 6" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:507pt;margin-top:13.2pt;width:4.5pt;height:70.5pt;z-index:251702280;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQADIIRbvAEAAM4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiH6y8s0laLZRos33YAi8I&#10;Ki4f4DrjxJJvsodN8veMnTSLACFR9WXiy5wzZ44nh9vJaHaGEJWzbVHvqoKBFa5Ttm+L79/ev7op&#10;WERuO66dhbaYIRa3x5cvDqNv4MoNTncQGJHY2Iy+LQZE35RlFAMYHnfOg6VL6YLhSNvQl13gI7Eb&#10;XV5V1etydKHzwQmIkU7vlsvimPmlBIGfpYyATLcFacMcQ44PKZbHA2/6wP2gxCqDP0GF4cpS0Y3q&#10;jiNnP4L6g8ooEVx0EnfCmdJJqQTkHqibuvqtm68D95B7IXOi32yKz0crPp1P9j6QDaOPTfT3IXUx&#10;yWDSl/SxKZs1b2bBhEzQ4f5NvSdHBd3cvN1f05pIygvWh4gfwBmWFm0RMXDVD3hy1tKruFBnv/j5&#10;Y8QF+AhIhbVNEbnS72zHcPY0OhgUt72GtU5KKS+i8wpnDQv8C0imOpK5lMnzBCcd2JnTJHAhwOL1&#10;xkTZCSaV1huwyvr+CVzzExTyrP0PeEPkys7iBjbKuvC36jjVq2S55D86sPSdLHhw3ZyfM1tDQ5Pf&#10;ZB3wNJW/7jP88hsefwIAAP//AwBQSwMEFAAGAAgAAAAhAN/QpnziAAAADAEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj0FPwzAMhe9I/IfISFwQS1eqwkrTCW1CE+O0DSSOWWPaisQpTbaVf493gpuf/fT8&#10;vXI+OiuOOITOk4LpJAGBVHvTUaPgbfd8+wAiRE1GW0+o4AcDzKvLi1IXxp9og8dtbASHUCi0gjbG&#10;vpAy1C06HSa+R+Lbpx+cjiyHRppBnzjcWZkmSS6d7og/tLrHRYv11/bgFMxWZF837x/j93K3atYv&#10;N4ulnXVKXV+NT48gIo7xzwxnfEaHipn2/kAmCMs6mWZcJipI8wzE2ZGkd7zZ85TfZyCrUv4vUf0C&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAyCEW7wBAADOAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA39CmfOIAAAAMAQAADwAAAAAAAAAAAAAA&#10;AAAWBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACUFAAAAAA==&#10;" strokecolor="#94b64e [3046]">
+              <v:shape w14:anchorId="34C80AB2" id="Straight Arrow Connector 6" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:507pt;margin-top:13.2pt;width:4.5pt;height:70.5pt;z-index:251702280;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQADIIRbvAEAAM4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiH6y8s0laLZRos33YAi8I&#10;Ki4f4DrjxJJvsodN8veMnTSLACFR9WXiy5wzZ44nh9vJaHaGEJWzbVHvqoKBFa5Ttm+L79/ev7op&#10;WERuO66dhbaYIRa3x5cvDqNv4MoNTncQGJHY2Iy+LQZE35RlFAMYHnfOg6VL6YLhSNvQl13gI7Eb&#10;XV5V1etydKHzwQmIkU7vlsvimPmlBIGfpYyATLcFacMcQ44PKZbHA2/6wP2gxCqDP0GF4cpS0Y3q&#10;jiNnP4L6g8ooEVx0EnfCmdJJqQTkHqibuvqtm68D95B7IXOi32yKz0crPp1P9j6QDaOPTfT3IXUx&#10;yWDSl/SxKZs1b2bBhEzQ4f5NvSdHBd3cvN1f05pIygvWh4gfwBmWFm0RMXDVD3hy1tKruFBnv/j5&#10;Y8QF+AhIhbVNEbnS72zHcPY0OhgUt72GtU5KKS+i8wpnDQv8C0imOpK5lMnzBCcd2JnTJHAhwOL1&#10;xkTZCSaV1huwyvr+CVzzExTyrP0PeEPkys7iBjbKuvC36jjVq2S55D86sPSdLHhw3ZyfM1tDQ5Pf&#10;ZB3wNJW/7jP88hsefwIAAP//AwBQSwMEFAAGAAgAAAAhAN/QpnziAAAADAEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj0FPwzAMhe9I/IfISFwQS1eqwkrTCW1CE+O0DSSOWWPaisQpTbaVf493gpuf/fT8&#10;vXI+OiuOOITOk4LpJAGBVHvTUaPgbfd8+wAiRE1GW0+o4AcDzKvLi1IXxp9og8dtbASHUCi0gjbG&#10;vpAy1C06HSa+R+Lbpx+cjiyHRppBnzjcWZkmSS6d7og/tLrHRYv11/bgFMxWZF837x/j93K3atYv&#10;N4ulnXVKXV+NT48gIo7xzwxnfEaHipn2/kAmCMs6mWZcJipI8wzE2ZGkd7zZ85TfZyCrUv4vUf0C&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAyCEW7wBAADOAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA39CmfOIAAAAMAQAADwAAAAAAAAAAAAAA&#10;AAAWBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACUFAAAAAA==&#10;" strokecolor="#94b64e [3046]">
                 <v:stroke endarrow="block"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00646E3D" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251701256" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2AD88FAD" wp14:editId="0BAAFADD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>6019800</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
@@ -15178,51 +16269,51 @@
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4BF48584" id="Straight Arrow Connector 5" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:474pt;margin-top:15.85pt;width:22.9pt;height:68.25pt;z-index:251701256;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCIXbiGvgEAAM8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfaZKi7S5R0z10gQuC&#10;FQs/wOuME0uObY2HJvn32E6bIkBIIC4Tf8ybefP8sr+fBsNOgEE72/BqU3IGVrpW267hX7+8e3XH&#10;WSBhW2GchYbPEPj94eWL/ehr2LremRaQxSI21KNveE/k66IIsodBhI3zYOOlcjgIilvsihbFGKsP&#10;ptiW5a4YHbYenYQQ4unDcskPub5SIOmTUgGImYZHbpQj5vicYnHYi7pD4XstzzTEP7AYhLax6Vrq&#10;QZBg31D/UmrQEl1wijbSDYVTSkvIM8RpqvKnaZ564SHPEsUJfpUp/L+y8uPpaB8xyjD6UAf/iGmK&#10;SeGQvpEfm7JY8yoWTMRkPNy+KW+q15zJeHW3293e3iQxiyvYY6D34AaWFg0PhEJ3PR2dtfFZHFZZ&#10;MHH6EGgBXgCps7EpktDmrW0ZzT56h1AL2xk490kpxZV1XtFsYIF/BsV0G3kubbKh4GiQnUS0gpAS&#10;LFVrpZidYEobswLLzO+PwHN+gkI229+AV0Tu7Cyt4EFbh7/rTtOFslryLwoscycJnl075/fM0kTX&#10;5Dc5OzzZ8sd9hl//w8N3AAAA//8DAFBLAwQUAAYACAAAACEAaRu53t8AAAAKAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPy27CMBBF95X6D9ZU6q44JIgmIQ6iL4klhW66M/GQRI3HUWzA/ftOV+1yNFf3&#10;nlOtox3EBSffO1IwnyUgkBpnemoVfBzeHnIQPmgyenCECr7Rw7q+val0adyV3vGyD63gEvKlVtCF&#10;MJZS+qZDq/3MjUj8O7nJ6sDn1Eoz6SuX20GmSbKUVvfEC50e8bnD5mt/tgqedlu7efmcImbZ68LH&#10;g0up2Sp1fxc3KxABY/gLwy8+o0PNTEd3JuPFoKBY5OwSFGTzRxAcKIqMXY6cXOYpyLqS/xXqHwAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCIXbiGvgEAAM8DAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBpG7ne3wAAAAoBAAAPAAAAAAAAAAAAAAAA&#10;ABgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAJAUAAAAA&#10;" strokecolor="#4579b8 [3044]">
+              <v:shape w14:anchorId="0DCA4339" id="Straight Arrow Connector 5" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:474pt;margin-top:15.85pt;width:22.9pt;height:68.25pt;z-index:251701256;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCIXbiGvgEAAM8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfaZKi7S5R0z10gQuC&#10;FQs/wOuME0uObY2HJvn32E6bIkBIIC4Tf8ybefP8sr+fBsNOgEE72/BqU3IGVrpW267hX7+8e3XH&#10;WSBhW2GchYbPEPj94eWL/ehr2LremRaQxSI21KNveE/k66IIsodBhI3zYOOlcjgIilvsihbFGKsP&#10;ptiW5a4YHbYenYQQ4unDcskPub5SIOmTUgGImYZHbpQj5vicYnHYi7pD4XstzzTEP7AYhLax6Vrq&#10;QZBg31D/UmrQEl1wijbSDYVTSkvIM8RpqvKnaZ564SHPEsUJfpUp/L+y8uPpaB8xyjD6UAf/iGmK&#10;SeGQvpEfm7JY8yoWTMRkPNy+KW+q15zJeHW3293e3iQxiyvYY6D34AaWFg0PhEJ3PR2dtfFZHFZZ&#10;MHH6EGgBXgCps7EpktDmrW0ZzT56h1AL2xk490kpxZV1XtFsYIF/BsV0G3kubbKh4GiQnUS0gpAS&#10;LFVrpZidYEobswLLzO+PwHN+gkI229+AV0Tu7Cyt4EFbh7/rTtOFslryLwoscycJnl075/fM0kTX&#10;5Dc5OzzZ8sd9hl//w8N3AAAA//8DAFBLAwQUAAYACAAAACEAaRu53t8AAAAKAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPy27CMBBF95X6D9ZU6q44JIgmIQ6iL4klhW66M/GQRI3HUWzA/ftOV+1yNFf3&#10;nlOtox3EBSffO1IwnyUgkBpnemoVfBzeHnIQPmgyenCECr7Rw7q+val0adyV3vGyD63gEvKlVtCF&#10;MJZS+qZDq/3MjUj8O7nJ6sDn1Eoz6SuX20GmSbKUVvfEC50e8bnD5mt/tgqedlu7efmcImbZ68LH&#10;g0up2Sp1fxc3KxABY/gLwy8+o0PNTEd3JuPFoKBY5OwSFGTzRxAcKIqMXY6cXOYpyLqS/xXqHwAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCIXbiGvgEAAM8DAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBpG7ne3wAAAAoBAAAPAAAAAAAAAAAAAAAA&#10;ABgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAJAUAAAAA&#10;" strokecolor="#4579b8 [3044]">
                 <v:stroke endarrow="block"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00675F6A" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251700232" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B4B0088" wp14:editId="5C5D8135">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5681662</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
@@ -15256,96 +16347,96 @@
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent6"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent6"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="5E068020" id="Straight Arrow Connector 3" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:447.35pt;margin-top:17.35pt;width:32.25pt;height:71.4pt;z-index:251700232;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQASSJL3vwEAAM8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v1DAQvSPxHyzf2WQr2mWjzfawBS4I&#10;Kgo/wHXGiSXHtsbDJvn32E6aRYCQWnGZ+GPezJvnl8Pt2Bt2Bgza2ZpvNyVnYKVrtG1r/v3bhzfv&#10;OAskbCOMs1DzCQK/Pb5+dRh8BVeuc6YBZLGIDdXga94R+aooguygF2HjPNh4qRz2guIW26JBMcTq&#10;vSmuyvKmGBw2Hp2EEOLp3XzJj7m+UiDpi1IBiJmaR26UI+b4mGJxPIiqReE7LRca4gUseqFtbLqW&#10;uhMk2A/Uf5TqtUQXnKKNdH3hlNIS8gxxmm352zQPnfCQZ4niBL/KFP5fWfn5fLL3GGUYfKiCv8c0&#10;xaiwT9/Ij41ZrGkVC0ZiMh6+LffXu2vOZLzal7tyv0tiFhewx0AfwfUsLWoeCIVuOzo5a+OzONxm&#10;wcT5U6AZ+ARInY1NkYQ2723DaPLRO4Ra2NbA0ielFBfWeUWTgRn+FRTTTeQ5t8mGgpNBdhbRCkJK&#10;sHSzVorZCaa0MSuwzPz+CVzyExSy2Z4DXhG5s7O0gnttHf6tO43bhbKa858UmOdOEjy6ZsrvmaWJ&#10;rslvsjg82fLXfYZf/sPjTwAAAP//AwBQSwMEFAAGAAgAAAAhAIrLKhjhAAAACgEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj1FLwzAQx98Fv0M4wTeXuq12rU2HKIIigm6D+Zg2sSk2l5KkW/XTe3vSp+O4&#10;H//7/cv1ZHt20D50DgVczxJgGhunOmwF7LaPVytgIUpUsneoBXzrAOvq/KyUhXJHfNeHTWwZhWAo&#10;pAAT41BwHhqjrQwzN2ik26fzVkZafcuVl0cKtz2fJ8kNt7JD+mDkoO+Nbr42oxXg/M/rYj++LPnz&#10;sP+o7UP7lJo3IS4vprtbYFFP8Q+Gkz6pQ0VOtRtRBdYLWOXLjFABi9MkIE/zObCayCxLgVcl/1+h&#10;+gUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQASSJL3vwEAAM8DAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCKyyoY4QAAAAoBAAAPAAAAAAAAAAAA&#10;AAAAABkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAJwUAAAAA&#10;" strokecolor="#f68c36 [3049]">
+              <v:shape w14:anchorId="6E1538B0" id="Straight Arrow Connector 3" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:447.35pt;margin-top:17.35pt;width:32.25pt;height:71.4pt;z-index:251700232;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQASSJL3vwEAAM8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v1DAQvSPxHyzf2WQr2mWjzfawBS4I&#10;Kgo/wHXGiSXHtsbDJvn32E6aRYCQWnGZ+GPezJvnl8Pt2Bt2Bgza2ZpvNyVnYKVrtG1r/v3bhzfv&#10;OAskbCOMs1DzCQK/Pb5+dRh8BVeuc6YBZLGIDdXga94R+aooguygF2HjPNh4qRz2guIW26JBMcTq&#10;vSmuyvKmGBw2Hp2EEOLp3XzJj7m+UiDpi1IBiJmaR26UI+b4mGJxPIiqReE7LRca4gUseqFtbLqW&#10;uhMk2A/Uf5TqtUQXnKKNdH3hlNIS8gxxmm352zQPnfCQZ4niBL/KFP5fWfn5fLL3GGUYfKiCv8c0&#10;xaiwT9/Ij41ZrGkVC0ZiMh6+LffXu2vOZLzal7tyv0tiFhewx0AfwfUsLWoeCIVuOzo5a+OzONxm&#10;wcT5U6AZ+ARInY1NkYQ2723DaPLRO4Ra2NbA0ielFBfWeUWTgRn+FRTTTeQ5t8mGgpNBdhbRCkJK&#10;sHSzVorZCaa0MSuwzPz+CVzyExSy2Z4DXhG5s7O0gnttHf6tO43bhbKa858UmOdOEjy6ZsrvmaWJ&#10;rslvsjg82fLXfYZf/sPjTwAAAP//AwBQSwMEFAAGAAgAAAAhAIrLKhjhAAAACgEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj1FLwzAQx98Fv0M4wTeXuq12rU2HKIIigm6D+Zg2sSk2l5KkW/XTe3vSp+O4&#10;H//7/cv1ZHt20D50DgVczxJgGhunOmwF7LaPVytgIUpUsneoBXzrAOvq/KyUhXJHfNeHTWwZhWAo&#10;pAAT41BwHhqjrQwzN2ik26fzVkZafcuVl0cKtz2fJ8kNt7JD+mDkoO+Nbr42oxXg/M/rYj++LPnz&#10;sP+o7UP7lJo3IS4vprtbYFFP8Q+Gkz6pQ0VOtRtRBdYLWOXLjFABi9MkIE/zObCayCxLgVcl/1+h&#10;+gUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQASSJL3vwEAAM8DAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCKyyoY4QAAAAoBAAAPAAAAAAAAAAAA&#10;AAAAABkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAJwUAAAAA&#10;" strokecolor="#f68c36 [3049]">
                 <v:stroke endarrow="block"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="09493DF2" w14:textId="1A08F72D" w:rsidR="003E50D3" w:rsidRPr="0096681C" w:rsidRDefault="00101A2F" w:rsidP="00E53969">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="20319348" wp14:editId="0B8D6B87">
             <wp:extent cx="8863330" cy="1428750"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1454177296" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1454177296" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId54"/>
+                    <a:blip r:embed="rId55"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="8863330" cy="1428750"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="19C3D456" w14:textId="10B2DCCB" w:rsidR="00A756DF" w:rsidRPr="00AB6A85" w:rsidRDefault="00A756DF" w:rsidP="00A756DF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -15384,51 +16475,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="268FC7B5" wp14:editId="4BFE00D7">
             <wp:extent cx="8863330" cy="2139315"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1407847325" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1407847325" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId55"/>
+                    <a:blip r:embed="rId56"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="8863330" cy="2139315"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="21119B26" w14:textId="77777777" w:rsidR="009B0D83" w:rsidRPr="0096681C" w:rsidRDefault="009B0D83" w:rsidP="00E53969">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -15671,51 +16762,51 @@
       </w:pPr>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="13048958" wp14:editId="3015C1C6">
             <wp:extent cx="5142865" cy="1781175"/>
             <wp:effectExtent l="0" t="0" r="635" b="9525"/>
             <wp:docPr id="677379551" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="677379551" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId56"/>
+                    <a:blip r:embed="rId57"/>
                     <a:srcRect t="9755" b="7321"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5154610" cy="1785243"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
@@ -15938,51 +17029,51 @@
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3736D184" wp14:editId="4D108041">
             <wp:extent cx="4010025" cy="2690088"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1382155297" name="Picture 1" descr="A screenshot of a spreadsheet&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1382155297" name="Picture 1" descr="A screenshot of a spreadsheet&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId57"/>
+                    <a:blip r:embed="rId58"/>
                     <a:srcRect b="21061"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4035057" cy="2706880"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
@@ -16077,117 +17168,98 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpi">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251715592" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7CE30722" wp14:editId="520E7D58">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1009967</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>247333</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1415880" cy="447480"/>
                 <wp:effectExtent l="38100" t="38100" r="51435" b="48260"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1304722198" name="Ink 12"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                    <w14:contentPart bwMode="auto" r:id="rId58">
+                    <w14:contentPart bwMode="auto" r:id="rId59">
                       <w14:nvContentPartPr>
                         <w14:cNvContentPartPr/>
                       </w14:nvContentPartPr>
                       <w14:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1415880" cy="447480"/>
                       </w14:xfrm>
                     </w14:contentPart>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="6DC99B19" id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
-[...19 lines deleted...]
-                <v:imagedata r:id="rId59" o:title=""/>
+              <v:shape w14:anchorId="5EC5166C" id="Ink 12" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:79pt;margin-top:19pt;width:112.5pt;height:36.25pt;z-index:251715592;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAEfphvB0AQAACgMAAA4AAABkcnMvZTJvRG9jLnhtbJxSyU7DMBC9I/EP&#10;lu80SZWWKGrSAxVSDywH+ADj2I1F7InGTtP+PZMutAUhpF6isZ/y5i2ezTe2YWuF3oAreDKKOVNO&#10;QmXcquDvb493GWc+CFeJBpwq+FZ5Pi9vb2Z9m6sx1NBUChmROJ/3bcHrENo8iryslRV+BK1yBGpA&#10;KwIdcRVVKHpit000juNp1ANWLYJU3tPtYg/ycsevtZLhRWuvAmsKPk3GJC8cB6Rhkk04+xiGacyj&#10;cibyFYq2NvIgSVyhyArjSMA31UIEwTo0v6iskQgedBhJsBFobaTa+SFnSfzD2dJ9Dq6SVHaYS3BB&#10;ufAqMByz2wHXrLANJdA/QUXtiC4APzBSPP+XsRe9ANlZ0rNvBFUjAj0HX5vWc4a5qQqOyyo56Xfr&#10;h5ODVzz5er4EqJHoYPmvXzYa7RA2KWGbglPB2+G761JtApN0maTJJMsIkoSl6X1K8xn1nuK46Cxb&#10;2n7R4vl5UHb2hMsvAAAA//8DAFBLAwQUAAYACAAAACEAujoUOdoCAACfCAAAEAAAAGRycy9pbmsv&#10;aW5rMS54bWy0VU1v2zAMvQ/YfxDUQy9xLMlOkwZNe2qBARswtB2wHV1HTYz6I7CVJv33o0hZkdtk&#10;h2G7RBT5+PhISc7Vzb4q2atuu6KpF1yOBWe6zptlUa8W/MfjXTTjrDNZvczKptYL/qY7fnP9+dNV&#10;Ub9U5Rx+GTDUnbWqcsHXxmzmcbzb7ca7ZNy0q1gJkcRf6pdvX/m1y1rq56IuDJTselfe1EbvjSWb&#10;F8sFz81eeDxwPzTbNtc+bD1tfkCYNsv1XdNWmfGM66yudcnqrALdPzkzbxswCqiz0i1nVQENR2os&#10;02k6u70ER7Zf8GC/BYkdKKl4fJzz13/gvPvIaWUlanox5cxJWupXqynGmc9P9/69bTa6NYU+jJmG&#10;4gJvLKc9zocG1equKbf2bDh7zcotjEwKAdfC1ZbxkYF85IPZ/FM+mMtJvlDccDSuvXAObmj+SvVH&#10;a4pKw0WvNv6OmQ6IrfvBtPgclFCTSMwiMXmUci4u5kk6vpxNg6Nwt7jnfGq33drzPbWH+4oRPzXq&#10;bFcszdoPXYxFMvFTD2d+LHeti9Xa/GVy3pQNPAh32me3U6lUGnSFBf11O/J48QYy1/y9fl7wM3y/&#10;DDPJgd0nl4liF0oylU6EHJ1H6lyl52IE75BLLkZRGkkGi2LCLikt73YEGcaSYd5g59IdZIj0MTBG&#10;NssuQ4i0asBJMUnUDqko5lj6GEKE0+Dwoa/HIaNACqgLRf5sU01KJnayVcBNHudHTpIY5lIn1BYp&#10;p4YJk6Ae8odRwoR+OqsQQzadDKlyNioZ2KhZMag5GuKtZ8AzyA3w6E+Qoccfcp0qjIaY3g/rCNDw&#10;G0bhXqLH+iXmEkahn3J7v60lXHVrk588PQbPFHPBQrzlP2XbkUAYlgO328CZfPQRzh6XzSKNQw5/&#10;aVFDj6SOe2QyiDkyB3GLr4CFUpTyjsxB6CghZtWeeL4kt2exMgZ/ZP47A1/o698AAAD//wMAUEsD&#10;BBQABgAIAAAAIQBTUmVm3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTE9BTsMwELwj8QdrkbhE&#10;1ClRUBTiVICIBNxaeMA2NnEgXkexm6a/Z3uip53RjGZnqs3iBjGbKfSeFKxXKQhDrdc9dQq+Ppu7&#10;AkSISBoHT0bByQTY1NdXFZbaH2lr5l3sBIdQKFGBjXEspQytNQ7Dyo+GWPv2k8PIdOqknvDI4W6Q&#10;92n6IB32xB8sjubFmvZ3d3AK5o85SQjz2D43b6fXn2T7njZWqdub5ekRRDRL/DfDuT5Xh5o77f2B&#10;dBAD87zgLVFBdr5syIqMwZ6VdZqDrCt5OaH+AwAA//8DAFBLAwQUAAYACAAAACEAeRi8nb8AAAAh&#10;AQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEz7FqxDAMBuC90Hcw2hslHcpR4mQ5DrKW&#10;FG41jpKYxLKxnNJ7+3rswcENGoTQ90tt/+t39UNJXGANTVWDIrZhcrxo+B4vbydQkg1PZg9MGm4k&#10;0HevL+0X7SaXJVldFFUUFg1rzvETUexK3kgVInGZzCF5k0ubFozGbmYhfK/rD0z/DejuTDVMGtIw&#10;NaDGWyzJz+0wz87SOdjDE+cHEWgPycFf/V5QkxbKGhxvWKqpyqGAXYt3j3V/AAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAPQEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAEfphvB0AQAACgMAAA4AAAAAAAAAAAAAAAAAPAIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhALo6FDnaAgAAnwgAABAAAAAAAAAAAAAAAAAA3AMAAGRycy9p&#10;bmsvaW5rMS54bWxQSwECLQAUAAYACAAAACEAU1JlZtwAAAAKAQAADwAAAAAAAAAAAAAAAADkBgAA&#10;ZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAHkYvJ2/AAAAIQEAABkAAAAAAAAAAAAAAAAA&#10;7QcAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB4AQAA4wgAAAAA&#10;">
+                <v:imagedata r:id="rId60" o:title=""/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="007F1009" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="11AC2BD0" wp14:editId="0DC2FA48">
             <wp:extent cx="4582164" cy="857370"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="146054446" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="146054446" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId60"/>
+                    <a:blip r:embed="rId61"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4582164" cy="857370"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="1599AD20" w14:textId="77777777" w:rsidR="00366775" w:rsidRPr="0096681C" w:rsidRDefault="00366775" w:rsidP="002406E9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -16488,453 +17560,453 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpi">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251697160" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="628E5889" wp14:editId="1498A4A5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2778510</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1317290</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="271440" cy="277200"/>
                 <wp:effectExtent l="57150" t="76200" r="52705" b="85090"/>
                 <wp:wrapNone/>
                 <wp:docPr id="638710505" name="Ink 65"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                    <w14:contentPart bwMode="auto" r:id="rId61">
+                    <w14:contentPart bwMode="auto" r:id="rId62">
                       <w14:nvContentPartPr>
                         <w14:cNvContentPartPr/>
                       </w14:nvContentPartPr>
                       <w14:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="271440" cy="277200"/>
                       </w14:xfrm>
                     </w14:contentPart>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4F801AE2" id="Ink 65" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:217.4pt;margin-top:100.85pt;width:24.2pt;height:27.5pt;z-index:251697160;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAMY5l3V7AQAADQMAAA4AAABkcnMvZTJvRG9jLnhtbJxSyW7CMBC9V+o/&#10;WL6XLAUCEYFDUSUOXQ7tB7iOTazGnmhsCPx9JywFWlWVuESZefHLWzyZbWzN1gq9AVfwpBdzppyE&#10;0rhlwd/fHu9GnPkgXClqcKrgW+X5bHp7M2mbXKVQQV0qZETifN42Ba9CaPIo8rJSVvgeNMoRqAGt&#10;CDTiMipRtMRu6yiN42HUApYNglTe03a+B/l0x6+1kuFFa68Cq0ldNuyTvlDw+2Ec0xvSbpSOB5x9&#10;0G4wHsU8mk5EvkTRVEYeZIkrVFlhHIn4ppqLINgKzS8qaySCBx16EmwEWhupdp7IXRL/cLdwn52z&#10;pC9XmEtwQbnwKjAc89sB1/zC1hRB+wQlNSRWAfiBkQL6v5C96DnIlSU9+1ZQ1SLQlfCVaTwFnZuy&#10;4Lgok5N+t344OXjFk6/nS4AaiQ6W/zqy0Wi7sEkJ2xScmt12z12XahOYpGWaJf2ufUlQmmV0dzr8&#10;yLxnOE5n0dInFyWez93xs1s8/QIAAP//AwBQSwMEFAAGAAgAAAAhAFAQMzLbAgAAHwcAABAAAABk&#10;cnMvaW5rL2luazEueG1spFRRb5swEH6ftP9guQ99sYNtIJCoaR+mRZq0adXaSdsjJW6CCiYyzpL+&#10;+52NMXTLqk17AOzz3ffdd3fm6ubU1OiH1F3VqhXmM4aRVGW7qdR2hb/er2mOUWcKtSnqVskVfpYd&#10;vrl+++aqUk9NvYQ3AgTV2VVTr/DOmP0yio7H4+wYz1q9jQRjcfRBPX36iK991EY+VqoyQNkNprJV&#10;Rp6MBVtWmxUuzYkFf8C+aw+6lOHYWnQ5ehhdlHLd6qYwAXFXKCVrpIoG8v6GkXnew6ICnq3UGDUV&#10;CKZixpMsyd8vwFCcVniyP0CKHWTS4Og85vf/xIxczZZ/zv1Wt3upTSXHMvWi/MEzKvu909cL1bJr&#10;64OtLUY/ivoAkjlj0FYvh0dnBP2OB9r+Dc+L8QlNM/cnoYlDMU3VSBitZh+6ajrI05rvjHYDKJhI&#10;KcuoWNzzdJkuliyb8QW3DRn4+rkZMB/0odsFvAc9Tog7CTp7bcdqY3ahTGzGQ5WmNToXuZPVdmcm&#10;oeKvQ8u2bmH8fG8u1uv1O2hPGLFzbKbahwAtS7iO21q+HqKLzkj9eYxriu7pVqrXo6qtarW8hRnq&#10;DloGzmnBXX6h/Gdushtn5O/zF/m4whfuMiMX2RtcY+ZJjHg8J5fpJSOYY0YoR4xwxGFBuV9MLQyO&#10;GBj6h5McpeDKaEoY+EO0IDbQwThf2AxfMFpITzKgeCLRM45WlFkUiz7i+dAefTC7HeUpEsANzrnj&#10;6HVYVIZEDp8ELQSJBeVxNqQI2Qwggx6rwq4dqMUIG7vw7uDi3H79eu/Els++rFev19HkYBKMilC8&#10;ntSR2ZJxlJB5oLQML+P9bkwRoIYULSzlcxoTnqHYpt9T93RWqD3PaUZEhjgkauEd16QIVl5osHcY&#10;CEJBgqAXU8LogtCYxjGJATWjGTQuQfmcxC5JEO6y53AMa05TqxokEyoEmifDv8RNbhht+F9d/wQA&#10;AP//AwBQSwMEFAAGAAgAAAAhAPAzgyzgAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAM&#10;hu9IvENkJC4TS9eWbeqaTtUEElc2JK5Z67UVidM16VZ4esyJHW3/+vz9+XayRlxw8J0jBYt5BAKp&#10;cnVHjYKPw+vTGoQPmmptHKGCb/SwLe7vcp3V7krveNmHRjCEfKYVtCH0mZS+atFqP3c9Et9ObrA6&#10;8Dg0sh70leHWyDiKltLqjvhDq3vctVh97UfLlJdk9unL2c+5HA+jf2vMDs9GqceHqdyACDiF/zD8&#10;6bM6FOx0dCPVXhgFaZKyelAQR4sVCE6k6yQGceTN83IFssjlbYfiFwAA//8DAFBLAwQUAAYACAAA&#10;ACEAeRi8nb8AAAAhAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEz7FqxDAMBuC90Hcw&#10;2hslHcpR4mQ5DrKWFG41jpKYxLKxnNJ7+3rswcENGoTQ90tt/+t39UNJXGANTVWDIrZhcrxo+B4v&#10;bydQkg1PZg9MGm4k0HevL+0X7SaXJVldFFUUFg1rzvETUexK3kgVInGZzCF5k0ubFozGbmYhfK/r&#10;D0z/DejuTDVMGtIwNaDGWyzJz+0wz87SOdjDE+cHEWgPycFf/V5QkxbKGhxvWKqpyqGAXYt3j3V/&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;PQEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMY5l3V7AQAADQMAAA4AAAAAAAAAAAAAAAAA&#10;PAIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFAQMzLbAgAAHwcAABAAAAAAAAAAAAAA&#10;AAAA4wMAAGRycy9pbmsvaW5rMS54bWxQSwECLQAUAAYACAAAACEA8DODLOAAAAALAQAADwAAAAAA&#10;AAAAAAAAAADsBgAAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAHkYvJ2/AAAAIQEAABkA&#10;AAAAAAAAAAAAAAAA+QcAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB4AQAA&#10;7wgAAAAA&#10;">
-                <v:imagedata r:id="rId68" o:title=""/>
+              <v:shape w14:anchorId="6512C420" id="Ink 65" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:217.4pt;margin-top:100.85pt;width:24.2pt;height:27.5pt;z-index:251697160;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAAEVJc17AQAADQMAAA4AAABkcnMvZTJvRG9jLnhtbJxSyW7CMBC9V+o/&#10;WL6XLITSRgQORZU4dDm0H+A6NrEae6KxIfD3nQQo0KqqxCWS58XPb5nJbGNrtlboDbiCJ4OYM+Uk&#10;lMYtC/7+9nhzx5kPwpWiBqcKvlWez6bXV5O2yVUKFdSlQkYkzudtU/AqhCaPIi8rZYUfQKMcgRrQ&#10;ikBHXEYlipbYbR2lcXwbtYBlgyCV9zSd70A+7fm1VjK8aO1VYDWpu4vTjLNQ8OHofjTkDGk2vh+R&#10;xI9+Nsx4NJ2IfImiqYzcyxIXqLLCOBLxTTUXQbAVml9U1kgEDzoMJNgItDZS9Z7IXRL/cLdwn52z&#10;JJMrzCW4oFx4FRgO+fXAJU/YmiJon6CkhsQqAN8zUkD/F7ITPQe5sqRn1wqqWgRaCV+ZxlPQuSkL&#10;josyOep364ejg1c8+no+B6iRaG/5rysbjbYLm5SwTcFpB7fdt+9SbQKTNEzHSZYRIglKx2PanQ4/&#10;MO8YDqeTaOmXsxJPz931ky2efgEAAP//AwBQSwMEFAAGAAgAAAAhAFAQMzLbAgAAHwcAABAAAABk&#10;cnMvaW5rL2luazEueG1spFRRb5swEH6ftP9guQ99sYNtIJCoaR+mRZq0adXaSdsjJW6CCiYyzpL+&#10;+52NMXTLqk17AOzz3ffdd3fm6ubU1OiH1F3VqhXmM4aRVGW7qdR2hb/er2mOUWcKtSnqVskVfpYd&#10;vrl+++aqUk9NvYQ3AgTV2VVTr/DOmP0yio7H4+wYz1q9jQRjcfRBPX36iK991EY+VqoyQNkNprJV&#10;Rp6MBVtWmxUuzYkFf8C+aw+6lOHYWnQ5ehhdlHLd6qYwAXFXKCVrpIoG8v6GkXnew6ICnq3UGDUV&#10;CKZixpMsyd8vwFCcVniyP0CKHWTS4Og85vf/xIxczZZ/zv1Wt3upTSXHMvWi/MEzKvu909cL1bJr&#10;64OtLUY/ivoAkjlj0FYvh0dnBP2OB9r+Dc+L8QlNM/cnoYlDMU3VSBitZh+6ajrI05rvjHYDKJhI&#10;KcuoWNzzdJkuliyb8QW3DRn4+rkZMB/0odsFvAc9Tog7CTp7bcdqY3ahTGzGQ5WmNToXuZPVdmcm&#10;oeKvQ8u2bmH8fG8u1uv1O2hPGLFzbKbahwAtS7iO21q+HqKLzkj9eYxriu7pVqrXo6qtarW8hRnq&#10;DloGzmnBXX6h/Gdushtn5O/zF/m4whfuMiMX2RtcY+ZJjHg8J5fpJSOYY0YoR4xwxGFBuV9MLQyO&#10;GBj6h5McpeDKaEoY+EO0IDbQwThf2AxfMFpITzKgeCLRM45WlFkUiz7i+dAefTC7HeUpEsANzrnj&#10;6HVYVIZEDp8ELQSJBeVxNqQI2Qwggx6rwq4dqMUIG7vw7uDi3H79eu/Els++rFev19HkYBKMilC8&#10;ntSR2ZJxlJB5oLQML+P9bkwRoIYULSzlcxoTnqHYpt9T93RWqD3PaUZEhjgkauEd16QIVl5osHcY&#10;CEJBgqAXU8LogtCYxjGJATWjGTQuQfmcxC5JEO6y53AMa05TqxokEyoEmifDv8RNbhht+F9d/wQA&#10;AP//AwBQSwMEFAAGAAgAAAAhAEirzI3iAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQ&#10;he+C/2EZwYvYTdLYlphNUUEKUhSr4nWanSbB3dmQ3bTx37ue9DhvHu99r1xP1ogjDb5zrCCdJSCI&#10;a6c7bhS8vz1er0D4gKzROCYF3+RhXZ2flVhod+JXOu5CI2II+wIVtCH0hZS+bsmin7meOP4ObrAY&#10;4jk0Ug94iuHWyCxJFtJix7GhxZ4eWqq/dqNV8LQ9+NS8TM6h/Lgat8+b+3bzqdTlxXR3CyLQFP7M&#10;8Isf0aGKTHs3svbCKMjneUQPCrIkXYKIjnw1z0Dso3KzWIKsSvl/Q/UDAAD//wMAUEsDBBQABgAI&#10;AAAAIQB5GLydvwAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4TPsWrEMAwG4L3Q&#10;dzDaGyUdylHiZDkOspYUbjWOkpjEsrGc0nv7euzBwQ0ahND3S23/63f1Q0lcYA1NVYMitmFyvGj4&#10;Hi9vJ1CSDU9mD0wabiTQd68v7RftJpclWV0UVRQWDWvO8RNR7EreSBUicZnMIXmTS5sWjMZuZiF8&#10;r+sPTP8N6O5MNUwa0jA1oMZbLMnP7TDPztI52MMT5wcRaA/JwV/9XlCTFsoaHG9YqqnKoYBdi3eP&#10;dX8AAAD//wMAUEsBAi0AFAAGAAgAAAAhAJszJzcMAQAALQIAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAA9AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAARUlzXsBAAANAwAADgAAAAAAAAAAAAAA&#10;AAA8AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAUBAzMtsCAAAfBwAAEAAAAAAAAAAA&#10;AAAAAADjAwAAZHJzL2luay9pbmsxLnhtbFBLAQItABQABgAIAAAAIQBIq8yN4gAAAAsBAAAPAAAA&#10;AAAAAAAAAAAAAOwGAABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAeRi8nb8AAAAhAQAA&#10;GQAAAAAAAAAAAAAAAAD7BwAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYAAAAABgAGAHgB&#10;AADxCAAAAAA=&#10;">
+                <v:imagedata r:id="rId63" o:title=""/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpi">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251696136" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D37B30E" wp14:editId="6F2E9B17">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3008190</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1309010</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="73440" cy="233640"/>
                 <wp:effectExtent l="57150" t="76200" r="60325" b="90805"/>
                 <wp:wrapNone/>
                 <wp:docPr id="719599416" name="Ink 64"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                    <w14:contentPart bwMode="auto" r:id="rId69">
+                    <w14:contentPart bwMode="auto" r:id="rId64">
                       <w14:nvContentPartPr>
                         <w14:cNvContentPartPr/>
                       </w14:nvContentPartPr>
                       <w14:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="73440" cy="233640"/>
                       </w14:xfrm>
                     </w14:contentPart>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="16967712" id="Ink 64" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:235.45pt;margin-top:100.2pt;width:8.65pt;height:24.1pt;z-index:251696136;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAC/LguF5AQAADAMAAA4AAABkcnMvZTJvRG9jLnhtbJxSyW7CMBC9V+o/&#10;WL6XJIRNEYFDUSUObTm0H+A6NrEae6KxIfD3nbCU0KqqxMWyZ+Q3b5npfGcrtlXoDbicJ72YM+Uk&#10;FMatc/7+9vQw4cwH4QpRgVM53yvP57P7u2lTZ6oPJVSFQkYgzmdNnfMyhDqLIi9LZYXvQa0cNTWg&#10;FYGeuI4KFA2h2yrqx/EoagCLGkEq76m6ODb57ICvtZLhVWuvAquI3Xg0IH4h5+kojumGVJsMkiFn&#10;H22tnw55NJuKbI2iLo080RI3sLLCOCLxDbUQQbANml9Q1kgEDzr0JNgItDZSHTSRuiT+oW7pPltl&#10;yUBuMJPggnJhJTCc/Ts0bhlhK7KgeYaCEhKbAPyESAb9H8iR9ALkxhKfYyqoKhFoJXxpak9GZ6bI&#10;OS6L5MLfbR8vClZ40fVy3aBEopPkv77sNNrWbGLCdjmnZPftechS7QKTVByngzZ8SZ1+mraL0AE+&#10;ApzHdJyl2VcZdt8tr84Sz74AAAD//wMAUEsDBBQABgAIAAAAIQDs8m+uVAIAALcFAAAQAAAAZHJz&#10;L2luay9pbmsxLnhtbKRTUW+bMBB+n7T/YLkPfcHBdiAJqKQP0yJN2tRo7aTtkRI3sQImMqZJ//3O&#10;BhykpdGmPRjsO39333d3vrs/VSV6FbqRtcowm1CMhCrqjVTbDP94WpEFRo3J1SYvayUy/CYafL/8&#10;+OFOqn1VpvBFEEE1dleVGd4Zc0jD8Hg8To7TSa23Iad0Gn5R+29f8bJHbcSLVNJAymYwFbUy4mRs&#10;sFRuMlyYE/X3IfZj3epCeLe16OJ8w+i8EKtaV7nxEXe5UqJEKq+A90+MzNsBNhLybIXGqJIgmPAJ&#10;i+bR4nMChvyU4dG5BYoNMKlweDnmr/+MGbqape9zX+v6ILSR4lymTlTveENFd3b6OqFaNHXZ2tpi&#10;9JqXLUhmlEJbezksvCDoz3ig7d/i9WJ6QmPmvcc3cSimkZWA0aoOvqumAZ7W/Gi0G0BOeUzonPDk&#10;icVpnKSUT/iC2oYM+bq5GWI+67bZ+XjP+jwhzuN1dtqOcmN2vkx0wnyVxjW6hNwJud2ZEZT/NbSo&#10;yxrGr+/NzWq1+gTt8SN2KZuRBw/QooDnuC3FdYjOGyP0wxlX5c1+LdR1lNyqWos1zFDTauFzslHB&#10;HT9f/gsv2Y0z6t/zd/GS4Rv3mJFDdgbXGLZIEA1u2S0LMMWEBRTBGv7gIgwOzBrhYJc3EAYnu97Z&#10;2MvePaCv/X2cLg3ALRmSoIgHjJIogkwU8UWXkLA5mkKGmEwjR5BbKomzMRjWgHCOonnA5iSaASRG&#10;MQv4jMwSp88yc1oty0HvSGqE2BQc8TDjrqK+5PCOlr8BAAD//wMAUEsDBBQABgAIAAAAIQD01Hx+&#10;3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjcWLqpGqU0nSYQXNE+hMQt&#10;aUxb0ThVk3Ydvx7vxI62H73v42Izu05MOITWk4LlIgGBVHnbUq3geHh7yECEqMnqzhMqOGOATXl7&#10;U+jc+hPtcNrHWnAIhVwraGLscylD1aDTYeF7JL59+8HpyONQSzvoE4e7Tq6SZC2dbokbGt3jS4PV&#10;z350Cuxx+T6aKZnM2cy/nx/m8IXbV6Xu7+btM4iIc/yH4aLP6lCyk/Ej2SA6Belj8sSoAq5JQTCR&#10;ZtkKhOFNmq1BloW8/qH8AwAA//8DAFBLAwQUAAYACAAAACEAeRi8nb8AAAAhAQAAGQAAAGRycy9f&#10;cmVscy9lMm9Eb2MueG1sLnJlbHOEz7FqxDAMBuC90Hcw2hslHcpR4mQ5DrKWFG41jpKYxLKxnNJ7&#10;+3rswcENGoTQ90tt/+t39UNJXGANTVWDIrZhcrxo+B4vbydQkg1PZg9MGm4k0HevL+0X7SaXJVld&#10;FFUUFg1rzvETUexK3kgVInGZzCF5k0ubFozGbmYhfK/rD0z/DejuTDVMGtIwNaDGWyzJz+0wz87S&#10;OdjDE+cHEWgPycFf/V5QkxbKGhxvWKqpyqGAXYt3j3V/AAAA//8DAFBLAQItABQABgAIAAAAIQCb&#10;Myc3DAEAAC0CAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAPQEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAC/LguF5AQAADAMAAA4AAAAAAAAAAAAAAAAAPAIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAOzyb65UAgAAtwUAABAAAAAAAAAAAAAAAAAA4QMAAGRycy9pbmsvaW5rMS54bWxQ&#10;SwECLQAUAAYACAAAACEA9NR8ft8AAAALAQAADwAAAAAAAAAAAAAAAABjBgAAZHJzL2Rvd25yZXYu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAHkYvJ2/AAAAIQEAABkAAAAAAAAAAAAAAAAAbwcAAGRycy9fcmVs&#10;cy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB4AQAAZQgAAAAA&#10;">
-                <v:imagedata r:id="rId70" o:title=""/>
+              <v:shape w14:anchorId="1FFA7427" id="Ink 64" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:235.45pt;margin-top:100.2pt;width:8.65pt;height:24.1pt;z-index:251696136;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAIySNP16AQAADAMAAA4AAABkcnMvZTJvRG9jLnhtbJxSXU/CMBR9N/E/&#10;NH2XbTAQFgYPEhMeVB70B9SuZY1r73JbGPx77/iQoTEmviztPdm556PT+c5WbKvQG3A5T3oxZ8pJ&#10;KIxb5/zt9fFuzJkPwhWiAqdyvleez2e3N9OmzlQfSqgKhYxInM+aOudlCHUWRV6Wygrfg1o5AjWg&#10;FYGuuI4KFA2x2yrqx/EoagCLGkEq72m6OIJ8duDXWsnworVXgVWkbhyPJ5yFnA+Gk3TIGbazJO1z&#10;9k6zEeE8mk1FtkZRl0aeZIl/qLLCOBLxRbUQQbANmh9U1kgEDzr0JNgItDZSHTyRuyT+5m7pPlpn&#10;SSo3mElwQbmwEhjO+R2A/6ywFUXQPEFBDYlNAH5ipID+LuQoegFyY0nPsRVUlQj0JHxpak9BZ6bI&#10;OS6L5KLfbR8uDlZ48fV8DVAj0cnyb7/sNNo2bFLCdjmnN7hvv4cu1S4wScP7QZoSIAnpDwYjOneI&#10;jwTnNZ1kafdVh917q6vziGefAAAA//8DAFBLAwQUAAYACAAAACEA7PJvrlQCAAC3BQAAEAAAAGRy&#10;cy9pbmsvaW5rMS54bWykU1FvmzAQfp+0/2C5D33BwXYgCaikD9MiTdrUaO2k7ZESN7ECJjKmSf/9&#10;zgYcpKXRpj0Y7Dt/d993d767P1UlehW6kbXKMJtQjIQq6o1U2wz/eFqRBUaNydUmL2slMvwmGny/&#10;/PjhTqp9VabwRRBBNXZXlRneGXNIw/B4PE6O00mttyGndBp+UftvX/GyR23Ei1TSQMpmMBW1MuJk&#10;bLBUbjJcmBP19yH2Y93qQni3tejifMPovBCrWle58RF3uVKiRCqvgPdPjMzbATYS8myFxqiSIJjw&#10;CYvm0eJzAob8lOHRuQWKDTCpcHg55q//jBm6mqXvc1/r+iC0keJcpk5U73hDRXd2+jqhWjR12dra&#10;YvSaly1IZpRCW3s5LLwg6M94oO3f4vViekJj5r3HN3EoppGVgNGqDr6rpgGe1vxotBtATnlM6Jzw&#10;5InFaZyklE/4gtqGDPm6uRliPuu22fl4z/o8Ic7jdXbajnJjdr5MdMJ8lcY1uoTcCbndmRGU/zW0&#10;qMsaxq/vzc1qtfoE7fEjdimbkQcP0KKA57gtxXWIzhsj9MMZV+XNfi3UdZTcqlqLNcxQ02rhc7JR&#10;wR0/X/4LL9mNM+rf83fxkuEb95iRQ3YG1xi2SBANbtktCzDFhAUUwRr+4CIMDswa4WCXNxAGJ7ve&#10;2djL3j2gr/19nC4NwC0ZkqCIB4ySKIJMFPFFl5CwOZpChphMI0eQWyqJszEY1oBwjqJ5wOYkmgEk&#10;RjEL+IzMEqfPMnNaLctB70hqhNgUHPEw466ivuTwjpa/AQAA//8DAFBLAwQUAAYACAAAACEAMfMb&#10;KN8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbixllK3tmk4I2GmnDTSu&#10;aes1FYlTNdlW3h5zGkfbn/7/c7menBVnHEPvScHjLAGB1Pi2p07B58fmIQMRoqZWW0+o4AcDrKvb&#10;m1IXrb/QDs/72AkOoVBoBSbGoZAyNAadDjM/IPHt6EenI49jJ9tRXzjcWTlPkoV0uiduMHrAV4PN&#10;9/7kFNilPbz14X27ew6Hr3r7lJtNzJW6v5teViAiTvEKw58+q0PFTrU/URuEVZAuk5xRBVyTgmAi&#10;zbI5iJo3abYAWZXy/w/VLwAAAP//AwBQSwMEFAAGAAgAAAAhAHkYvJ2/AAAAIQEAABkAAABkcnMv&#10;X3JlbHMvZTJvRG9jLnhtbC5yZWxzhM+xasQwDAbgvdB3MNobJR3KUeJkOQ6ylhRuNY6SmMSysZzS&#10;e/t67MHBDRqE0PdLbf/rd/VDSVxgDU1VgyK2YXK8aPgeL28nUJINT2YPTBpuJNB3ry/tF+0mlyVZ&#10;XRRVFBYNa87xE1HsSt5IFSJxmcwheZNLmxaMxm5mIXyv6w9M/w3o7kw1TBrSMDWgxlssyc/tMM/O&#10;0jnYwxPnBxFoD8nBX/1eUJMWyhocb1iqqcqhgF2Ld491fwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;mzMnNwwBAAAtAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAD0BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQCMkjT9egEAAAwDAAAOAAAAAAAAAAAAAAAAADwCAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQDs8m+uVAIAALcFAAAQAAAAAAAAAAAAAAAAAOIDAABkcnMvaW5rL2luazEueG1s&#10;UEsBAi0AFAAGAAgAAAAhADHzGyjfAAAACwEAAA8AAAAAAAAAAAAAAAAAZAYAAGRycy9kb3ducmV2&#10;LnhtbFBLAQItABQABgAIAAAAIQB5GLydvwAAACEBAAAZAAAAAAAAAAAAAAAAAHAHAABkcnMvX3Jl&#10;bHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAGAAYAeAEAAGYIAAAAAA==&#10;">
+                <v:imagedata r:id="rId65" o:title=""/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpi">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251695112" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6801702A" wp14:editId="7A7E40FF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2828910</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1309010</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="247680" cy="28800"/>
                 <wp:effectExtent l="57150" t="76200" r="57150" b="85725"/>
                 <wp:wrapNone/>
                 <wp:docPr id="510907136" name="Ink 63"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                    <w14:contentPart bwMode="auto" r:id="rId71">
+                    <w14:contentPart bwMode="auto" r:id="rId66">
                       <w14:nvContentPartPr>
                         <w14:cNvContentPartPr/>
                       </w14:nvContentPartPr>
                       <w14:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="247680" cy="28800"/>
                       </w14:xfrm>
                     </w14:contentPart>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="38DB3DE5" id="Ink 63" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:221.35pt;margin-top:100.2pt;width:22.3pt;height:7.9pt;z-index:251695112;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhABhLxVJ5AQAADAMAAA4AAABkcnMvZTJvRG9jLnhtbJxSy27CMBC8V+o/&#10;WL6XJBRCFBE4FFXi0Meh/QDXsYnV2ButDYG/7yZAgVZVJS5WdseezOzsdL61Ndso9AZcwZNBzJly&#10;EkrjVgV/f3u8yzjzQbhS1OBUwXfK8/ns9mbaNrkaQgV1qZARifN52xS8CqHJo8jLSlnhB9AoR6AG&#10;tCJQiauoRNESu62jYRynUQtYNghSeU/dxR7ks55fayXDi9ZeBVaTuiyOSV8o+H3afyH1JumEeh/U&#10;G2fpmEezqchXKJrKyIMscYUqK4wjEd9UCxEEW6P5RWWNRPCgw0CCjUBrI1Xvidwl8Q93S/fZOUtG&#10;co25BBeUC68Cw3F+PXDNL2xNI2ifoKSExDoAPzDSgP4PZC96AXJtSc8+FVS1CLQSvjKN5wxzUxYc&#10;l2Vy0u82DycHr3jy9XwJUCLRwfJfT7YabTdsUsK2Bac8d93ZZ6m2gUlqDkeTNCNEEjTMaBM6+Ei8&#10;JzhWZ5OlKxcZntfd87Mlnn0BAAD//wMAUEsDBBQABgAIAAAAIQD7kbz4AwIAADUFAAAQAAAAZHJz&#10;L2luay9pbmsxLnhtbLRUTW+cMBC9V+p/sJzDXrpg2BAWFDaHqkiVWmXVpFJ7JDABa8FGttmPf9+B&#10;Zb1E2UQ9tBdkxn5vxm/e+PZu39RkC0pzKRLqOYwSELksuCgT+vMxnS8p0SYTRVZLAQk9gKZ3q48f&#10;brnYNHWMX4IMQverpk5oZUwbu+5ut3N2C0eq0vUZW7hfxeb7N7oaUQU8c8ENptSnUC6Fgb3pyWJe&#10;JDQ3e2bPI/eD7FQOdruPqPx8wqgsh1SqJjOWscqEgJqIrMG6f1FiDi0uOOYpQVHScLzw3He86/B6&#10;+SXCQLZP6OS/wxI1VtJQ9zLn7//Amb7m7Mta+OFNSMlYUgHbviZ30Dx+++5rJVtQhsNZ5qMo48aB&#10;5Mf/QZ+jUAq0rLu+N5Rss7pDyTzG0BZjbs+9IMhrPtTmn/KhLm/yTYt7Kc14vakOo2jWUqfWGt4A&#10;Gr1prceMRuI+/GDUMA4+84M5C+d+9OgFcRDFjDlhEExaMbr4xPmkOl1Zvid19uuwY1U73mzHC1NZ&#10;0ZnjWc2nil9CVsDLykyg/l9Dc1lLHIax01dpmn7GZlvDX8pmeGsBCnJ8HMoa3oeoTBtQ92dck+nN&#10;GsT7KF4KqWCNjtSdApvTmwg+1Gcn4cK7MgwHGfvyA54TejU8LWRAHgNDYxgJI8I+zW6W4WweRjP2&#10;YrxsCvTN6g8AAAD//wMAUEsDBBQABgAIAAAAIQDrYZxJ3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BToQwEIbvJr5DMybe3LJIFoKUjTF6MfGwqyYeu3SkBDoltCzs2zue9DgzX/7/m2q/ukGc&#10;cQqdJwXbTQICqfGmo1bBx/vLXQEiRE1GD55QwQUD7Ovrq0qXxi90wPMxtoJDKJRagY1xLKUMjUWn&#10;w8aPSHz79pPTkceplWbSC4e7QaZJspNOd8QNVo/4ZLHpj7NT0B2Kflk++wv2/WvM82cz2683pW5v&#10;1scHEBHX+AfDrz6rQ81OJz+TCWJQkGVpzqgCrslAMJEV+T2IE2+2uxRkXcn/P9Q/AAAA//8DAFBL&#10;AwQUAAYACAAAACEAeRi8nb8AAAAhAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEz7Fq&#10;xDAMBuC90Hcw2hslHcpR4mQ5DrKWFG41jpKYxLKxnNJ7+3rswcENGoTQ90tt/+t39UNJXGANTVWD&#10;IrZhcrxo+B4vbydQkg1PZg9MGm4k0HevL+0X7SaXJVldFFUUFg1rzvETUexK3kgVInGZzCF5k0ub&#10;FozGbmYhfK/rD0z/DejuTDVMGtIwNaDGWyzJz+0wz87SOdjDE+cHEWgPycFf/V5QkxbKGhxvWKqp&#10;yqGAXYt3j3V/AAAA//8DAFBLAQItABQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAAPQEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABhLxVJ5AQAADAMAAA4AAAAA&#10;AAAAAAAAAAAAPAIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPuRvPgDAgAANQUAABAA&#10;AAAAAAAAAAAAAAAA4QMAAGRycy9pbmsvaW5rMS54bWxQSwECLQAUAAYACAAAACEA62GcSd8AAAAL&#10;AQAADwAAAAAAAAAAAAAAAAASBgAAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAHkYvJ2/&#10;AAAAIQEAABkAAAAAAAAAAAAAAAAAHgcAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAA&#10;AAYABgB4AQAAFAgAAAAA&#10;">
-                <v:imagedata r:id="rId72" o:title=""/>
+              <v:shape w14:anchorId="3AA5B71C" id="Ink 63" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:221.35pt;margin-top:100.2pt;width:22.3pt;height:7.9pt;z-index:251695112;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhABhLxVJ5AQAADAMAAA4AAABkcnMvZTJvRG9jLnhtbJxSy27CMBC8V+o/&#10;WL6XJBRCFBE4FFXi0Meh/QDXsYnV2ButDYG/7yZAgVZVJS5WdseezOzsdL61Ndso9AZcwZNBzJly&#10;EkrjVgV/f3u8yzjzQbhS1OBUwXfK8/ns9mbaNrkaQgV1qZARifN52xS8CqHJo8jLSlnhB9AoR6AG&#10;tCJQiauoRNESu62jYRynUQtYNghSeU/dxR7ks55fayXDi9ZeBVaTuiyOSV8o+H3afyH1JumEeh/U&#10;G2fpmEezqchXKJrKyIMscYUqK4wjEd9UCxEEW6P5RWWNRPCgw0CCjUBrI1Xvidwl8Q93S/fZOUtG&#10;co25BBeUC68Cw3F+PXDNL2xNI2ifoKSExDoAPzDSgP4PZC96AXJtSc8+FVS1CLQSvjKN5wxzUxYc&#10;l2Vy0u82DycHr3jy9XwJUCLRwfJfT7YabTdsUsK2Bac8d93ZZ6m2gUlqDkeTNCNEEjTMaBM6+Ei8&#10;JzhWZ5OlKxcZntfd87Mlnn0BAAD//wMAUEsDBBQABgAIAAAAIQD7kbz4AwIAADUFAAAQAAAAZHJz&#10;L2luay9pbmsxLnhtbLRUTW+cMBC9V+p/sJzDXrpg2BAWFDaHqkiVWmXVpFJ7JDABa8FGttmPf9+B&#10;Zb1E2UQ9tBdkxn5vxm/e+PZu39RkC0pzKRLqOYwSELksuCgT+vMxnS8p0SYTRVZLAQk9gKZ3q48f&#10;brnYNHWMX4IMQverpk5oZUwbu+5ut3N2C0eq0vUZW7hfxeb7N7oaUQU8c8ENptSnUC6Fgb3pyWJe&#10;JDQ3e2bPI/eD7FQOdruPqPx8wqgsh1SqJjOWscqEgJqIrMG6f1FiDi0uOOYpQVHScLzw3He86/B6&#10;+SXCQLZP6OS/wxI1VtJQ9zLn7//Amb7m7Mta+OFNSMlYUgHbviZ30Dx+++5rJVtQhsNZ5qMo48aB&#10;5Mf/QZ+jUAq0rLu+N5Rss7pDyTzG0BZjbs+9IMhrPtTmn/KhLm/yTYt7Kc14vakOo2jWUqfWGt4A&#10;Gr1prceMRuI+/GDUMA4+84M5C+d+9OgFcRDFjDlhEExaMbr4xPmkOl1Zvid19uuwY1U73mzHC1NZ&#10;0ZnjWc2nil9CVsDLykyg/l9Dc1lLHIax01dpmn7GZlvDX8pmeGsBCnJ8HMoa3oeoTBtQ92dck+nN&#10;GsT7KF4KqWCNjtSdApvTmwg+1Gcn4cK7MgwHGfvyA54TejU8LWRAHgNDYxgJI8I+zW6W4WweRjP2&#10;YrxsCvTN6g8AAAD//wMAUEsDBBQABgAIAAAAIQDrYZxJ3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BToQwEIbvJr5DMybe3LJIFoKUjTF6MfGwqyYeu3SkBDoltCzs2zue9DgzX/7/m2q/ukGc&#10;cQqdJwXbTQICqfGmo1bBx/vLXQEiRE1GD55QwQUD7Ovrq0qXxi90wPMxtoJDKJRagY1xLKUMjUWn&#10;w8aPSHz79pPTkceplWbSC4e7QaZJspNOd8QNVo/4ZLHpj7NT0B2Kflk++wv2/WvM82cz2683pW5v&#10;1scHEBHX+AfDrz6rQ81OJz+TCWJQkGVpzqgCrslAMJEV+T2IE2+2uxRkXcn/P9Q/AAAA//8DAFBL&#10;AwQUAAYACAAAACEAeRi8nb8AAAAhAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEz7Fq&#10;xDAMBuC90Hcw2hslHcpR4mQ5DrKWFG41jpKYxLKxnNJ7+3rswcENGoTQ90tt/+t39UNJXGANTVWD&#10;IrZhcrxo+B4vbydQkg1PZg9MGm4k0HevL+0X7SaXJVldFFUUFg1rzvETUexK3kgVInGZzCF5k0ub&#10;FozGbmYhfK/rD0z/DejuTDVMGtIwNaDGWyzJz+0wz87SOdjDE+cHEWgPycFf/V5QkxbKGhxvWKqp&#10;yqGAXYt3j3V/AAAA//8DAFBLAQItABQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAAPQEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABhLxVJ5AQAADAMAAA4AAAAA&#10;AAAAAAAAAAAAPAIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPuRvPgDAgAANQUAABAA&#10;AAAAAAAAAAAAAAAA4QMAAGRycy9pbmsvaW5rMS54bWxQSwECLQAUAAYACAAAACEA62GcSd8AAAAL&#10;AQAADwAAAAAAAAAAAAAAAAASBgAAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAHkYvJ2/&#10;AAAAIQEAABkAAAAAAAAAAAAAAAAAHgcAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAA&#10;AAYABgB4AQAAFAgAAAAA&#10;">
+                <v:imagedata r:id="rId67" o:title=""/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpi">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251693064" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5DC84634" wp14:editId="4BEC5690">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2828910</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1404770</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="237600" cy="26280"/>
                 <wp:effectExtent l="57150" t="76200" r="67310" b="88265"/>
                 <wp:wrapNone/>
                 <wp:docPr id="302471988" name="Ink 61"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                    <w14:contentPart bwMode="auto" r:id="rId73">
+                    <w14:contentPart bwMode="auto" r:id="rId68">
                       <w14:nvContentPartPr>
                         <w14:cNvContentPartPr/>
                       </w14:nvContentPartPr>
                       <w14:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="237600" cy="26280"/>
                       </w14:xfrm>
                     </w14:contentPart>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3B029B31" id="Ink 61" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:221.35pt;margin-top:107.8pt;width:21.5pt;height:7.7pt;z-index:251693064;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAM+LU5Z5AQAADAMAAA4AAABkcnMvZTJvRG9jLnhtbJxSy27CMBC8V+o/&#10;RL6XhAABRQQORZU4tOXQfoDr2MRq7I3WDoG/7yaBAq2qSlwi744ynofny70pg51Ep8FmbDiIWCCt&#10;gFzbbcbe354eZixwntucl2Blxg7SseXi/m7eVKmMoYAylxgQiXVpU2Ws8L5Kw9CJQhruBlBJS6AC&#10;NNzTiNswR94QuynDOIqSsAHMKwQhnaPtqgfZouNXSgr/qpSTPihJ3SyKSJ/P2GiSjOmEtJtOJ3T6&#10;oF0SjycsXMx5ukVeFVocZfEbVBmuLYn4plpxz4Ma9S8qowWCA+UHAkwISmkhO0/kbhj9cLe2n62z&#10;4VjUmAqwXlq/4ehP+XXALVeYkiJoniGnhnjtgR0ZKaD/C+lFr0DUhvT0raAsuacn4QpdOQo61XnG&#10;cJ0Pz/rt7vHsYINnXy/XADUSHi3/9cteoWnDJiXBPmPU56H9dl3KvQ8ELePRNGnbFwTFSTzr4BNx&#10;T3CaLpKlu686vJxbXRePePEFAAD//wMAUEsDBBQABgAIAAAAIQAm1fVAOwIAAF0FAAAQAAAAZHJz&#10;L2luay9pbmsxLnhtbKRTUW+bMBB+n7T/YLkPfcFgkzBIVNKHaZEmbWq0dtL2SIkLVsCOjGmSf7/D&#10;GCfSsmrTJELwd3ff3Xd3vrs/tg165boTSuaYhRQjLku1FbLK8fenNckw6kwht0WjJM/xiXf4fvX+&#10;3Z2Qu7ZZwhsBg+yGr7bJcW3MfhlFh8MhPMxCpasopnQWfZa7r1/wykVt+YuQwkDKboJKJQ0/moFs&#10;KbY5Ls2Ren/gflS9Lrk3D4guzx5GFyVfK90WxjPWhZS8QbJooe4fGJnTHj4E5Km4xqgVIJjEIZun&#10;8+zTAoDimOOLcw8ldlBJi6PrnD//kzOyPVv+ufaNVnuujeDnNo2inOGEyvFs9Y1CNe9U0w+9xei1&#10;aHqQzCiFsTo5LLoi6Hc+0PZvfE6MK+iycmfxQ5yaaUTLYbXavZ+q6aDOAX402i5gTOOE0JTEiyeW&#10;LJMMnjBJ02EgU75xbybOZ913ted71ucNsRavc9R2EFtT+zbRkPkuXfboWmTNRVWbi9D4r0NL1ShY&#10;Pzebm/V6/RHG41fsWjYj9j5A8xKuY9Xwt0N00RmuH85xbdHtNly+HSUqqTTfwA51veY+J7touK3P&#10;t//KTbbrjNx9/sZfcnxjLzOykSNgB0NREge37JYFmDBMA4rGH4N/wggDgAXjAZABIMwjcBoOgIym&#10;wZd6FxfsAPBw1imFZQanOEXzgMQZmQfpYMtiwsA7tUTJDC1cfssH1ZE4YBn5EMzAA4qcZ4il0yZa&#10;3b4xsO2rXwAAAP//AwBQSwMEFAAGAAgAAAAhADx6ovjfAAAACwEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj0FuwjAQRfeVegdrkLordkygEOKgqoisW+AAJnaTKPE4ig2kPX2nq3Y5f57+vMl3k+vZzY6h&#10;9aggmQtgFitvWqwVnE+H5zWwEDUa3Xu0Cr5sgF3x+JDrzPg7ftjbMdaMSjBkWkET45BxHqrGOh3m&#10;frBIu08/Oh1pHGtuRn2nctdzKcSKO90iXWj0YN8aW3XHq1Pwfhat3OxPcl8eyoX8Lruy2XRKPc2m&#10;1y2waKf4B8OvPqlDQU4Xf0UTWK8gTeULoQpkslwBIyJdLym5ULJIBPAi5/9/KH4AAAD//wMAUEsD&#10;BBQABgAIAAAAIQB5GLydvwAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4TPsWrE&#10;MAwG4L3QdzDaGyUdylHiZDkOspYUbjWOkpjEsrGc0nv7euzBwQ0ahND3S23/63f1Q0lcYA1NVYMi&#10;tmFyvGj4Hi9vJ1CSDU9mD0wabiTQd68v7RftJpclWV0UVRQWDWvO8RNR7EreSBUicZnMIXmTS5sW&#10;jMZuZiF8r+sPTP8N6O5MNUwa0jA1oMZbLMnP7TDPztI52MMT5wcRaA/JwV/9XlCTFsoaHG9YqqnK&#10;oYBdi3ePdX8AAAD//wMAUEsBAi0AFAAGAAgAAAAhAJszJzcMAQAALQIAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAA9AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAz4tTlnkBAAAMAwAADgAAAAAA&#10;AAAAAAAAAAA8AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAJtX1QDsCAABdBQAAEAAA&#10;AAAAAAAAAAAAAADhAwAAZHJzL2luay9pbmsxLnhtbFBLAQItABQABgAIAAAAIQA8eqL43wAAAAsB&#10;AAAPAAAAAAAAAAAAAAAAAEoGAABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAeRi8nb8A&#10;AAAhAQAAGQAAAAAAAAAAAAAAAABWBwAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYAAAAA&#10;BgAGAHgBAABMCAAAAAA=&#10;">
-                <v:imagedata r:id="rId74" o:title=""/>
+              <v:shape w14:anchorId="4E8435AE" id="Ink 61" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:221.35pt;margin-top:107.75pt;width:21.5pt;height:7.7pt;z-index:251693064;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAD64m755AQAADAMAAA4AAABkcnMvZTJvRG9jLnhtbJxSy04CMRTdm/gP&#10;TfcyD+ThhIGFxISFykI/oHZapnHaO7ktDPy9dwYQ0BgTNk3uPenpeXQy29qKbRR6Ay7nSS/mTDkJ&#10;hXGrnL+/Pd2NOfNBuEJU4FTOd8rz2fT2ZtLUmUqhhKpQyIjE+aypc16GUGdR5GWprPA9qJUjUANa&#10;EWjEVVSgaIjdVlEax8OoASxqBKm8p+18D/Jpx6+1kuFVa68Cq0jd6GHU5yzkvD+MY1KK7W6U0u6D&#10;doPxeMCj6URkKxR1aeRBlrhClRXGkYhvqrkIgq3R/KKyRiJ40KEnwUagtZGq80TukviHu4X7bJ0l&#10;93KNmQQXlAtLgeGYXwdc84StKILmGQpqSKwD8AMjBfR/IXvRc5BrS3r2raCqRKAv4UtTewo6M0XO&#10;cVEkJ/1u83hysMSTr5dLgBqJDpb/urLVaNuwSQnb5pya3bVn16XaBiZpmfZHVDpnkqB0mI47+Ei8&#10;JzhOZ8nS2xcdns+trrNPPP0CAAD//wMAUEsDBBQABgAIAAAAIQAm1fVAOwIAAF0FAAAQAAAAZHJz&#10;L2luay9pbmsxLnhtbKRTUW+bMBB+n7T/YLkPfcFgkzBIVNKHaZEmbWq0dtL2SIkLVsCOjGmSf7/D&#10;GCfSsmrTJELwd3ff3Xd3vrs/tg165boTSuaYhRQjLku1FbLK8fenNckw6kwht0WjJM/xiXf4fvX+&#10;3Z2Qu7ZZwhsBg+yGr7bJcW3MfhlFh8MhPMxCpasopnQWfZa7r1/wykVt+YuQwkDKboJKJQ0/moFs&#10;KbY5Ls2Ren/gflS9Lrk3D4guzx5GFyVfK90WxjPWhZS8QbJooe4fGJnTHj4E5Km4xqgVIJjEIZun&#10;8+zTAoDimOOLcw8ldlBJi6PrnD//kzOyPVv+ufaNVnuujeDnNo2inOGEyvFs9Y1CNe9U0w+9xei1&#10;aHqQzCiFsTo5LLoi6Hc+0PZvfE6MK+iycmfxQ5yaaUTLYbXavZ+q6aDOAX402i5gTOOE0JTEiyeW&#10;LJMMnjBJ02EgU75xbybOZ913ted71ucNsRavc9R2EFtT+zbRkPkuXfboWmTNRVWbi9D4r0NL1ShY&#10;Pzebm/V6/RHG41fsWjYj9j5A8xKuY9Xwt0N00RmuH85xbdHtNly+HSUqqTTfwA51veY+J7touK3P&#10;t//KTbbrjNx9/sZfcnxjLzOykSNgB0NREge37JYFmDBMA4rGH4N/wggDgAXjAZABIMwjcBoOgIym&#10;wZd6FxfsAPBw1imFZQanOEXzgMQZmQfpYMtiwsA7tUTJDC1cfssH1ZE4YBn5EMzAA4qcZ4il0yZa&#10;3b4xsO2rXwAAAP//AwBQSwMEFAAGAAgAAAAhAKM1RdbiAAAACwEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FKw0AQhu+C77CM4M1uGhOtMZtSCxahILUW1Ns2OybB7GzY3bbx7R1Pepx/Pv75ppyPthdH&#10;9KFzpGA6SUAg1c501CjYvT5ezUCEqMno3hEq+MYA8+r8rNSFcSd6weM2NoJLKBRaQRvjUEgZ6hat&#10;DhM3IPHu03mrI4++kcbrE5fbXqZJciOt7ogvtHrAZYv11/ZgFSz9YtwMndmsH1b9qnnePb192Hel&#10;Li/GxT2IiGP8g+FXn9WhYqe9O5AJoleQZektowrSaZ6DYCKb5ZzsOblO7kBWpfz/Q/UDAAD//wMA&#10;UEsDBBQABgAIAAAAIQB5GLydvwAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4TP&#10;sWrEMAwG4L3QdzDaGyUdylHiZDkOspYUbjWOkpjEsrGc0nv7euzBwQ0ahND3S23/63f1Q0lcYA1N&#10;VYMitmFyvGj4Hi9vJ1CSDU9mD0wabiTQd68v7RftJpclWV0UVRQWDWvO8RNR7EreSBUicZnMIXmT&#10;S5sWjMZuZiF8r+sPTP8N6O5MNUwa0jA1oMZbLMnP7TDPztI52MMT5wcRaA/JwV/9XlCTFsoaHG9Y&#10;qqnKoYBdi3ePdX8AAAD//wMAUEsBAi0AFAAGAAgAAAAhAJszJzcMAQAALQIAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAA9AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAPribvnkBAAAMAwAADgAA&#10;AAAAAAAAAAAAAAA8AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAJtX1QDsCAABdBQAA&#10;EAAAAAAAAAAAAAAAAADhAwAAZHJzL2luay9pbmsxLnhtbFBLAQItABQABgAIAAAAIQCjNUXW4gAA&#10;AAsBAAAPAAAAAAAAAAAAAAAAAEoGAABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAeRi8&#10;nb8AAAAhAQAAGQAAAAAAAAAAAAAAAABZBwAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYA&#10;AAAABgAGAHgBAABPCAAAAAA=&#10;">
+                <v:imagedata r:id="rId69" o:title=""/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpi">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251692040" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="21497879" wp14:editId="52672E4F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2809830</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1499810</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="247680" cy="10800"/>
                 <wp:effectExtent l="57150" t="76200" r="57150" b="84455"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1996475554" name="Ink 60"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                    <w14:contentPart bwMode="auto" r:id="rId75">
+                    <w14:contentPart bwMode="auto" r:id="rId70">
                       <w14:nvContentPartPr>
                         <w14:cNvContentPartPr/>
                       </w14:nvContentPartPr>
                       <w14:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="247680" cy="10800"/>
                       </w14:xfrm>
                     </w14:contentPart>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3E5C8EDC" id="Ink 60" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:219.85pt;margin-top:115.25pt;width:22.3pt;height:6.5pt;z-index:251692040;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAKgvKmV5AQAADAMAAA4AAABkcnMvZTJvRG9jLnhtbJxSy27CMBC8V+o/&#10;RL6XJBACiggciipxaMuh/QDXsYnV2ButHQJ/3w2BAq2qSlwie0eZnYdni52pgq1Ep8HmLB5ELJBW&#10;QKHtJmfvb08PUxY4z23BK7AyZ3vp2GJ+fzdr60wOoYSqkBgQiXVZW+es9L7OwtCJUhruBlBLS6AC&#10;NNzTFTdhgbwldlOFwyhKwxawqBGEdI6myx5k8wO/UlL4V6Wc9EFF6iZpQvp8zkZpFNEJaTaNRnT6&#10;oNk4TcYsnM94tkFel1ocZfEbVBmuLYn4plpyz4MG9S8qowWCA+UHAkwISmkhD57IXRz9cLeyn52z&#10;OBENZgKsl9avOfpTfgfglhWmogjaZyioId54YEdGCuj/QnrRSxCNIT19Kygr7ulJuFLXjoLOdJEz&#10;XBXxWb/dPp4drPHs6+UaoEbCo+W/ftkpNF3YpCTY5Yz63HffQ5dy5wNBw2EySaeECILiaEr1XxD3&#10;BKc1F8nS7qsOL++drotHPP8CAAD//wMAUEsDBBQABgAIAAAAIQDIzs36+QEAALkEAAAQAAAAZHJz&#10;L2luay9pbmsxLnhtbKRTy27bMBC8F+g/EMwhF0si6aiWhcg5FDVQoEWMJgHSoyJvJMISaZBUbP99&#10;Vw/TBuoGLXoRpKVmdmd2eHu3b2ryBsZKrTLKQ0YJqEKvpSoz+vS4DBJKrMvVOq+1gowewNK7xccP&#10;t1JtmjrFJ0EGZbu3ps5o5dw2jaLdbhfupqE2ZSQYm0Zf1eb7N7oYUWt4lUo6bGmPpUIrB3vXkaVy&#10;ndHC7Zn/H7kfdGsK8MddxRSnP5zJC1hq0+TOM1a5UlATlTc49zMl7rDFF4l9SjCUNBIFByLkN7Ob&#10;5MscC/k+o2ffLY5ocZKGRpc5f/4nZ9R7lv559pXRWzBOwsmmQdR4cCDF8N3rG4QasLpuO28pecvr&#10;FiVzxnCtoxweXRD0Ox9q+ze+Ucw40Pnk44lf4tFMJxvAaDVbv1Vncc6u/OBMH0DBRBywWSDmjzxO&#10;4ySNP4VJknQLOfYbcnPkfDGtrTzfizklpD/xOgdtO7l2lbeJhdy7dO7RJWQFsqzcGVT8NbTQtcb4&#10;jbu5Wi6Xn3E9PmKXujm59QADBV7Hsob3ISa3Dsz9CdfkdrMC9T5KlkobWGGGbGvA9+Rnhvfzefsv&#10;3OQ+zmS8zz/gNaNX/WUmPXIo9IvhRMwm13w2vRYTypM5DeJJIKY8EGwScM6IYMct95y+KSZp8QsA&#10;AP//AwBQSwMEFAAGAAgAAAAhAHz3iLrhAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAM&#10;hu9IvENkJC6IpSwZK6XpxCZxRtvQpN2yxrRVG6dqsrXw9ITTONr+9Pv789VkO3bBwTeOFDzNEmBI&#10;pTMNVQo+9++PKTAfNBndOUIF3+hhVdze5DozbqQtXnahYjGEfKYV1CH0Gee+rNFqP3M9Urx9ucHq&#10;EMeh4mbQYwy3HZ8nyTO3uqH4odY9bmos293ZKhBy8zONS54eP7Bt1/uDX28fSqXu76a3V2ABp3CF&#10;4U8/qkMRnU7uTMazToEUL8uIKpiLZAEsEjKVAtgpbqRYAC9y/r9D8QsAAP//AwBQSwMEFAAGAAgA&#10;AAAhAHkYvJ2/AAAAIQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzhM+xasQwDAbgvdB3&#10;MNobJR3KUeJkOQ6ylhRuNY6SmMSysZzSe/t67MHBDRqE0PdLbf/rd/VDSVxgDU1VgyK2YXK8aPge&#10;L28nUJINT2YPTBpuJNB3ry/tF+0mlyVZXRRVFBYNa87xE1HsSt5IFSJxmcwheZNLmxaMxm5mIXyv&#10;6w9M/w3o7kw1TBrSMDWgxlssyc/tMM/O0jnYwxPnBxFoD8nBX/1eUJMWyhocb1iqqcqhgF2Ld491&#10;fwAAAP//AwBQSwECLQAUAAYACAAAACEAmzMnNwwBAAAtAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AD0BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCoLypleQEAAAwDAAAOAAAAAAAAAAAAAAAA&#10;ADwCAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDIzs36+QEAALkEAAAQAAAAAAAAAAAA&#10;AAAAAOEDAABkcnMvaW5rL2luazEueG1sUEsBAi0AFAAGAAgAAAAhAHz3iLrhAAAACwEAAA8AAAAA&#10;AAAAAAAAAAAACAYAAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQB5GLydvwAAACEBAAAZ&#10;AAAAAAAAAAAAAAAAABYHAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAGAAYAeAEA&#10;AAwIAAAAAA==&#10;">
-                <v:imagedata r:id="rId76" o:title=""/>
+              <v:shape w14:anchorId="3A032BC3" id="Ink 60" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:219.85pt;margin-top:115.25pt;width:22.3pt;height:6.5pt;z-index:251692040;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAEKy99F5AQAADAMAAA4AAABkcnMvZTJvRG9jLnhtbJxSy27CMBC8V+o/&#10;WL6XJBQCikg4FFXi0Meh/QDXsYnV2ButDYG/7yZAgVZVJS5WdseezOzsbL61Ndso9AZczpNBzJly&#10;EkrjVjl/f3u8m3Lmg3ClqMGpnO+U5/Pi9mbWNpkaQgV1qZARifNZ2+S8CqHJosjLSlnhB9AoR6AG&#10;tCJQiauoRNESu62jYRynUQtYNghSeU/dxR7kRc+vtZLhRWuvAqtJ3TSOSV/I+X3afyH1JumEeh/U&#10;G6ejMY+KmchWKJrKyIMscYUqK4wjEd9UCxEEW6P5RWWNRPCgw0CCjUBrI1Xvidwl8Q93S/fZOUtG&#10;co2ZBBeUC68Cw3F+PXDNL2xNI2ifoKSExDoAPzDSgP4PZC96AXJtSc8+FVS1CLQSvjKN5wwzU+Yc&#10;l2Vy0u82DycHr3jy9XwJUCLRwfJfT7YabTdsUsK2Oac8d93ZZ6m2gUlqDkeTdEqIJCiJaRM6+Ei8&#10;JzhWZ5OlKxcZntfd87MlLr4AAAD//wMAUEsDBBQABgAIAAAAIQDIzs36+QEAALkEAAAQAAAAZHJz&#10;L2luay9pbmsxLnhtbKRTy27bMBC8F+g/EMwhF0si6aiWhcg5FDVQoEWMJgHSoyJvJMISaZBUbP99&#10;Vw/TBuoGLXoRpKVmdmd2eHu3b2ryBsZKrTLKQ0YJqEKvpSoz+vS4DBJKrMvVOq+1gowewNK7xccP&#10;t1JtmjrFJ0EGZbu3ps5o5dw2jaLdbhfupqE2ZSQYm0Zf1eb7N7oYUWt4lUo6bGmPpUIrB3vXkaVy&#10;ndHC7Zn/H7kfdGsK8MddxRSnP5zJC1hq0+TOM1a5UlATlTc49zMl7rDFF4l9SjCUNBIFByLkN7Ob&#10;5MscC/k+o2ffLY5ocZKGRpc5f/4nZ9R7lv559pXRWzBOwsmmQdR4cCDF8N3rG4QasLpuO28pecvr&#10;FiVzxnCtoxweXRD0Ox9q+ze+Ucw40Pnk44lf4tFMJxvAaDVbv1Vncc6u/OBMH0DBRBywWSDmjzxO&#10;4ySNP4VJknQLOfYbcnPkfDGtrTzfizklpD/xOgdtO7l2lbeJhdy7dO7RJWQFsqzcGVT8NbTQtcb4&#10;jbu5Wi6Xn3E9PmKXujm59QADBV7Hsob3ISa3Dsz9CdfkdrMC9T5KlkobWGGGbGvA9+Rnhvfzefsv&#10;3OQ+zmS8zz/gNaNX/WUmPXIo9IvhRMwm13w2vRYTypM5DeJJIKY8EGwScM6IYMct95y+KSZp8QsA&#10;AP//AwBQSwMEFAAGAAgAAAAhAHK1UVDgAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj01PhDAQ&#10;hu8m/odmTLwYt7gURaRsjB/JegQ/zoVWINJpQ7sL/nvHkx5n5sk7z1vuVjuxo5nD6FDC1SYBZrBz&#10;esRewtvr82UOLESFWk0OjYRvE2BXnZ6UqtBuwdocm9gzCsFQKAlDjL7gPHSDsSpsnDdIt083WxVp&#10;nHuuZ7VQuJ34NkmuuVUj0odBefMwmO6rOVgJT/usfsmWi8e69eLjvfO5bXiQ8vxsvb8DFs0a/2D4&#10;1Sd1qMipdQfUgU0SRHp7Q6iEbZpkwIgQuUiBtbQRaQa8Kvn/DtUPAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAeRi8nb8AAAAhAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEz7FqxDAMBuC90Hcw&#10;2hslHcpR4mQ5DrKWFG41jpKYxLKxnNJ7+3rswcENGoTQ90tt/+t39UNJXGANTVWDIrZhcrxo+B4v&#10;bydQkg1PZg9MGm4k0HevL+0X7SaXJVldFFUUFg1rzvETUexK3kgVInGZzCF5k0ubFozGbmYhfK/r&#10;D0z/DejuTDVMGtIwNaDGWyzJz+0wz87SOdjDE+cHEWgPycFf/V5QkxbKGhxvWKqpyqGAXYt3j3V/&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;PQEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEKy99F5AQAADAMAAA4AAAAAAAAAAAAAAAAA&#10;PAIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMjOzfr5AQAAuQQAABAAAAAAAAAAAAAA&#10;AAAA4QMAAGRycy9pbmsvaW5rMS54bWxQSwECLQAUAAYACAAAACEAcrVRUOAAAAALAQAADwAAAAAA&#10;AAAAAAAAAAAIBgAAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAHkYvJ2/AAAAIQEAABkA&#10;AAAAAAAAAAAAAAAAFQcAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB4AQAA&#10;CwgAAAAA&#10;">
+                <v:imagedata r:id="rId71" o:title=""/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpi">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251691016" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E7165AD" wp14:editId="67D7E87D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2781390</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1541570</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="279000" cy="6120"/>
                 <wp:effectExtent l="57150" t="76200" r="64135" b="89535"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1293594444" name="Ink 59"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                    <w14:contentPart bwMode="auto" r:id="rId77">
+                    <w14:contentPart bwMode="auto" r:id="rId72">
                       <w14:nvContentPartPr>
                         <w14:cNvContentPartPr/>
                       </w14:nvContentPartPr>
                       <w14:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="279000" cy="6120"/>
                       </w14:xfrm>
                     </w14:contentPart>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="67E1E2A9" id="Ink 59" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:217.6pt;margin-top:118.55pt;width:24.75pt;height:6.15pt;z-index:251691016;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAKuis7N1AQAACwMAAA4AAABkcnMvZTJvRG9jLnhtbJxSyW7CMBC9V+o/&#10;WL6XLGVrROBQVIlDWw7tB7iOTazGnmhsCPx9hwQKtKoqcYky8+Tnt3gy29qKbRR6Ay7nSS/mTDkJ&#10;hXGrnL+/Pd2NOfNBuEJU4FTOd8rz2fT2ZtLUmUqhhKpQyIjE+aypc16GUGdR5GWprPA9qJUjUANa&#10;EWjEVVSgaIjdVlEax8OoASxqBKm8p+28A/m05ddayfCqtVeBVaRuHMekL+T8ftj+Ie1G49GAs492&#10;1x/waDoR2QpFXRp5kCWuUGWFcSTim2ougmBrNL+orJEIHnToSbARaG2kaj2RuyT+4W7hPvfOkr5c&#10;YybBBeXCUmA45tcC11xhK4qgeYaCGhLrAPzASAH9X0gneg5ybUlP1wqqSgR6Er40tecMM1PkHBdF&#10;ctLvNo8nB0s8+Xq5BKiR6GD5ryNbjXYfNilh25xTx7v9t+1SbQOTtExHD23nkqBhkrbokbc7f5zO&#10;gqWrLyo8n/eyzt7w9AsAAP//AwBQSwMEFAAGAAgAAAAhAMwpqxn9AQAAwQQAABAAAABkcnMvaW5r&#10;L2luazEueG1spFPLbtswELwX6D8QzCEXPUjZsmUhcg5FDRRoUaNJgPSoyBuJsEQaJBXbf9/Vw7SB&#10;ukGLXgRyVzu7Mzu8uz80NXkDbYSSGeUBowRkoTZClhl9elz5CSXG5nKT10pCRo9g6P3y44c7IbdN&#10;neKXIII03ampM1pZu0vDcL/fB/tJoHQZRoxNwi9y++0rXY5VG3gVUlhsaU6hQkkLB9uBpWKT0cIe&#10;mPsfsR9Uqwtw6S6ii/MfVucFrJRucusQq1xKqInMG5z7mRJ73OFBYJ8SNCWNQMJ+FPDpfJp8XmAg&#10;P2T04t7iiAYnaWh4HfPnf2KGvWbpn2dfa7UDbQWcZRpIjYkjKYZ7z28gqsGouu20peQtr1ukzBnD&#10;tY50eHiF0O94yO3f8EYy40CXk48Zt8STmFY0gNZqdm6r1uCcXfjB6t6AEYtin839aPHI4zRO0jgO&#10;+CTqFnLqN/jmhPmiW1M5vBd9dkifcTwHbnuxsZWTiQXcqXSp0bXKCkRZ2YvS6K9LC1UrtN+4m5vV&#10;avUJ1+Msdq2bFTtXoKHA51jW8H6Jzo0F/f1c1+Rmuwb5fpUopdKwRg+ZVoPryS8E7+dz8l95yb2d&#10;yfief8BrRm/6x0z6yiHQL4YRPvNuZ8nilnnUn80XlHnc557PCfMYHnjiT/GG19O2e2zXHB21/AUA&#10;AP//AwBQSwMEFAAGAAgAAAAhANuD6MHiAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAM&#10;hu9IvENkJC6IpesCHaXphECIHUCiA4lr2oS2onGqJOs6nh5zgqPtT7+/v9jMdmCT8aF3KGG5SIAZ&#10;bJzusZXw/vZ4uQYWokKtBodGwtEE2JSnJ4XKtTtgZaZdbBmFYMiVhC7GMec8NJ2xKizcaJBun85b&#10;FWn0LddeHSjcDjxNkmtuVY/0oVOjue9M87XbWwnV+PBRP7/4Y7V1rxdTFrD+jk9Snp/Nd7fAopnj&#10;Hwy/+qQOJTnVbo86sEGCWF2lhEpIV9kSGBFiLTJgNW3EjQBeFvx/h/IHAAD//wMAUEsDBBQABgAI&#10;AAAAIQB5GLydvwAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4TPsWrEMAwG4L3Q&#10;dzDaGyUdylHiZDkOspYUbjWOkpjEsrGc0nv7euzBwQ0ahND3S23/63f1Q0lcYA1NVYMitmFyvGj4&#10;Hi9vJ1CSDU9mD0wabiTQd68v7RftJpclWV0UVRQWDWvO8RNR7EreSBUicZnMIXmTS5sWjMZuZiF8&#10;r+sPTP8N6O5MNUwa0jA1oMZbLMnP7TDPztI52MMT5wcRaA/JwV/9XlCTFsoaHG9YqqnKoYBdi3eP&#10;dX8AAAD//wMAUEsBAi0AFAAGAAgAAAAhAJszJzcMAQAALQIAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAA9AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAq6Kzs3UBAAALAwAADgAAAAAAAAAAAAAA&#10;AAA8AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAzCmrGf0BAADBBAAAEAAAAAAAAAAA&#10;AAAAAADdAwAAZHJzL2luay9pbmsxLnhtbFBLAQItABQABgAIAAAAIQDbg+jB4gAAAAsBAAAPAAAA&#10;AAAAAAAAAAAAAAgGAABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAeRi8nb8AAAAhAQAA&#10;GQAAAAAAAAAAAAAAAAAXBwAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYAAAAABgAGAHgB&#10;AAANCAAAAAA=&#10;">
-                <v:imagedata r:id="rId78" o:title=""/>
+              <v:shape w14:anchorId="4AB62529" id="Ink 59" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:217.6pt;margin-top:118.55pt;width:24.75pt;height:6.15pt;z-index:251691016;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAIeJtad2AQAACwMAAA4AAABkcnMvZTJvRG9jLnhtbJxSyW7CMBC9V+o/&#10;WL6XLGWNCByKKnHocmg/wHVsYjX2RGND4O87CVCgVVWJi6WZJz+/xdP51lZso9AbcDlPejFnykko&#10;jFvl/P3t8W7MmQ/CFaICp3K+U57PZ7c306bOVAolVIVCRiTOZ02d8zKEOosiL0tlhe9BrRyBGtCK&#10;QCOuogJFQ+y2itI4HkYNYFEjSOU9bRd7kM86fq2VDC9aexVYRepGk9GIs5Dz+2Eck1Jsd+NBytlH&#10;t+sPeDSbimyFoi6NPMgSV6iywjgS8U21EEGwNZpfVNZIBA869CTYCLQ2UnWeyF0S/3C3dJ+ts6Qv&#10;15hJcEG58CowHPPrgGuesBVF0DxBQQ2JdQB+YKSA/i9kL3oBcm1Jz74VVJUI9CV8aWpPQWemyDku&#10;i+Sk320eTg5e8eTr+RKgRqKD5b+ubDXaNmxSwrY5p2Z37dl1qbaBSVqmo0nXuSRomKQdeuTd3z9O&#10;Z8HS0xcVns+trLM/PPsCAAD//wMAUEsDBBQABgAIAAAAIQDMKasZ/QEAAMEEAAAQAAAAZHJzL2lu&#10;ay9pbmsxLnhtbKRTy27bMBC8F+g/EMwhFz1I2bJlIXIORQ0UaFGjSYD0qMgbibBEGiQV23/f1cO0&#10;gbpBi14Eclc7uzM7vLs/NDV5A22EkhnlAaMEZKE2QpYZfXpc+QklxuZyk9dKQkaPYOj98uOHOyG3&#10;TZ3ilyCCNN2pqTNaWbtLw3C/3wf7SaB0GUaMTcIvcvvtK12OVRt4FVJYbGlOoUJJCwfbgaVik9HC&#10;Hpj7H7EfVKsLcOkuoovzH1bnBayUbnLrEKtcSqiJzBuc+5kSe9zhQWCfEjQljUDCfhTw6XyafF5g&#10;ID9k9OLe4ogGJ2loeB3z539ihr1m6Z9nX2u1A20FnGUaSI2JIymGe89vIKrBqLrttKXkLa9bpMwZ&#10;w7WOdHh4hdDveMjt3/BGMuNAl5OPGbfEk5hWNIDWanZuq9bgnF34weregBGLYp/N/WjxyOM0TtI4&#10;Dvgk6hZy6jf45oT5oltTObwXfXZIn3E8B257sbGVk4kF3Kl0qdG1ygpEWdmL0uivSwtVK7TfuJub&#10;1Wr1CdfjLHatmxU7V6ChwOdY1vB+ic6NBf39XNfkZrsG+X6VKKXSsEYPmVaD68kvBO/nc/Jfecm9&#10;ncn4nn/Aa0Zv+sdM+soh0C+GET7zbmfJ4pZ51J/NF5R53OeezwnzGB544k/xhtfTtnts1xwdtfwF&#10;AAD//wMAUEsDBBQABgAIAAAAIQCBAVUU4QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/PTsMw&#10;DIfvSLxDZCQuiKXtyv6UptMEmoR2gq0PkDamrWic0mRb4ekxJzja/vzz53wz2V6ccfSdIwXxLAKB&#10;VDvTUaOgPO7uVyB80GR07wgVfKGHTXF9levMuAu94fkQGsEh5DOtoA1hyKT0dYtW+5kbkHj27kar&#10;A5djI82oLxxue5lE0UJa3RFfaPWATy3WH4eTZQ00z9FL9LkoK7qz+9fv3bbsY6Vub6btI4iAU/iD&#10;4Vefd6Bgp8qdyHjRK0jnDwmjCpL5MgbBRLpKlyAq7qTrFGSRy/8/FD8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQB5GLydvwAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4TPsWrEMAwG4L3Q&#10;dzDaGyUdylHiZDkOspYUbjWOkpjEsrGc0nv7euzBwQ0ahND3S23/63f1Q0lcYA1NVYMitmFyvGj4&#10;Hi9vJ1CSDU9mD0wabiTQd68v7RftJpclWV0UVRQWDWvO8RNR7EreSBUicZnMIXmTS5sWjMZuZiF8&#10;r+sPTP8N6O5MNUwa0jA1oMZbLMnP7TDPztI52MMT5wcRaA/JwV/9XlCTFsoaHG9YqqnKoYBdi3eP&#10;dX8AAAD//wMAUEsBAi0AFAAGAAgAAAAhAJszJzcMAQAALQIAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAA9AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAh4m1p3YBAAALAwAADgAAAAAAAAAAAAAA&#10;AAA8AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAzCmrGf0BAADBBAAAEAAAAAAAAAAA&#10;AAAAAADeAwAAZHJzL2luay9pbmsxLnhtbFBLAQItABQABgAIAAAAIQCBAVUU4QAAAAsBAAAPAAAA&#10;AAAAAAAAAAAAAAkGAABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAeRi8nb8AAAAhAQAA&#10;GQAAAAAAAAAAAAAAAAAXBwAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYAAAAABgAGAHgB&#10;AAANCAAAAAA=&#10;">
+                <v:imagedata r:id="rId73" o:title=""/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpi">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251689992" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E55375E" wp14:editId="16BFA5A5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2847340</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1337310</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="19050" cy="238125"/>
                 <wp:effectExtent l="57150" t="76200" r="57150" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="740466522" name="Ink 58"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                    <w14:contentPart bwMode="auto" r:id="rId79">
+                    <w14:contentPart bwMode="auto" r:id="rId74">
                       <w14:nvContentPartPr>
                         <w14:cNvContentPartPr/>
                       </w14:nvContentPartPr>
                       <w14:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="19050" cy="238125"/>
                       </w14:xfrm>
                     </w14:contentPart>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="33D0DEBC" id="Ink 58" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:222.8pt;margin-top:102.45pt;width:4.3pt;height:24.4pt;z-index:251689992;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAEvc8sp6AQAADAMAAA4AAABkcnMvZTJvRG9jLnhtbJxSXU/CMBR9N/E/&#10;NH2XrUNAFgYPEhMe/HjQH1C7ljWuvcttcfDvvRsgqDEmviy596yn56OzxdbV7F1jsOALLgYpZ9or&#10;KK1fF/zl+e7qhrMQpS9lDV4XfKcDX8wvL2Ztk+sMKqhLjYxIfMjbpuBVjE2eJEFV2skwgEZ7Ag2g&#10;k5FGXCclypbYXZ1kaTpOWsCyQVA6BNou9yCf9/zGaBUfjQk6sprUTaaTjLNY8OFoOhGcYbcbC9q9&#10;druxSHkyn8l8jbKprDrIkv9Q5aT1JOKTaimjZBu0P6icVQgBTBwocAkYY5XuPZE7kX5zt/JvnTNx&#10;rTaYK/BR+/gkMR7z64H/XOFqiqC9h5IakpsI/MBIAf1dyF70EtTGkZ59K6hrGelJhMo2gYLObVlw&#10;XJXipN+/354cPOHJ18NXgBpJDpZ/O7I16LqwSQnbFpze4K779l3qbWSKlmKajghQhGTDG5GNOvhI&#10;vCc4TmfJ0i9fOjyfu+Nnj3j+AQAA//8DAFBLAwQUAAYACAAAACEAyeIyQwECAAAzBQAAEAAAAGRy&#10;cy9pbmsvaW5rMS54bWy0VE2PmzAQvVfqf7C8h1waMCTkAy3ZQ1WkSq026m6l9sjCLFgBG9kmJP++&#10;AyEOq82uemiFhPCY92b85o1v7w5VSfagNJciop7DKAGRyoyLPKI/H+PpihJtEpElpRQQ0SNoerf5&#10;+OGWi11VhvgmyCB091WVES2MqUPXbdvWaWeOVLnrMzZzv4rd9290M6AyeOaCG0ypz6FUCgMH05GF&#10;PItoag7M/o/cD7JRKdjtLqLSyx9GJSnEUlWJsYxFIgSURCQV1v2LEnOs8YNjnhwUJRXHA099x5sv&#10;56svawwkh4iO1g2WqLGSirrXOX//B874NWdX1sxfLpaUDCVlsO9qcnvNw7fPvlWyBmU4XGQ+iTJs&#10;HEl6Wvf6nIRSoGXZdL2hZJ+UDUrmMYa2GHJ77hVBXvOhNv+UD3V5k29c3EtphuONdRhEs5Y6t9bw&#10;CtDoVW09ZjQSd+EHo/px8JkfTNly6q8fvSAMVuF85QTeetSKwcVnzifV6MLyPamLX/sdq9rpZC3P&#10;TGFFZ45nNR8rfg1ZAM8LM4L6fw1NZSlxGIZO38Rx/BmbbQ1/LZvhtQUoSPFyyEt4H6ISbUDdX3BV&#10;ondbEO+jeC6kgi06UjcKbE5vJHhfn52EK/dKPxxk6MsPeI7oTX+1kB55CvSNYQSfT5PAnywW3oS9&#10;GC6bAF2z+QMAAP//AwBQSwMEFAAGAAgAAAAhAMt77NThAAAACwEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj01PwzAMhu9I/IfISNxYSkn3UZpOCAkJjQNah9g1a0xb0ThVk23l32NO42j70evnLdaT68UJ&#10;x9B50nA/S0Ag1d521Gj42L3cLUGEaMia3hNq+MEA6/L6qjC59Wfa4qmKjeAQCrnR0MY45FKGukVn&#10;wswPSHz78qMzkcexkXY0Zw53vUyTZC6d6Yg/tGbA5xbr7+roNLy9brHaVG7xaTbjzq9S2b3vpda3&#10;N9PTI4iIU7zA8KfP6lCy08EfyQbRa1AqmzOqIU3UCgQTKlMpiANvsocFyLKQ/zuUvwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHkYvJ2/AAAAIQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzhM+x&#10;asQwDAbgvdB3MNobJR3KUeJkOQ6ylhRuNY6SmMSysZzSe/t67MHBDRqE0PdLbf/rd/VDSVxgDU1V&#10;gyK2YXK8aPgeL28nUJINT2YPTBpuJNB3ry/tF+0mlyVZXRRVFBYNa87xE1HsSt5IFSJxmcwheZNL&#10;mxaMxm5mIXyv6w9M/w3o7kw1TBrSMDWgxlssyc/tMM/O0jnYwxPnBxFoD8nBX/1eUJMWyhocb1iq&#10;qcqhgF2Ld491fwAAAP//AwBQSwECLQAUAAYACAAAACEAmzMnNwwBAAAtAgAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAD0BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBL3PLKegEAAAwDAAAOAAAA&#10;AAAAAAAAAAAAADwCAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDJ4jJDAQIAADMFAAAQ&#10;AAAAAAAAAAAAAAAAAOIDAABkcnMvaW5rL2luazEueG1sUEsBAi0AFAAGAAgAAAAhAMt77NThAAAA&#10;CwEAAA8AAAAAAAAAAAAAAAAAEQYAAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQB5GLyd&#10;vwAAACEBAAAZAAAAAAAAAAAAAAAAAB8HAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAA&#10;AAAGAAYAeAEAABUIAAAAAA==&#10;">
-                <v:imagedata r:id="rId80" o:title=""/>
+              <v:shape w14:anchorId="41C6F6BE" id="Ink 58" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:222.8pt;margin-top:102.45pt;width:4.3pt;height:24.4pt;z-index:251689992;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAEvc8sp6AQAADAMAAA4AAABkcnMvZTJvRG9jLnhtbJxSXU/CMBR9N/E/&#10;NH2XrUNAFgYPEhMe/HjQH1C7ljWuvcttcfDvvRsgqDEmviy596yn56OzxdbV7F1jsOALLgYpZ9or&#10;KK1fF/zl+e7qhrMQpS9lDV4XfKcDX8wvL2Ztk+sMKqhLjYxIfMjbpuBVjE2eJEFV2skwgEZ7Ag2g&#10;k5FGXCclypbYXZ1kaTpOWsCyQVA6BNou9yCf9/zGaBUfjQk6sprUTaaTjLNY8OFoOhGcYbcbC9q9&#10;druxSHkyn8l8jbKprDrIkv9Q5aT1JOKTaimjZBu0P6icVQgBTBwocAkYY5XuPZE7kX5zt/JvnTNx&#10;rTaYK/BR+/gkMR7z64H/XOFqiqC9h5IakpsI/MBIAf1dyF70EtTGkZ59K6hrGelJhMo2gYLObVlw&#10;XJXipN+/354cPOHJ18NXgBpJDpZ/O7I16LqwSQnbFpze4K779l3qbWSKlmKajghQhGTDG5GNOvhI&#10;vCc4TmfJ0i9fOjyfu+Nnj3j+AQAA//8DAFBLAwQUAAYACAAAACEAyeIyQwECAAAzBQAAEAAAAGRy&#10;cy9pbmsvaW5rMS54bWy0VE2PmzAQvVfqf7C8h1waMCTkAy3ZQ1WkSq026m6l9sjCLFgBG9kmJP++&#10;AyEOq82uemiFhPCY92b85o1v7w5VSfagNJciop7DKAGRyoyLPKI/H+PpihJtEpElpRQQ0SNoerf5&#10;+OGWi11VhvgmyCB091WVES2MqUPXbdvWaWeOVLnrMzZzv4rd9290M6AyeOaCG0ypz6FUCgMH05GF&#10;PItoag7M/o/cD7JRKdjtLqLSyx9GJSnEUlWJsYxFIgSURCQV1v2LEnOs8YNjnhwUJRXHA099x5sv&#10;56svawwkh4iO1g2WqLGSirrXOX//B874NWdX1sxfLpaUDCVlsO9qcnvNw7fPvlWyBmU4XGQ+iTJs&#10;HEl6Wvf6nIRSoGXZdL2hZJ+UDUrmMYa2GHJ77hVBXvOhNv+UD3V5k29c3EtphuONdRhEs5Y6t9bw&#10;CtDoVW09ZjQSd+EHo/px8JkfTNly6q8fvSAMVuF85QTeetSKwcVnzifV6MLyPamLX/sdq9rpZC3P&#10;TGFFZ45nNR8rfg1ZAM8LM4L6fw1NZSlxGIZO38Rx/BmbbQ1/LZvhtQUoSPFyyEt4H6ISbUDdX3BV&#10;ondbEO+jeC6kgi06UjcKbE5vJHhfn52EK/dKPxxk6MsPeI7oTX+1kB55CvSNYQSfT5PAnywW3oS9&#10;GC6bAF2z+QMAAP//AwBQSwMEFAAGAAgAAAAhALTUkG3fAAAACwEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8tOxDAMRfdI/ENkJHZMSkmnUJqOEBJiwQLN4wMyiaetaJyqSWfK32NWsLR9dH1uvVn8IM44&#10;xT6QhvtVBgLJBtdTq+Gwf7t7BBGTIWeGQKjhGyNsmuur2lQuXGiL511qBYdQrIyGLqWxkjLaDr2J&#10;qzAi8e0UJm8Sj1Mr3WQuHO4HmWfZWnrTE3/ozIivHdqv3ew12D590sm857KcDzTH7Udhy1Lr25vl&#10;5RlEwiX9wfCrz+rQsNMxzOSiGDQoVawZ1ZBn6gkEE6pQOYgjb4qHEmRTy/8dmh8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQB5GLydvwAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4TPsWrE&#10;MAwG4L3QdzDaGyUdylHiZDkOspYUbjWOkpjEsrGc0nv7euzBwQ0ahND3S23/63f1Q0lcYA1NVYMi&#10;tmFyvGj4Hi9vJ1CSDU9mD0wabiTQd68v7RftJpclWV0UVRQWDWvO8RNR7EreSBUicZnMIXmTS5sW&#10;jMZuZiF8r+sPTP8N6O5MNUwa0jA1oMZbLMnP7TDPztI52MMT5wcRaA/JwV/9XlCTFsoaHG9YqqnK&#10;oYBdi3ePdX8AAAD//wMAUEsBAi0AFAAGAAgAAAAhAJszJzcMAQAALQIAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAA9AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAS9zyynoBAAAMAwAADgAAAAAA&#10;AAAAAAAAAAA8AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAyeIyQwECAAAzBQAAEAAA&#10;AAAAAAAAAAAAAADiAwAAZHJzL2luay9pbmsxLnhtbFBLAQItABQABgAIAAAAIQC01JBt3wAAAAsB&#10;AAAPAAAAAAAAAAAAAAAAABEGAABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAeRi8nb8A&#10;AAAhAQAAGQAAAAAAAAAAAAAAAAAdBwAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYAAAAA&#10;BgAGAHgBAAATCAAAAAA=&#10;">
+                <v:imagedata r:id="rId75" o:title=""/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpi">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251687944" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D095FEB" wp14:editId="7B7ADC78">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2867025</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1370330</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="110490" cy="33020"/>
                 <wp:effectExtent l="38100" t="114300" r="41910" b="100330"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1600423229" name="Ink 56"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                    <w14:contentPart bwMode="auto" r:id="rId81">
+                    <w14:contentPart bwMode="auto" r:id="rId76">
                       <w14:nvContentPartPr>
                         <w14:cNvContentPartPr/>
                       </w14:nvContentPartPr>
                       <w14:xfrm rot="-19091495">
                         <a:off x="0" y="0"/>
                         <a:ext cx="110490" cy="33020"/>
                       </w14:xfrm>
                     </w14:contentPart>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="361FAF65" id="Ink 56" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:224.4pt;margin-top:105.4pt;width:11.35pt;height:7.55pt;rotation:2739956fd;z-index:251687944;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAOykQXiEAQAAHAMAAA4AAABkcnMvZTJvRG9jLnhtbJxSy07DMBC8I/EP&#10;lu80cZMWGjXlQIXEAegBPsA4dmMRe6O1S8rfs0lbWkAIiYsl78jjeez8eusa9qYxWPAlF6OUM+0V&#10;VNavS/78dHtxxVmI0leyAa9L/q4Dv16cn827ttBjqKGpNDIi8aHo2pLXMbZFkgRVayfDCFrtCTSA&#10;Tka64jqpUHbE7ppknKbTpAOsWgSlQ6DpcgfyxcBvjFbx0ZigI2tI3aWYXHIWS56JPCdhSLPplcg5&#10;e+lnIst4spjLYo2yra3ay5L/UOWk9STik2opo2QbtD+onFUIAUwcKXAJGGOVHjyRO5F+c3fnX3tn&#10;IlcbLBT4qH1cSYyH/AbgP1+4hiLo7qGihuQmAt8zUkB/F7ITvQS1caRn1wrqRkZaiVDbNlDQha1K&#10;jneVOOr3bzdHBys8+nr4ClAjyd7yb0+2Bh1DoGIvxCydiXw2GcInZWxbctrJ9/4cutXbyBQNhUjz&#10;GSGKoCxLxwN8+KgnPH57kjQNv3R6eu8fnCz14gMAAP//AwBQSwMEFAAGAAgAAAAhAFBaJOIRAgAA&#10;SQUAABAAAABkcnMvaW5rL2luazEueG1stFRNj5swEL1X6n+wvIdcEjDkGy3ZQ1WkSq0adbdSe2Rh&#10;FqyAHdkmJP++w0ccVptd7WErJITHvDfjN298e3csC3IApbkUIfUcRgmIRKZcZCH9/RBNVpRoE4s0&#10;LqSAkJ5A07vN50+3XOzKIsA3QQahm6+yCGluzD5w3bqunXrqSJW5PmNT95vY/fhONz0qhScuuMGU&#10;+hxKpDBwNA1ZwNOQJubI7P/IfS8rlYDdbiIqufxhVJxAJFUZG8uYx0JAQURcYt1/KDGnPX5wzJOB&#10;oqTkeOCJ73iz5Wz1dY2B+BjSwbrCEjVWUlL3Ouff/8AZveRsypr6y8WSkr6kFA5NTW6refD62bdK&#10;7kEZDheZO1H6jRNJunWrTyeUAi2LqukNJYe4qFAyjzG0RZ/bc68I8pIPtflQPtTlVb5hcc+l6Y83&#10;1KEXzVrq3FrDS0Cjl3vrMaORuAnfG9WOg8/8+YQtJ/76wZsH81Uw85zF0h+0onfxmfNRVTq3fI/q&#10;4td2x6rWnazmqcmt6MzxrOZDxa8hc+BZbgZQ/93QRBYSh6Hv9E0URV+w2dbw17IZvrcABQleDlkB&#10;b0NUrA2onxdcGevdFsTbKJ4JqWCLjtSVApvTGwje1mcn4cq90g4H6fvyC55CetNeLaRFdoG2MYzg&#10;Mx5NpyOPzUZsTP35HK8H5lE2nizYmqxx/9nI2bTopc0/AAAA//8DAFBLAwQUAAYACAAAACEAPDZk&#10;+N8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvDQBCG74L/YRnBm91NSG2N2RQRChZBsIrn&#10;SXabBHdnQ3bbpv/e8aS3+Xh55plqM3snTnaKQyAN2UKBsNQGM1Cn4fNje7cGEROSQRfIarjYCJv6&#10;+qrC0oQzvdvTPnWCIRRL1NCnNJZSxra3HuMijJZ4dwiTx8Tt1Ekz4Znh3slcqXvpcSC+0ONon3vb&#10;fu+PXkO+iuje0vyqdvlXQ4c2Cy/dVuvbm/npEUSyc/oLw68+q0PNTk04konCaSiKNasnhmWKC04U&#10;q2wJouFJvnwAWVfy/w/1DwAAAP//AwBQSwMEFAAGAAgAAAAhAHkYvJ2/AAAAIQEAABkAAABkcnMv&#10;X3JlbHMvZTJvRG9jLnhtbC5yZWxzhM+xasQwDAbgvdB3MNobJR3KUeJkOQ6ylhRuNY6SmMSysZzS&#10;e/t67MHBDRqE0PdLbf/rd/VDSVxgDU1VgyK2YXK8aPgeL28nUJINT2YPTBpuJNB3ry/tF+0mlyVZ&#10;XRRVFBYNa87xE1HsSt5IFSJxmcwheZNLmxaMxm5mIXyv6w9M/w3o7kw1TBrSMDWgxlssyc/tMM/O&#10;0jnYwxPnBxFoD8nBX/1eUJMWyhocb1iqqcqhgF2Ld491fwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;mzMnNwwBAAAtAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAD0BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQDspEF4hAEAABwDAAAOAAAAAAAAAAAAAAAAADwCAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQBQWiTiEQIAAEkFAAAQAAAAAAAAAAAAAAAAAOwDAABkcnMvaW5rL2luazEueG1s&#10;UEsBAi0AFAAGAAgAAAAhADw2ZPjfAAAACwEAAA8AAAAAAAAAAAAAAAAAKwYAAGRycy9kb3ducmV2&#10;LnhtbFBLAQItABQABgAIAAAAIQB5GLydvwAAACEBAAAZAAAAAAAAAAAAAAAAADcHAABkcnMvX3Jl&#10;bHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAGAAYAeAEAAC0IAAAAAA==&#10;">
-                <v:imagedata r:id="rId82" o:title=""/>
+              <v:shape w14:anchorId="6A1A1640" id="Ink 56" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:224.4pt;margin-top:105.4pt;width:11.35pt;height:7.55pt;rotation:2739956fd;z-index:251687944;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAOykQXiEAQAAHAMAAA4AAABkcnMvZTJvRG9jLnhtbJxSy07DMBC8I/EP&#10;lu80cZMWGjXlQIXEAegBPsA4dmMRe6O1S8rfs0lbWkAIiYsl78jjeez8eusa9qYxWPAlF6OUM+0V&#10;VNavS/78dHtxxVmI0leyAa9L/q4Dv16cn827ttBjqKGpNDIi8aHo2pLXMbZFkgRVayfDCFrtCTSA&#10;Tka64jqpUHbE7ppknKbTpAOsWgSlQ6DpcgfyxcBvjFbx0ZigI2tI3aWYXHIWS56JPCdhSLPplcg5&#10;e+lnIst4spjLYo2yra3ay5L/UOWk9STik2opo2QbtD+onFUIAUwcKXAJGGOVHjyRO5F+c3fnX3tn&#10;IlcbLBT4qH1cSYyH/AbgP1+4hiLo7qGihuQmAt8zUkB/F7ITvQS1caRn1wrqRkZaiVDbNlDQha1K&#10;jneVOOr3bzdHBys8+nr4ClAjyd7yb0+2Bh1DoGIvxCydiXw2GcInZWxbctrJ9/4cutXbyBQNhUjz&#10;GSGKoCxLxwN8+KgnPH57kjQNv3R6eu8fnCz14gMAAP//AwBQSwMEFAAGAAgAAAAhAFBaJOIRAgAA&#10;SQUAABAAAABkcnMvaW5rL2luazEueG1stFRNj5swEL1X6n+wvIdcEjDkGy3ZQ1WkSq0adbdSe2Rh&#10;FqyAHdkmJP++w0ccVptd7WErJITHvDfjN298e3csC3IApbkUIfUcRgmIRKZcZCH9/RBNVpRoE4s0&#10;LqSAkJ5A07vN50+3XOzKIsA3QQahm6+yCGluzD5w3bqunXrqSJW5PmNT95vY/fhONz0qhScuuMGU&#10;+hxKpDBwNA1ZwNOQJubI7P/IfS8rlYDdbiIqufxhVJxAJFUZG8uYx0JAQURcYt1/KDGnPX5wzJOB&#10;oqTkeOCJ73iz5Wz1dY2B+BjSwbrCEjVWUlL3Ouff/8AZveRsypr6y8WSkr6kFA5NTW6refD62bdK&#10;7kEZDheZO1H6jRNJunWrTyeUAi2LqukNJYe4qFAyjzG0RZ/bc68I8pIPtflQPtTlVb5hcc+l6Y83&#10;1KEXzVrq3FrDS0Cjl3vrMaORuAnfG9WOg8/8+YQtJ/76wZsH81Uw85zF0h+0onfxmfNRVTq3fI/q&#10;4td2x6rWnazmqcmt6MzxrOZDxa8hc+BZbgZQ/93QRBYSh6Hv9E0URV+w2dbw17IZvrcABQleDlkB&#10;b0NUrA2onxdcGevdFsTbKJ4JqWCLjtSVApvTGwje1mcn4cq90g4H6fvyC55CetNeLaRFdoG2MYzg&#10;Mx5NpyOPzUZsTP35HK8H5lE2nizYmqxx/9nI2bTopc0/AAAA//8DAFBLAwQUAAYACAAAACEAuntT&#10;tuEAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPMU/DMBCFdyT+g3VILBV1HKUlhDgVAjEAE4WB&#10;0Y2PJCI+R7GbhP56jgm2u3dP731X7hbXiwnH0HnSoNYJCKTa244aDe9vj1c5iBANWdN7Qg3fGGBX&#10;nZ+VprB+plec9rERHEKhMBraGIdCylC36ExY+wGJb59+dCbyOjbSjmbmcNfLNEm20pmOuKE1A963&#10;WH/tj07DaqvySU1yNT/PTx/dizypk3vQ+vJiubsFEXGJf2b4xWd0qJjp4I9kg+g1ZFnO6FFDqhIe&#10;2JFdqw2IAyvp5gZkVcr/P1Q/AAAA//8DAFBLAwQUAAYACAAAACEAeRi8nb8AAAAhAQAAGQAAAGRy&#10;cy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEz7FqxDAMBuC90Hcw2hslHcpR4mQ5DrKWFG41jpKYxLKx&#10;nNJ7+3rswcENGoTQ90tt/+t39UNJXGANTVWDIrZhcrxo+B4vbydQkg1PZg9MGm4k0HevL+0X7SaX&#10;JVldFFUUFg1rzvETUexK3kgVInGZzCF5k0ubFozGbmYhfK/rD0z/DejuTDVMGtIwNaDGWyzJz+0w&#10;z87SOdjDE+cHEWgPycFf/V5QkxbKGhxvWKqpyqGAXYt3j3V/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQCbMyc3DAEAAC0CAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAPQEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAOykQXiEAQAAHAMAAA4AAAAAAAAAAAAAAAAAPAIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAFBaJOIRAgAASQUAABAAAAAAAAAAAAAAAAAA7AMAAGRycy9pbmsvaW5rMS54&#10;bWxQSwECLQAUAAYACAAAACEAuntTtuEAAAALAQAADwAAAAAAAAAAAAAAAAArBgAAZHJzL2Rvd25y&#10;ZXYueG1sUEsBAi0AFAAGAAgAAAAhAHkYvJ2/AAAAIQEAABkAAAAAAAAAAAAAAAAAOQcAAGRycy9f&#10;cmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB4AQAALwgAAAAA&#10;">
+                <v:imagedata r:id="rId77" o:title=""/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="02F71A09" wp14:editId="2B2D6EFD">
             <wp:extent cx="3486637" cy="1886213"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1086325747" name="Picture 1" descr="A screenshot of a computer program&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1086325747" name="Picture 1" descr="A screenshot of a computer program&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId83"/>
+                    <a:blip r:embed="rId78"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3486637" cy="1886213"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="21C5163A" w14:textId="7AC4D3DF" w:rsidR="007D0690" w:rsidRPr="0096681C" w:rsidRDefault="007D0690" w:rsidP="00E53969">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -17474,50 +18546,139 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="12E340D2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="025AA0AE"/>
+    <w:lvl w:ilvl="0" w:tplc="D7FA463C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="182E4676"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="07187FA8"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -17562,51 +18723,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="19906F71"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="878C6FB4"/>
     <w:lvl w:ilvl="0" w:tplc="0A2C9688">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -17674,51 +18835,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="201E45A9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="35E05C3E"/>
     <w:lvl w:ilvl="0" w:tplc="A61CF698">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -17789,51 +18950,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="357A4E5B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5E4AD282"/>
     <w:lvl w:ilvl="0" w:tplc="A61CF698">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
@@ -17904,51 +19065,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CFE2D54"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="681A259C"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -17993,51 +19154,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47762FDD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CEFAC42A"/>
     <w:lvl w:ilvl="0" w:tplc="A61CF698">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -18108,51 +19269,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51F01C81"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="71BCB4B0"/>
     <w:lvl w:ilvl="0" w:tplc="08090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -18194,51 +19355,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="534663FB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5E30DFA8"/>
     <w:lvl w:ilvl="0" w:tplc="08090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -18283,51 +19444,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61B10F25"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="42B2F7C2"/>
     <w:lvl w:ilvl="0" w:tplc="A61CF698">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -18398,54 +19559,54 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63FD2F77"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="7EB43176"/>
+    <w:tmpl w:val="DB503BF6"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -18511,51 +19672,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64F85182"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="71789A78"/>
     <w:lvl w:ilvl="0" w:tplc="A61CF698">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -18626,51 +19787,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A1D3A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="90269B04"/>
     <w:lvl w:ilvl="0" w:tplc="08090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -18715,51 +19876,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76223650"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9E767CFE"/>
     <w:lvl w:ilvl="0" w:tplc="08090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -18804,51 +19965,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7BA23E07"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="04C8A89E"/>
     <w:lvl w:ilvl="0" w:tplc="08090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -18894,676 +20055,743 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1381830735">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="932083949">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="216823754">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="662780820">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="833108943">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1586569478">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="662395577">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1092048043">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="984894219">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="2091584992">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1092048043">
-[...7 lines deleted...]
-  </w:num>
   <w:num w:numId="11" w16cid:durableId="1283612923">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1986540244">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1019115599">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="935480635">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="503980043">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1195800896">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="481118375">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="366564069">
     <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="482546531">
+    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="200"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EE3FBB"/>
     <w:rsid w:val="00003DC9"/>
     <w:rsid w:val="00006139"/>
     <w:rsid w:val="000141BA"/>
     <w:rsid w:val="000278DB"/>
     <w:rsid w:val="00027FF8"/>
     <w:rsid w:val="00031567"/>
     <w:rsid w:val="00031FC5"/>
     <w:rsid w:val="000344AB"/>
     <w:rsid w:val="00036029"/>
     <w:rsid w:val="00050B88"/>
     <w:rsid w:val="0006136C"/>
     <w:rsid w:val="00065E00"/>
     <w:rsid w:val="00072266"/>
     <w:rsid w:val="000744D1"/>
+    <w:rsid w:val="000826B0"/>
     <w:rsid w:val="000A7A26"/>
     <w:rsid w:val="000B0437"/>
     <w:rsid w:val="000B138B"/>
     <w:rsid w:val="000B189E"/>
     <w:rsid w:val="000B37C1"/>
+    <w:rsid w:val="000C7083"/>
     <w:rsid w:val="000D3A85"/>
     <w:rsid w:val="000D414B"/>
     <w:rsid w:val="000D662F"/>
     <w:rsid w:val="000E330A"/>
     <w:rsid w:val="000E7DEE"/>
     <w:rsid w:val="000F1B16"/>
     <w:rsid w:val="000F3755"/>
     <w:rsid w:val="000F4A6E"/>
     <w:rsid w:val="000F557A"/>
+    <w:rsid w:val="000F6680"/>
     <w:rsid w:val="000F75C5"/>
+    <w:rsid w:val="000F7B4F"/>
     <w:rsid w:val="00101A2F"/>
     <w:rsid w:val="00103E96"/>
     <w:rsid w:val="0010486B"/>
     <w:rsid w:val="00110632"/>
     <w:rsid w:val="001118DD"/>
     <w:rsid w:val="00112D74"/>
     <w:rsid w:val="00116A56"/>
     <w:rsid w:val="0012111F"/>
     <w:rsid w:val="00125086"/>
     <w:rsid w:val="00127B50"/>
     <w:rsid w:val="001311EB"/>
     <w:rsid w:val="001314FF"/>
     <w:rsid w:val="0013499D"/>
     <w:rsid w:val="00140E2B"/>
     <w:rsid w:val="0014263B"/>
     <w:rsid w:val="001426CB"/>
     <w:rsid w:val="0014397A"/>
+    <w:rsid w:val="0015125C"/>
     <w:rsid w:val="00161C5E"/>
     <w:rsid w:val="0016357C"/>
     <w:rsid w:val="00165DFC"/>
     <w:rsid w:val="001668A5"/>
     <w:rsid w:val="0018032A"/>
     <w:rsid w:val="00181FA7"/>
     <w:rsid w:val="00187CD2"/>
     <w:rsid w:val="001936A4"/>
     <w:rsid w:val="001A0BEA"/>
     <w:rsid w:val="001A245E"/>
     <w:rsid w:val="001A4D7A"/>
+    <w:rsid w:val="001B6769"/>
     <w:rsid w:val="001B705A"/>
     <w:rsid w:val="001C0843"/>
     <w:rsid w:val="001C4D04"/>
     <w:rsid w:val="001D6DD5"/>
     <w:rsid w:val="001F3659"/>
     <w:rsid w:val="001F3E97"/>
+    <w:rsid w:val="001F796F"/>
     <w:rsid w:val="001F7F30"/>
     <w:rsid w:val="00200991"/>
     <w:rsid w:val="00204241"/>
     <w:rsid w:val="0021033D"/>
     <w:rsid w:val="0021156C"/>
     <w:rsid w:val="002170C8"/>
     <w:rsid w:val="00231595"/>
     <w:rsid w:val="002406E9"/>
     <w:rsid w:val="00244878"/>
     <w:rsid w:val="00252ADD"/>
     <w:rsid w:val="002539F3"/>
     <w:rsid w:val="00257468"/>
     <w:rsid w:val="00260D8A"/>
+    <w:rsid w:val="00265AB2"/>
     <w:rsid w:val="00266DC6"/>
     <w:rsid w:val="00270D9F"/>
+    <w:rsid w:val="0027776D"/>
     <w:rsid w:val="00277EEA"/>
     <w:rsid w:val="002853A8"/>
     <w:rsid w:val="00285406"/>
     <w:rsid w:val="00291FA7"/>
     <w:rsid w:val="00292001"/>
     <w:rsid w:val="00292520"/>
     <w:rsid w:val="00293EF9"/>
     <w:rsid w:val="002962EC"/>
     <w:rsid w:val="002A2A04"/>
     <w:rsid w:val="002A3167"/>
     <w:rsid w:val="002A38EF"/>
     <w:rsid w:val="002B1A6E"/>
     <w:rsid w:val="002B5339"/>
     <w:rsid w:val="002B5367"/>
     <w:rsid w:val="002B54C7"/>
     <w:rsid w:val="002B6896"/>
     <w:rsid w:val="002C11BE"/>
     <w:rsid w:val="002C2FDD"/>
     <w:rsid w:val="002C3935"/>
     <w:rsid w:val="002D2996"/>
     <w:rsid w:val="002D66E4"/>
     <w:rsid w:val="002E0602"/>
+    <w:rsid w:val="002E0AA5"/>
     <w:rsid w:val="002F0866"/>
     <w:rsid w:val="002F3832"/>
     <w:rsid w:val="003032D5"/>
     <w:rsid w:val="00306763"/>
     <w:rsid w:val="00307595"/>
+    <w:rsid w:val="00310C9B"/>
     <w:rsid w:val="00311331"/>
     <w:rsid w:val="00311A95"/>
     <w:rsid w:val="00312C35"/>
     <w:rsid w:val="00312D07"/>
     <w:rsid w:val="00315442"/>
+    <w:rsid w:val="003172F4"/>
     <w:rsid w:val="00317458"/>
     <w:rsid w:val="003207A8"/>
     <w:rsid w:val="00330779"/>
     <w:rsid w:val="0033368B"/>
     <w:rsid w:val="003403E5"/>
     <w:rsid w:val="00344290"/>
     <w:rsid w:val="00344F5F"/>
     <w:rsid w:val="00345654"/>
+    <w:rsid w:val="00352D51"/>
     <w:rsid w:val="00352EDA"/>
     <w:rsid w:val="00353EE5"/>
     <w:rsid w:val="00356DAA"/>
     <w:rsid w:val="00363566"/>
+    <w:rsid w:val="00363E78"/>
     <w:rsid w:val="00363FFA"/>
     <w:rsid w:val="00366775"/>
+    <w:rsid w:val="00370826"/>
     <w:rsid w:val="003759C4"/>
+    <w:rsid w:val="00387311"/>
     <w:rsid w:val="003942CB"/>
     <w:rsid w:val="003A08D0"/>
+    <w:rsid w:val="003A3839"/>
     <w:rsid w:val="003A45D6"/>
+    <w:rsid w:val="003B0690"/>
     <w:rsid w:val="003B148C"/>
     <w:rsid w:val="003C0414"/>
     <w:rsid w:val="003D22FB"/>
     <w:rsid w:val="003D293F"/>
     <w:rsid w:val="003D6099"/>
     <w:rsid w:val="003E010B"/>
+    <w:rsid w:val="003E12EC"/>
     <w:rsid w:val="003E50D3"/>
     <w:rsid w:val="003E519D"/>
     <w:rsid w:val="003E621B"/>
     <w:rsid w:val="003E6399"/>
     <w:rsid w:val="003E77E6"/>
     <w:rsid w:val="003E7E7E"/>
     <w:rsid w:val="003F1422"/>
     <w:rsid w:val="003F55D2"/>
     <w:rsid w:val="003F6E8C"/>
     <w:rsid w:val="00405164"/>
     <w:rsid w:val="0041159F"/>
     <w:rsid w:val="00413513"/>
     <w:rsid w:val="00415C04"/>
     <w:rsid w:val="00420B02"/>
     <w:rsid w:val="00422E0A"/>
     <w:rsid w:val="004350E2"/>
     <w:rsid w:val="00435ED5"/>
     <w:rsid w:val="0044019A"/>
     <w:rsid w:val="0044154C"/>
     <w:rsid w:val="004416F6"/>
     <w:rsid w:val="00447D37"/>
     <w:rsid w:val="00452ED5"/>
     <w:rsid w:val="0045366D"/>
     <w:rsid w:val="00454656"/>
     <w:rsid w:val="00457207"/>
     <w:rsid w:val="00457BDD"/>
     <w:rsid w:val="0046650A"/>
     <w:rsid w:val="00475B6C"/>
     <w:rsid w:val="004823D8"/>
     <w:rsid w:val="00491724"/>
     <w:rsid w:val="004964DC"/>
     <w:rsid w:val="004A3B57"/>
     <w:rsid w:val="004C0EC8"/>
     <w:rsid w:val="004C4EEB"/>
     <w:rsid w:val="004C69D8"/>
     <w:rsid w:val="004C6A12"/>
     <w:rsid w:val="004C76EC"/>
     <w:rsid w:val="004D22FA"/>
     <w:rsid w:val="004D2B4F"/>
     <w:rsid w:val="004D2D03"/>
     <w:rsid w:val="004E7D85"/>
     <w:rsid w:val="004F4992"/>
+    <w:rsid w:val="004F68FE"/>
     <w:rsid w:val="00502799"/>
     <w:rsid w:val="005036C9"/>
     <w:rsid w:val="0051508B"/>
     <w:rsid w:val="00524E34"/>
     <w:rsid w:val="00525AAF"/>
+    <w:rsid w:val="00537871"/>
+    <w:rsid w:val="005527ED"/>
     <w:rsid w:val="00553CFF"/>
+    <w:rsid w:val="00554B83"/>
     <w:rsid w:val="00561036"/>
     <w:rsid w:val="00561678"/>
     <w:rsid w:val="00566059"/>
     <w:rsid w:val="0057018A"/>
     <w:rsid w:val="00575570"/>
+    <w:rsid w:val="00577143"/>
     <w:rsid w:val="005868B9"/>
     <w:rsid w:val="00591B4E"/>
     <w:rsid w:val="00593CCC"/>
     <w:rsid w:val="005A3A39"/>
     <w:rsid w:val="005A3C5C"/>
     <w:rsid w:val="005A492E"/>
     <w:rsid w:val="005A4E74"/>
     <w:rsid w:val="005B0322"/>
     <w:rsid w:val="005B3E05"/>
     <w:rsid w:val="005C043D"/>
     <w:rsid w:val="005C2702"/>
     <w:rsid w:val="005E230B"/>
     <w:rsid w:val="005E3262"/>
     <w:rsid w:val="005E4E5D"/>
     <w:rsid w:val="005E4E88"/>
     <w:rsid w:val="005E6AFC"/>
     <w:rsid w:val="005F16B7"/>
     <w:rsid w:val="005F4949"/>
     <w:rsid w:val="005F692A"/>
     <w:rsid w:val="005F7240"/>
+    <w:rsid w:val="00600261"/>
     <w:rsid w:val="00601382"/>
     <w:rsid w:val="0060288D"/>
+    <w:rsid w:val="00603F6B"/>
     <w:rsid w:val="006100F5"/>
     <w:rsid w:val="00625928"/>
     <w:rsid w:val="00627D71"/>
     <w:rsid w:val="006347D0"/>
     <w:rsid w:val="00637668"/>
     <w:rsid w:val="00641153"/>
+    <w:rsid w:val="00641AFF"/>
     <w:rsid w:val="00643EB8"/>
     <w:rsid w:val="00644E06"/>
     <w:rsid w:val="00646E3D"/>
     <w:rsid w:val="006476F5"/>
     <w:rsid w:val="00647A0B"/>
+    <w:rsid w:val="00651228"/>
     <w:rsid w:val="006539DE"/>
     <w:rsid w:val="00653C34"/>
     <w:rsid w:val="00653ECB"/>
     <w:rsid w:val="00655307"/>
     <w:rsid w:val="00657441"/>
     <w:rsid w:val="00660D59"/>
     <w:rsid w:val="00661DD9"/>
     <w:rsid w:val="0066633F"/>
     <w:rsid w:val="00673A44"/>
     <w:rsid w:val="00675F6A"/>
     <w:rsid w:val="00676888"/>
     <w:rsid w:val="00676905"/>
+    <w:rsid w:val="00681712"/>
     <w:rsid w:val="006A4B63"/>
+    <w:rsid w:val="006A5EA7"/>
     <w:rsid w:val="006A67E4"/>
     <w:rsid w:val="006B09C6"/>
     <w:rsid w:val="006B149D"/>
     <w:rsid w:val="006B2BA4"/>
     <w:rsid w:val="006B4B9E"/>
     <w:rsid w:val="006B64CA"/>
     <w:rsid w:val="006B6687"/>
     <w:rsid w:val="006C1051"/>
     <w:rsid w:val="006C3E54"/>
     <w:rsid w:val="006C59A1"/>
     <w:rsid w:val="006E0AF5"/>
     <w:rsid w:val="006E7C2B"/>
     <w:rsid w:val="006E7EB1"/>
     <w:rsid w:val="006F43BC"/>
     <w:rsid w:val="006F476B"/>
     <w:rsid w:val="00700AF9"/>
     <w:rsid w:val="00700F81"/>
     <w:rsid w:val="007020A3"/>
     <w:rsid w:val="0070312B"/>
     <w:rsid w:val="00705E2E"/>
     <w:rsid w:val="007115AF"/>
     <w:rsid w:val="00717CF1"/>
     <w:rsid w:val="00725788"/>
     <w:rsid w:val="00725DF8"/>
     <w:rsid w:val="0072723E"/>
     <w:rsid w:val="00735EEF"/>
     <w:rsid w:val="007361D7"/>
     <w:rsid w:val="00740949"/>
     <w:rsid w:val="0074223E"/>
     <w:rsid w:val="00743FAA"/>
+    <w:rsid w:val="00746899"/>
     <w:rsid w:val="00747B0D"/>
     <w:rsid w:val="007515DA"/>
     <w:rsid w:val="007528ED"/>
     <w:rsid w:val="007571E8"/>
     <w:rsid w:val="00757A43"/>
     <w:rsid w:val="00760316"/>
     <w:rsid w:val="00761F88"/>
     <w:rsid w:val="00762C07"/>
     <w:rsid w:val="00765419"/>
     <w:rsid w:val="00766954"/>
     <w:rsid w:val="00781EED"/>
     <w:rsid w:val="00782AD6"/>
     <w:rsid w:val="0078588C"/>
+    <w:rsid w:val="00792EC4"/>
     <w:rsid w:val="007A23FF"/>
     <w:rsid w:val="007A2A8D"/>
+    <w:rsid w:val="007A38C3"/>
     <w:rsid w:val="007A642C"/>
     <w:rsid w:val="007B00D6"/>
     <w:rsid w:val="007B18C7"/>
     <w:rsid w:val="007B3D58"/>
     <w:rsid w:val="007B5221"/>
     <w:rsid w:val="007B77DD"/>
+    <w:rsid w:val="007C1BDF"/>
     <w:rsid w:val="007C1F30"/>
     <w:rsid w:val="007D0690"/>
     <w:rsid w:val="007D2019"/>
     <w:rsid w:val="007D73BB"/>
+    <w:rsid w:val="007E07BD"/>
     <w:rsid w:val="007E0DB8"/>
     <w:rsid w:val="007F08CC"/>
     <w:rsid w:val="007F1009"/>
     <w:rsid w:val="007F36C6"/>
+    <w:rsid w:val="007F3E8C"/>
     <w:rsid w:val="008016B4"/>
     <w:rsid w:val="00803739"/>
     <w:rsid w:val="00811347"/>
     <w:rsid w:val="0082290A"/>
+    <w:rsid w:val="0083215A"/>
     <w:rsid w:val="00832972"/>
+    <w:rsid w:val="00832A2A"/>
     <w:rsid w:val="00836A08"/>
     <w:rsid w:val="00837201"/>
     <w:rsid w:val="00841F94"/>
     <w:rsid w:val="00845805"/>
+    <w:rsid w:val="00854C99"/>
     <w:rsid w:val="00855434"/>
     <w:rsid w:val="00865082"/>
     <w:rsid w:val="008653C3"/>
     <w:rsid w:val="0086635F"/>
     <w:rsid w:val="00866EE3"/>
     <w:rsid w:val="00881C7F"/>
     <w:rsid w:val="00884908"/>
     <w:rsid w:val="00895415"/>
     <w:rsid w:val="008A3775"/>
     <w:rsid w:val="008A4676"/>
     <w:rsid w:val="008B0318"/>
     <w:rsid w:val="008B09AD"/>
     <w:rsid w:val="008B19D1"/>
     <w:rsid w:val="008B22E6"/>
     <w:rsid w:val="008B6F94"/>
     <w:rsid w:val="008B79FE"/>
     <w:rsid w:val="008C0FE3"/>
     <w:rsid w:val="008C7891"/>
     <w:rsid w:val="008E19B9"/>
     <w:rsid w:val="008E3B35"/>
     <w:rsid w:val="008E603D"/>
     <w:rsid w:val="008E6C5A"/>
     <w:rsid w:val="008F22E9"/>
     <w:rsid w:val="008F66F1"/>
     <w:rsid w:val="00904E10"/>
     <w:rsid w:val="0090505D"/>
     <w:rsid w:val="00906D51"/>
     <w:rsid w:val="00917934"/>
     <w:rsid w:val="00921A2F"/>
     <w:rsid w:val="009254C8"/>
     <w:rsid w:val="00926D03"/>
     <w:rsid w:val="00934DCC"/>
     <w:rsid w:val="00936276"/>
     <w:rsid w:val="00943DCE"/>
     <w:rsid w:val="009600EC"/>
     <w:rsid w:val="009622F0"/>
     <w:rsid w:val="00965464"/>
     <w:rsid w:val="0096681C"/>
+    <w:rsid w:val="009714F4"/>
     <w:rsid w:val="00974D87"/>
     <w:rsid w:val="00980751"/>
+    <w:rsid w:val="00983439"/>
     <w:rsid w:val="00985A94"/>
     <w:rsid w:val="0098702A"/>
     <w:rsid w:val="0099662D"/>
     <w:rsid w:val="00997038"/>
     <w:rsid w:val="009A08DC"/>
     <w:rsid w:val="009A34F2"/>
     <w:rsid w:val="009A5207"/>
     <w:rsid w:val="009A67F8"/>
     <w:rsid w:val="009B0D83"/>
     <w:rsid w:val="009B1098"/>
     <w:rsid w:val="009C12BD"/>
     <w:rsid w:val="009C743A"/>
     <w:rsid w:val="009D3CD8"/>
     <w:rsid w:val="009E30AE"/>
     <w:rsid w:val="009E6850"/>
     <w:rsid w:val="009E7224"/>
     <w:rsid w:val="009F0D19"/>
     <w:rsid w:val="009F1D72"/>
     <w:rsid w:val="009F6AAB"/>
     <w:rsid w:val="00A01375"/>
     <w:rsid w:val="00A02815"/>
     <w:rsid w:val="00A051DA"/>
     <w:rsid w:val="00A137FC"/>
     <w:rsid w:val="00A13FEC"/>
     <w:rsid w:val="00A23E74"/>
     <w:rsid w:val="00A248F9"/>
     <w:rsid w:val="00A256E0"/>
     <w:rsid w:val="00A31C64"/>
     <w:rsid w:val="00A321CB"/>
     <w:rsid w:val="00A372F4"/>
     <w:rsid w:val="00A40698"/>
+    <w:rsid w:val="00A41833"/>
     <w:rsid w:val="00A43FB7"/>
     <w:rsid w:val="00A47FFA"/>
+    <w:rsid w:val="00A517FB"/>
     <w:rsid w:val="00A642A4"/>
     <w:rsid w:val="00A756DF"/>
     <w:rsid w:val="00A76737"/>
     <w:rsid w:val="00A81440"/>
+    <w:rsid w:val="00A83253"/>
     <w:rsid w:val="00A842A1"/>
     <w:rsid w:val="00A870F2"/>
     <w:rsid w:val="00A9372F"/>
     <w:rsid w:val="00A93FFC"/>
     <w:rsid w:val="00AA00E9"/>
     <w:rsid w:val="00AA0A4A"/>
     <w:rsid w:val="00AA16DB"/>
     <w:rsid w:val="00AA20C7"/>
     <w:rsid w:val="00AA6DAE"/>
     <w:rsid w:val="00AB02B3"/>
     <w:rsid w:val="00AB249E"/>
     <w:rsid w:val="00AB6A85"/>
+    <w:rsid w:val="00AC0359"/>
     <w:rsid w:val="00AC3B4F"/>
     <w:rsid w:val="00AD3317"/>
     <w:rsid w:val="00AD641A"/>
     <w:rsid w:val="00AE1D44"/>
     <w:rsid w:val="00AE57CE"/>
     <w:rsid w:val="00AE6513"/>
+    <w:rsid w:val="00AE6ECF"/>
     <w:rsid w:val="00AE7BF9"/>
     <w:rsid w:val="00AF1A9F"/>
     <w:rsid w:val="00AF27FF"/>
     <w:rsid w:val="00AF2F3B"/>
     <w:rsid w:val="00AF63C7"/>
+    <w:rsid w:val="00B01A60"/>
     <w:rsid w:val="00B02495"/>
     <w:rsid w:val="00B20A4F"/>
     <w:rsid w:val="00B258E5"/>
     <w:rsid w:val="00B27CB8"/>
     <w:rsid w:val="00B35A4E"/>
     <w:rsid w:val="00B374E0"/>
     <w:rsid w:val="00B42D40"/>
     <w:rsid w:val="00B46305"/>
     <w:rsid w:val="00B466B5"/>
+    <w:rsid w:val="00B506E9"/>
     <w:rsid w:val="00B51E3D"/>
     <w:rsid w:val="00B63409"/>
     <w:rsid w:val="00B91308"/>
     <w:rsid w:val="00B94321"/>
+    <w:rsid w:val="00BA1943"/>
     <w:rsid w:val="00BA245A"/>
     <w:rsid w:val="00BA2B12"/>
     <w:rsid w:val="00BA6F7B"/>
     <w:rsid w:val="00BB63D4"/>
     <w:rsid w:val="00BB6D73"/>
     <w:rsid w:val="00BC1FF5"/>
     <w:rsid w:val="00BC3C5A"/>
     <w:rsid w:val="00BC7CAB"/>
     <w:rsid w:val="00BC7DC9"/>
     <w:rsid w:val="00BC7EB6"/>
     <w:rsid w:val="00BE50EE"/>
     <w:rsid w:val="00BE58B7"/>
     <w:rsid w:val="00BE794B"/>
     <w:rsid w:val="00BF5BD8"/>
+    <w:rsid w:val="00C02AF7"/>
     <w:rsid w:val="00C02B57"/>
     <w:rsid w:val="00C0571B"/>
     <w:rsid w:val="00C06584"/>
     <w:rsid w:val="00C23E74"/>
     <w:rsid w:val="00C251F6"/>
     <w:rsid w:val="00C25D1E"/>
+    <w:rsid w:val="00C3119C"/>
     <w:rsid w:val="00C325F0"/>
     <w:rsid w:val="00C347E5"/>
     <w:rsid w:val="00C36664"/>
     <w:rsid w:val="00C41AC1"/>
     <w:rsid w:val="00C4463A"/>
     <w:rsid w:val="00C459B5"/>
     <w:rsid w:val="00C52EE1"/>
     <w:rsid w:val="00C561DF"/>
     <w:rsid w:val="00C608D5"/>
     <w:rsid w:val="00C86356"/>
+    <w:rsid w:val="00C87859"/>
     <w:rsid w:val="00C94800"/>
+    <w:rsid w:val="00C96FFA"/>
     <w:rsid w:val="00CA4F8C"/>
     <w:rsid w:val="00CB206F"/>
     <w:rsid w:val="00CB39D2"/>
     <w:rsid w:val="00CB515B"/>
     <w:rsid w:val="00CB56F8"/>
     <w:rsid w:val="00CB7FD1"/>
     <w:rsid w:val="00CC0FA2"/>
     <w:rsid w:val="00CD1C58"/>
     <w:rsid w:val="00CD7A45"/>
     <w:rsid w:val="00CE23A0"/>
     <w:rsid w:val="00CE662E"/>
     <w:rsid w:val="00CF2ACD"/>
     <w:rsid w:val="00CF3379"/>
     <w:rsid w:val="00CF5657"/>
     <w:rsid w:val="00CF5BA7"/>
     <w:rsid w:val="00CF710E"/>
     <w:rsid w:val="00D0109B"/>
     <w:rsid w:val="00D02471"/>
     <w:rsid w:val="00D04837"/>
     <w:rsid w:val="00D171B5"/>
     <w:rsid w:val="00D27943"/>
+    <w:rsid w:val="00D33F40"/>
+    <w:rsid w:val="00D35883"/>
     <w:rsid w:val="00D4158B"/>
     <w:rsid w:val="00D460B0"/>
     <w:rsid w:val="00D506BC"/>
+    <w:rsid w:val="00D50A00"/>
     <w:rsid w:val="00D511E5"/>
     <w:rsid w:val="00D6409F"/>
     <w:rsid w:val="00D64722"/>
+    <w:rsid w:val="00D66356"/>
     <w:rsid w:val="00D67570"/>
     <w:rsid w:val="00D716F1"/>
     <w:rsid w:val="00D73FE4"/>
+    <w:rsid w:val="00D77FA6"/>
     <w:rsid w:val="00D82FB2"/>
     <w:rsid w:val="00D87D9E"/>
     <w:rsid w:val="00D937BA"/>
     <w:rsid w:val="00D97990"/>
     <w:rsid w:val="00DA0867"/>
     <w:rsid w:val="00DA1C60"/>
     <w:rsid w:val="00DA2EAB"/>
+    <w:rsid w:val="00DA6E91"/>
     <w:rsid w:val="00DB3F35"/>
     <w:rsid w:val="00DC0B45"/>
     <w:rsid w:val="00DC2C65"/>
     <w:rsid w:val="00DD1C2F"/>
     <w:rsid w:val="00DD2D00"/>
     <w:rsid w:val="00DD4636"/>
     <w:rsid w:val="00DD5312"/>
     <w:rsid w:val="00DD56FE"/>
     <w:rsid w:val="00DD5860"/>
     <w:rsid w:val="00DD633D"/>
+    <w:rsid w:val="00DE405A"/>
     <w:rsid w:val="00DE5F23"/>
     <w:rsid w:val="00DE610E"/>
     <w:rsid w:val="00DE61DD"/>
     <w:rsid w:val="00DE6932"/>
     <w:rsid w:val="00DE7CA3"/>
     <w:rsid w:val="00DF010C"/>
     <w:rsid w:val="00DF66C0"/>
     <w:rsid w:val="00E00838"/>
     <w:rsid w:val="00E01BC7"/>
     <w:rsid w:val="00E07F52"/>
     <w:rsid w:val="00E10701"/>
     <w:rsid w:val="00E11042"/>
+    <w:rsid w:val="00E159E1"/>
     <w:rsid w:val="00E175DB"/>
     <w:rsid w:val="00E221BE"/>
     <w:rsid w:val="00E22436"/>
     <w:rsid w:val="00E33370"/>
     <w:rsid w:val="00E351B0"/>
     <w:rsid w:val="00E37C78"/>
     <w:rsid w:val="00E40CDF"/>
     <w:rsid w:val="00E40DB3"/>
+    <w:rsid w:val="00E449CB"/>
     <w:rsid w:val="00E4754D"/>
     <w:rsid w:val="00E52D91"/>
     <w:rsid w:val="00E53969"/>
     <w:rsid w:val="00E53BE9"/>
     <w:rsid w:val="00E55054"/>
     <w:rsid w:val="00E575C8"/>
     <w:rsid w:val="00E57801"/>
     <w:rsid w:val="00E61F45"/>
     <w:rsid w:val="00E6219F"/>
     <w:rsid w:val="00E72BCB"/>
     <w:rsid w:val="00E732BB"/>
     <w:rsid w:val="00E77351"/>
     <w:rsid w:val="00E81047"/>
     <w:rsid w:val="00E84341"/>
     <w:rsid w:val="00E8693C"/>
     <w:rsid w:val="00E878FD"/>
     <w:rsid w:val="00E90CC2"/>
     <w:rsid w:val="00E9373F"/>
     <w:rsid w:val="00E9461E"/>
     <w:rsid w:val="00E9501A"/>
     <w:rsid w:val="00EA2110"/>
+    <w:rsid w:val="00EA68A8"/>
     <w:rsid w:val="00EA6EB3"/>
     <w:rsid w:val="00EB2263"/>
     <w:rsid w:val="00EB29FD"/>
     <w:rsid w:val="00EB40E0"/>
     <w:rsid w:val="00EE3FBB"/>
+    <w:rsid w:val="00EE5901"/>
     <w:rsid w:val="00EF4C8D"/>
     <w:rsid w:val="00EF6882"/>
     <w:rsid w:val="00F00452"/>
     <w:rsid w:val="00F01E95"/>
     <w:rsid w:val="00F045D4"/>
     <w:rsid w:val="00F05D92"/>
     <w:rsid w:val="00F139B3"/>
     <w:rsid w:val="00F169ED"/>
     <w:rsid w:val="00F201AA"/>
     <w:rsid w:val="00F20574"/>
     <w:rsid w:val="00F21A37"/>
     <w:rsid w:val="00F23D9B"/>
     <w:rsid w:val="00F2457C"/>
     <w:rsid w:val="00F24B20"/>
     <w:rsid w:val="00F32275"/>
     <w:rsid w:val="00F36FFA"/>
+    <w:rsid w:val="00F470D2"/>
     <w:rsid w:val="00F55A06"/>
     <w:rsid w:val="00F567AA"/>
     <w:rsid w:val="00F61257"/>
     <w:rsid w:val="00F6393F"/>
     <w:rsid w:val="00F64564"/>
     <w:rsid w:val="00F73503"/>
     <w:rsid w:val="00F7363B"/>
     <w:rsid w:val="00F861CA"/>
     <w:rsid w:val="00F93EE2"/>
     <w:rsid w:val="00FA0B7A"/>
     <w:rsid w:val="00FA34CB"/>
     <w:rsid w:val="00FA4824"/>
     <w:rsid w:val="00FA50CA"/>
     <w:rsid w:val="00FB3780"/>
     <w:rsid w:val="00FB3C26"/>
     <w:rsid w:val="00FC3470"/>
     <w:rsid w:val="00FC6623"/>
     <w:rsid w:val="00FC68C8"/>
     <w:rsid w:val="00FD1575"/>
     <w:rsid w:val="00FD2A0E"/>
     <w:rsid w:val="00FE2AF7"/>
     <w:rsid w:val="00FF2017"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
@@ -20248,484 +21476,668 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1705786791">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image36.png"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image40.png"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink10.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink7.xml"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image39.png"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink14.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink8.xml"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image43.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink2.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink4.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink9.xml"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink13.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink6.xml"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image38.png"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image42.png"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink3.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image37.png"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink12.xml"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink5.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image140.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink11.xml"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image41.png"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink15.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ebsontrackprospect-hcc.tribal-ebs.com/Page/findcourse" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink1.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image39.png"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink17.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink7.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image36.png"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink16.xml"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink20.xml"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image38.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink4.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image34.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink15.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image42.png"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image46.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink19.xml"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink3.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink10.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink13.xml"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image41.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink8.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink14.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink18.xml"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image45.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink2.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image35.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink6.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink9.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink12.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image37.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image40.png"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image44.png"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image47.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ebsontrackprospect-hcc.tribal-ebs.com/Page/findcourse" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink11.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.png"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image43.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink5.xml"/></Relationships>
 </file>
 
 <file path=word/ink/ink1.xml><?xml version="1.0" encoding="utf-8"?>
 <inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
   <inkml:definitions>
     <inkml:context xml:id="ctx0">
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="F" type="integer" max="32767" units="dev"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
         </inkml:channelProperties>
       </inkml:inkSource>
-      <inkml:timestamp xml:id="ts0" timeString="2025-08-04T15:54:43.172"/>
+      <inkml:timestamp xml:id="ts0" timeString="2026-01-08T13:21:48.702"/>
+    </inkml:context>
+    <inkml:brush xml:id="br0">
+      <inkml:brushProperty name="width" value="0.1" units="cm"/>
+      <inkml:brushProperty name="height" value="0.2" units="cm"/>
+      <inkml:brushProperty name="color" value="#FFFC00"/>
+      <inkml:brushProperty name="tip" value="rectangle"/>
+      <inkml:brushProperty name="rasterOp" value="maskPen"/>
+      <inkml:brushProperty name="ignorePressure" value="1"/>
+    </inkml:brush>
+  </inkml:definitions>
+  <inkml:trace contextRef="#ctx0" brushRef="#br0">0 27 0,'1217'-27'0</inkml:trace>
+</inkml:ink>
+</file>
+
+<file path=word/ink/ink10.xml><?xml version="1.0" encoding="utf-8"?>
+<inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
+  <inkml:definitions>
+    <inkml:context xml:id="ctx0">
+      <inkml:inkSource xml:id="inkSrc0">
+        <inkml:traceFormat>
+          <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="F" type="integer" max="32767" units="dev"/>
+        </inkml:traceFormat>
+        <inkml:channelProperties>
+          <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
+        </inkml:channelProperties>
+      </inkml:inkSource>
+      <inkml:timestamp xml:id="ts0" timeString="2025-07-29T11:48:28.783"/>
+    </inkml:context>
+    <inkml:brush xml:id="br0">
+      <inkml:brushProperty name="width" value="0.1" units="cm"/>
+      <inkml:brushProperty name="height" value="0.1" units="cm"/>
+      <inkml:brushProperty name="color" value="#FFC114"/>
+    </inkml:brush>
+  </inkml:definitions>
+  <inkml:trace contextRef="#ctx0" brushRef="#br0">2140 1894 24499,'-1'75'0,"-2"-1"0,-1 0 0,-2 0 0,-1-1 0,-2-1 0,-2 0 0,-1 0 0,-2-2 0,-1-1 0,-2-1 0,-1-1 0,-2-1 0,-1-2 0,-2-1 0,-1-2 0,-1-2 0,-2-2 0,-1-1 0,-1-2 0,-1-3 0,-1-1 0,-2-3 0,0-2 0,-2-3 0,0-2 0,-2-2 0,0-3 0,0-3 0,-2-2 0,0-3 0,-1-2 0,0-4 0,-1-2 0,0-3 0,0-3 0,-1-3 0,1-2 0,-1-4 0,0-3 0,0-2 0,0-3 0,0-4 0,0-2 0,1-3 0,0-3 0,0-3 0,1-2 0,0-4 0,1-2 0,1-3 0,0-2 0,1-3 0,1-3 0,0-2 0,2-2 0,0-3 0,2-2 0,1-3 0,0-1 0,2-3 0,1-2 0,2-1 0,0-2 0,2-2 0,2-2 0,0-1 0,3-2 0,0-1 0,2-1 0,2-1 0,1-1 0,2-2 0,2 0 0,1 0 0,1-1 0,2-1 0,2 0 0,2 0 0,1-1 0,2 1 0,1 0 0,2 0 0,2 0 0,2 1 0,1 0 0,1 1 0,2 1 0,2 1 0,1 0 0,2 2 0,2 1 0,0 2 0,3 0 0,0 3 0,2 1 0,2 2 0,0 1 0,2 2 0,1 3 0,2 1 0,0 3 0,1 2 0,2 2 0,0 2 0,2 3 0,0 3 0,1 1 0,1 4 0,0 2 0,1 3 0,1 3 0,0 2 0,1 3 0,0 3 0,0 3 0,1 3 0,0 3 0,0 2 0,0 4 0,0 2 0,0 4 0,-1 2 0,1 3 0,-1 3 0,0 3 0,0 3 0,-1 3 0,0 2 0,-1 3 0,0 3 0,-2 2 0,0 4 0,0 1 0,-2 3 0,0 3 0,-2 2 0,0 2 0,-2 2 0,-1 3 0,-1 1 0,-1 3 0,-1 2 0,-2 1 0,-1 2 0,-1 2 0,-2 1 0,-1 1 0,-2 2 0,-1 1 0,-2 2 0,-1 0 0,-2 1 0,-1 1 0,-2 1 0,-2 0 0,-1 1 0,-2 0 0,-1 0 0,-2 0 0</inkml:trace>
+</inkml:ink>
+</file>
+
+<file path=word/ink/ink11.xml><?xml version="1.0" encoding="utf-8"?>
+<inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
+  <inkml:definitions>
+    <inkml:context xml:id="ctx0">
+      <inkml:inkSource xml:id="inkSrc0">
+        <inkml:traceFormat>
+          <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="F" type="integer" max="32767" units="dev"/>
+        </inkml:traceFormat>
+        <inkml:channelProperties>
+          <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
+        </inkml:channelProperties>
+      </inkml:inkSource>
+      <inkml:timestamp xml:id="ts0" timeString="2025-07-29T12:06:37.447"/>
+    </inkml:context>
+    <inkml:brush xml:id="br0">
+      <inkml:brushProperty name="width" value="0.1" units="cm"/>
+      <inkml:brushProperty name="height" value="0.1" units="cm"/>
+      <inkml:brushProperty name="color" value="#FFC114"/>
+    </inkml:brush>
+  </inkml:definitions>
+  <inkml:trace contextRef="#ctx0" brushRef="#br0">2690 839 24509,'-1'33'0,"-2"0"0,-2 0 0,-3-1 0,-1 1 0,-2-1 0,-2 0 0,-3-1 0,-1 0 0,-2 0 0,-3-1 0,-1 0 0,-1-1 0,-3-1 0,-2 0 0,-1-1 0,-2-1 0,-1 0 0,-2-1 0,-2-2 0,-1 0 0,-1-1 0,-2-1 0,-1-1 0,-2-1 0,0-2 0,-2 0 0,0-1 0,-2-2 0,0-1 0,-1-1 0,-1-1 0,-1-1 0,0-2 0,-1-1 0,0-1 0,0-2 0,0-1 0,-1-1 0,0-1 0,0-2 0,0-1 0,1-1 0,0-1 0,0-2 0,0-1 0,1-1 0,0-2 0,1-1 0,1-1 0,1-1 0,0-1 0,2-2 0,0-1 0,2 0 0,0-2 0,2-1 0,1-1 0,2-1 0,1-1 0,1 0 0,2-2 0,2-1 0,1 0 0,2-1 0,1-1 0,2 0 0,3-1 0,1-1 0,1 0 0,3-1 0,2 0 0,1 0 0,3-1 0,2 0 0,2-1 0,1 1 0,3-1 0,2 0 0,2 0 0,2 0 0,2 0 0,2 0 0,3 1 0,1-1 0,2 1 0,2 0 0,3 1 0,1 0 0,2 0 0,3 1 0,1 0 0,1 1 0,3 1 0,2 0 0,1 1 0,2 1 0,1 0 0,2 1 0,2 2 0,1 0 0,1 1 0,2 1 0,1 1 0,2 1 0,0 2 0,2 0 0,0 1 0,2 2 0,0 1 0,1 1 0,1 1 0,1 2 0,0 0 0,1 2 0,0 1 0,0 2 0,0 1 0,1 1 0,0 1 0,0 2 0,0 1 0,-1 1 0,0 1 0,0 2 0,0 1 0,-1 2 0,0 0 0,-1 2 0,-1 1 0,-1 1 0,0 1 0,-2 2 0,0 1 0,-2 0 0,0 2 0,-2 1 0,-1 1 0,-2 1 0,-1 1 0,-1 0 0,-2 2 0,-2 1 0,-1 0 0,-2 1 0,-1 1 0,-2 0 0,-3 1 0,-1 1 0,-1 0 0,-3 1 0,-2 0 0,-1 0 0,-3 1 0,-2 0 0,-2 1 0,-1-1 0,-3 1 0,-2 0 0,-2 0 0</inkml:trace>
+</inkml:ink>
+</file>
+
+<file path=word/ink/ink12.xml><?xml version="1.0" encoding="utf-8"?>
+<inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
+  <inkml:definitions>
+    <inkml:context xml:id="ctx0">
+      <inkml:inkSource xml:id="inkSrc0">
+        <inkml:traceFormat>
+          <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="F" type="integer" max="32767" units="dev"/>
+        </inkml:traceFormat>
+        <inkml:channelProperties>
+          <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
+        </inkml:channelProperties>
+      </inkml:inkSource>
+      <inkml:timestamp xml:id="ts0" timeString="2025-07-29T12:05:55.602"/>
+    </inkml:context>
+    <inkml:brush xml:id="br0">
+      <inkml:brushProperty name="width" value="0.05" units="cm"/>
+      <inkml:brushProperty name="height" value="0.05" units="cm"/>
+      <inkml:brushProperty name="color" value="#E71224"/>
+    </inkml:brush>
+  </inkml:definitions>
+  <inkml:trace contextRef="#ctx0" brushRef="#br0">3793 1342 24507,'1483'-990'0,"-6759"638"0,5714 1470 0,2917-894 0</inkml:trace>
+</inkml:ink>
+</file>
+
+<file path=word/ink/ink13.xml><?xml version="1.0" encoding="utf-8"?>
+<inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
+  <inkml:definitions>
+    <inkml:context xml:id="ctx0">
+      <inkml:inkSource xml:id="inkSrc0">
+        <inkml:traceFormat>
+          <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="F" type="integer" max="32767" units="dev"/>
+        </inkml:traceFormat>
+        <inkml:channelProperties>
+          <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
+        </inkml:channelProperties>
+      </inkml:inkSource>
+      <inkml:timestamp xml:id="ts0" timeString="2025-08-05T11:06:34.987"/>
     </inkml:context>
     <inkml:brush xml:id="br0">
       <inkml:brushProperty name="width" value="0.035" units="cm"/>
       <inkml:brushProperty name="height" value="0.035" units="cm"/>
       <inkml:brushProperty name="color" value="#E71224"/>
     </inkml:brush>
   </inkml:definitions>
-  <inkml:trace contextRef="#ctx0" brushRef="#br0">1550 282 24515,'-1'11'0,"0"0"0,-2 0 0,-2 0 0,0 0 0,-1 0 0,-2 0 0,-1-1 0,-1 1 0,-1-1 0,-1 0 0,-1 0 0,-2 0 0,0-1 0,-2 1 0,0-1 0,-1 0 0,-2-1 0,0 0 0,-1 0 0,-1 0 0,-1-1 0,0 0 0,-1 0 0,-1-1 0,-1 0 0,0 0 0,-1-1 0,-1 0 0,1 0 0,-2-1 0,0-1 0,0 0 0,0 0 0,-1 0 0,0-1 0,0-1 0,0 0 0,-1 0 0,1-1 0,0 0 0,-1-1 0,1 0 0,0 0 0,0-1 0,0-1 0,1 0 0,0 0 0,0 0 0,0-1 0,2-1 0,-1 0 0,1 0 0,1-1 0,0 0 0,1 0 0,1-1 0,1 0 0,0 0 0,1-1 0,1 0 0,1 0 0,0 0 0,2-1 0,1 0 0,0-1 0,2 1 0,0-1 0,2 0 0,1 0 0,1 0 0,1-1 0,1 1 0,1-1 0,2 0 0,1 0 0,0 0 0,2 0 0,2 0 0,0 0 0,2 0 0,0 0 0,2 0 0,2 0 0,0 0 0,1 0 0,2 0 0,1 1 0,1-1 0,1 1 0,1 0 0,1 0 0,2 0 0,0 1 0,2-1 0,0 1 0,1 0 0,2 1 0,0 0 0,1 0 0,1 0 0,1 1 0,0 0 0,1 0 0,1 1 0,1 0 0,0 0 0,1 1 0,1 0 0,-1 0 0,2 1 0,0 1 0,0 0 0,0 0 0,1 0 0,0 1 0,0 1 0,0 0 0,1 0 0,-1 1 0,0 0 0,1 1 0,-1 0 0,0 0 0,0 1 0,0 1 0,-1 0 0,0 0 0,0 0 0,0 1 0,-2 1 0,1 0 0,-1 0 0,-1 1 0,0 0 0,-1 0 0,-1 1 0,-1 0 0,0 0 0,-1 1 0,-1 0 0,-1 0 0,0 0 0,-2 1 0,-1 0 0,0 1 0,-2-1 0,0 1 0,-2 0 0,-1 0 0,-1 0 0,-1 1 0,-1-1 0,-1 1 0,-2 0 0,-1 0 0,0 0 0,-2 0 0,-2 0 0,0 0 0</inkml:trace>
+  <inkml:trace contextRef="#ctx0" brushRef="#br0">3932 621 24501,'-2'24'0,"-2"1"0,-4-1 0,-2 0 0,-4 0 0,-2 0 0,-4 0 0,-2-1 0,-4 0 0,-2 0 0,-3-1 0,-2 0 0,-4-1 0,-2 0 0,-2 0 0,-3-1 0,-3-1 0,-2 0 0,-2 0 0,-3-2 0,-1 0 0,-3-1 0,-2 0 0,-1-2 0,-3 0 0,-1-1 0,-1 0 0,-2-2 0,-2 0 0,-1-1 0,-1-1 0,0-1 0,-2-1 0,-1-1 0,0-1 0,-1-1 0,-1 0 0,0-2 0,0 0 0,0-2 0,0 0 0,0-2 0,0 0 0,0-2 0,1 0 0,1-1 0,0-1 0,1-1 0,2-1 0,0-1 0,1-1 0,1-1 0,2 0 0,2-2 0,1 0 0,1-1 0,3 0 0,1-2 0,2 0 0,3-1 0,1 0 0,3-2 0,2 0 0,2 0 0,3-1 0,3-1 0,2 0 0,2 0 0,4-1 0,2 0 0,3-1 0,2 0 0,4 0 0,2-1 0,4 0 0,2 0 0,4 0 0,2 0 0,4-1 0,2 1 0,4 0 0,2-1 0,4 1 0,2 0 0,4 0 0,2 0 0,4 0 0,2 1 0,4 0 0,2 0 0,3 1 0,2 0 0,4 1 0,2 0 0,2 0 0,3 1 0,3 1 0,2 0 0,2 0 0,3 2 0,1 0 0,3 1 0,2 0 0,1 2 0,3 0 0,1 1 0,1 0 0,2 2 0,2 0 0,1 1 0,1 1 0,0 1 0,2 1 0,1 1 0,0 1 0,1 1 0,1 0 0,0 2 0,0 0 0,0 2 0,0 0 0,0 2 0,0 0 0,0 2 0,-1 0 0,-1 1 0,0 1 0,-1 1 0,-2 1 0,0 1 0,-1 1 0,-1 1 0,-2 0 0,-2 2 0,-1 0 0,-1 1 0,-3 0 0,-1 2 0,-2 0 0,-3 1 0,-1 0 0,-3 2 0,-2 0 0,-2 0 0,-3 1 0,-3 1 0,-2 0 0,-2 0 0,-4 1 0,-2 0 0,-3 1 0,-2 0 0,-4 0 0,-2 1 0,-4 0 0,-2 0 0,-4 0 0,-2 0 0,-4 1 0,-2-1 0</inkml:trace>
 </inkml:ink>
 </file>
 
-<file path=word/ink/ink10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/ink/ink14.xml><?xml version="1.0" encoding="utf-8"?>
+<inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
+  <inkml:definitions>
+    <inkml:context xml:id="ctx0">
+      <inkml:inkSource xml:id="inkSrc0">
+        <inkml:traceFormat>
+          <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+        </inkml:traceFormat>
+        <inkml:channelProperties>
+          <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
+        </inkml:channelProperties>
+      </inkml:inkSource>
+      <inkml:timestamp xml:id="ts0" timeString="2025-07-29T15:59:07.191"/>
+    </inkml:context>
+    <inkml:brush xml:id="br0">
+      <inkml:brushProperty name="width" value="0.1" units="cm"/>
+      <inkml:brushProperty name="height" value="0.2" units="cm"/>
+      <inkml:brushProperty name="color" value="#FFFC00"/>
+      <inkml:brushProperty name="tip" value="rectangle"/>
+      <inkml:brushProperty name="rasterOp" value="maskPen"/>
+      <inkml:brushProperty name="ignorePressure" value="1"/>
+    </inkml:brush>
+  </inkml:definitions>
+  <inkml:trace contextRef="#ctx0" brushRef="#br0">643 136,'5'0,"1"0,-1 0,1 1,-1-1,1 1,-1 0,1 1,-1-1,0 1,0 0,0 0,0 1,8 5,-10-5,0-1,-1 2,1-1,-1 0,0 1,0-1,0 1,0-1,-1 1,1 0,-1 0,0 0,0 0,-1-1,1 2,-1-1,0 0,0 0,-1 7,-1 5,-1-1,-1 0,0 0,-1 0,-1 0,0-1,-1 0,-1 0,-15 22,11-18,1 0,1 0,1 2,-10 28,-14 92,32-137,1-1,-1 1,1-1,-1 0,0 0,0 1,0-1,0 0,-1 0,1 0,0 0,-1 0,0 0,1-1,-1 1,0-1,0 1,0-1,0 1,0-1,0 0,0 0,-4 1,-4 1,0-1,1 0,-1-1,-18 1,20-2,0 0,0 1,0 0,0 0,-1 1,-11 4,6 0,0 0,-1-1,0-1,1 0,-1-1,-1-1,1 0,0-1,0 0,-1-2,1 0,0 0,0-2,-16-3,17 3,-1 1,1 0,0-2,0 1,1-2,-18-7,27 10,0-1,0 0,0 1,1-1,-1 0,1-1,0 1,0 0,0-1,0 0,1 0,0 0,-1 0,1 0,1 0,-1-1,1 1,-1-1,1 1,0-9,-3-33,3 0,7-75,-4 86,3-2,1 1,2-1,1 1,3 1,21-50,-1-11,-22 64</inkml:trace>
+</inkml:ink>
+</file>
+
+<file path=word/ink/ink15.xml><?xml version="1.0" encoding="utf-8"?>
+<inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
+  <inkml:definitions>
+    <inkml:context xml:id="ctx0">
+      <inkml:inkSource xml:id="inkSrc0">
+        <inkml:traceFormat>
+          <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+        </inkml:traceFormat>
+        <inkml:channelProperties>
+          <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
+        </inkml:channelProperties>
+      </inkml:inkSource>
+      <inkml:timestamp xml:id="ts0" timeString="2025-07-29T15:59:02.280"/>
+    </inkml:context>
+    <inkml:brush xml:id="br0">
+      <inkml:brushProperty name="width" value="0.1" units="cm"/>
+      <inkml:brushProperty name="height" value="0.2" units="cm"/>
+      <inkml:brushProperty name="color" value="#FFFC00"/>
+      <inkml:brushProperty name="tip" value="rectangle"/>
+      <inkml:brushProperty name="rasterOp" value="maskPen"/>
+      <inkml:brushProperty name="ignorePressure" value="1"/>
+    </inkml:brush>
+  </inkml:definitions>
+  <inkml:trace contextRef="#ctx0" brushRef="#br0">189 0,'1'1,"0"-1,0 1,0-1,0 1,0 0,-1-1,1 1,0 0,0 0,-1-1,1 1,-1 0,1 0,-1 0,1 0,-1 0,1 0,-1 0,0 0,1 0,-1 0,0 0,0 0,0 0,0 0,0 0,0 0,0 0,0 0,0 0,-1 0,1 0,0 0,-1 0,0 1,-9 42,10-44,-10 28,-1 0,-17 30,15-34,1 1,2 0,-9 30,11-29,-22 47,17-46,-15 51,26-69,0-1,1 0,0 1,0 0,1-1,0 1,0-1,1 1,0 0,4 13,1-5</inkml:trace>
+</inkml:ink>
+</file>
+
+<file path=word/ink/ink16.xml><?xml version="1.0" encoding="utf-8"?>
 <inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
   <inkml:definitions>
     <inkml:context xml:id="ctx0">
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="F" type="integer" max="32767" units="dev"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
         </inkml:channelProperties>
       </inkml:inkSource>
       <inkml:timestamp xml:id="ts0" timeString="2025-07-29T15:59:00.755"/>
     </inkml:context>
     <inkml:brush xml:id="br0">
       <inkml:brushProperty name="width" value="0.1" units="cm"/>
       <inkml:brushProperty name="height" value="0.2" units="cm"/>
       <inkml:brushProperty name="color" value="#FFFC00"/>
       <inkml:brushProperty name="tip" value="rectangle"/>
       <inkml:brushProperty name="rasterOp" value="maskPen"/>
       <inkml:brushProperty name="ignorePressure" value="1"/>
     </inkml:brush>
   </inkml:definitions>
   <inkml:trace contextRef="#ctx0" brushRef="#br0">0 79 0,'687'-79'0</inkml:trace>
 </inkml:ink>
 </file>
 
-<file path=word/ink/ink11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/ink/ink17.xml><?xml version="1.0" encoding="utf-8"?>
 <inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
   <inkml:definitions>
     <inkml:context xml:id="ctx0">
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
         </inkml:channelProperties>
       </inkml:inkSource>
       <inkml:timestamp xml:id="ts0" timeString="2025-07-29T15:58:58.577"/>
     </inkml:context>
     <inkml:brush xml:id="br0">
       <inkml:brushProperty name="width" value="0.1" units="cm"/>
       <inkml:brushProperty name="height" value="0.2" units="cm"/>
       <inkml:brushProperty name="color" value="#FFFC00"/>
       <inkml:brushProperty name="tip" value="rectangle"/>
       <inkml:brushProperty name="rasterOp" value="maskPen"/>
       <inkml:brushProperty name="ignorePressure" value="1"/>
     </inkml:brush>
   </inkml:definitions>
   <inkml:trace contextRef="#ctx0" brushRef="#br0">0 52,'1'1,"-1"0,0 0,0 0,1 0,-1-1,0 1,1 0,-1 0,1-1,-1 1,1 0,-1-1,1 1,-1 0,1-1,0 1,0-1,-1 1,1-1,0 1,0-1,-1 0,1 1,0-1,0 0,0 0,0 1,1-1,27 4,-28-4,70 0,82-10,17-1,-153 9,1 0,-1-1,0 0,0-2,18-6,37-10,-48 17</inkml:trace>
 </inkml:ink>
 </file>
 
-<file path=word/ink/ink12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/ink/ink18.xml><?xml version="1.0" encoding="utf-8"?>
 <inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
   <inkml:definitions>
     <inkml:context xml:id="ctx0">
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
         </inkml:channelProperties>
       </inkml:inkSource>
       <inkml:timestamp xml:id="ts0" timeString="2025-07-29T15:58:56.888"/>
     </inkml:context>
     <inkml:brush xml:id="br0">
       <inkml:brushProperty name="width" value="0.1" units="cm"/>
       <inkml:brushProperty name="height" value="0.2" units="cm"/>
       <inkml:brushProperty name="color" value="#FFFC00"/>
       <inkml:brushProperty name="tip" value="rectangle"/>
       <inkml:brushProperty name="rasterOp" value="maskPen"/>
       <inkml:brushProperty name="ignorePressure" value="1"/>
     </inkml:brush>
   </inkml:definitions>
   <inkml:trace contextRef="#ctx0" brushRef="#br0">1 27,'173'2,"189"-5,-231-20,-110 20</inkml:trace>
 </inkml:ink>
 </file>
 
-<file path=word/ink/ink13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/ink/ink19.xml><?xml version="1.0" encoding="utf-8"?>
 <inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
   <inkml:definitions>
     <inkml:context xml:id="ctx0">
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
         </inkml:channelProperties>
       </inkml:inkSource>
       <inkml:timestamp xml:id="ts0" timeString="2025-07-29T15:58:55.132"/>
     </inkml:context>
     <inkml:brush xml:id="br0">
       <inkml:brushProperty name="width" value="0.1" units="cm"/>
       <inkml:brushProperty name="height" value="0.2" units="cm"/>
       <inkml:brushProperty name="color" value="#FFFC00"/>
       <inkml:brushProperty name="tip" value="rectangle"/>
       <inkml:brushProperty name="rasterOp" value="maskPen"/>
       <inkml:brushProperty name="ignorePressure" value="1"/>
     </inkml:brush>
   </inkml:definitions>
   <inkml:trace contextRef="#ctx0" brushRef="#br0">0 16,'689'0,"-679"0,1-1,-1 0,0-1,18-4,-11 0</inkml:trace>
 </inkml:ink>
 </file>
 
-<file path=word/ink/ink14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/ink/ink2.xml><?xml version="1.0" encoding="utf-8"?>
+<inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
+  <inkml:definitions>
+    <inkml:context xml:id="ctx0">
+      <inkml:inkSource xml:id="inkSrc0">
+        <inkml:traceFormat>
+          <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="F" type="integer" max="32767" units="dev"/>
+        </inkml:traceFormat>
+        <inkml:channelProperties>
+          <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
+        </inkml:channelProperties>
+      </inkml:inkSource>
+      <inkml:timestamp xml:id="ts0" timeString="2026-01-08T13:18:17.041"/>
+    </inkml:context>
+    <inkml:brush xml:id="br0">
+      <inkml:brushProperty name="width" value="0.1" units="cm"/>
+      <inkml:brushProperty name="height" value="0.2" units="cm"/>
+      <inkml:brushProperty name="color" value="#FFFC00"/>
+      <inkml:brushProperty name="tip" value="rectangle"/>
+      <inkml:brushProperty name="rasterOp" value="maskPen"/>
+      <inkml:brushProperty name="ignorePressure" value="1"/>
+    </inkml:brush>
+  </inkml:definitions>
+  <inkml:trace contextRef="#ctx0" brushRef="#br0">0 0 0,'981'0'0</inkml:trace>
+</inkml:ink>
+</file>
+
+<file path=word/ink/ink20.xml><?xml version="1.0" encoding="utf-8"?>
 <inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
   <inkml:definitions>
     <inkml:context xml:id="ctx0">
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="F" type="integer" max="32767" units="dev"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
         </inkml:channelProperties>
       </inkml:inkSource>
       <inkml:timestamp xml:id="ts0" timeString="2025-07-29T15:58:48.519"/>
     </inkml:context>
     <inkml:brush xml:id="br0">
       <inkml:brushProperty name="width" value="0.1" units="cm"/>
       <inkml:brushProperty name="height" value="0.2" units="cm"/>
       <inkml:brushProperty name="color" value="#FFFC00"/>
       <inkml:brushProperty name="tip" value="rectangle"/>
       <inkml:brushProperty name="rasterOp" value="maskPen"/>
       <inkml:brushProperty name="ignorePressure" value="1"/>
     </inkml:brush>
   </inkml:definitions>
   <inkml:trace contextRef="#ctx0" brushRef="#br0">0 0 0,'52'661'0</inkml:trace>
 </inkml:ink>
 </file>
 
-<file path=word/ink/ink15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/ink/ink21.xml><?xml version="1.0" encoding="utf-8"?>
 <inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
   <inkml:definitions>
     <inkml:context xml:id="ctx0">
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="F" type="integer" max="32767" units="dev"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
         </inkml:channelProperties>
       </inkml:inkSource>
       <inkml:timestamp xml:id="ts0" timeString="2025-07-29T15:58:41.672"/>
     </inkml:context>
     <inkml:brush xml:id="br0">
       <inkml:brushProperty name="width" value="0.1" units="cm"/>
       <inkml:brushProperty name="height" value="0.2" units="cm"/>
       <inkml:brushProperty name="color" value="#FFFC00"/>
       <inkml:brushProperty name="tip" value="rectangle"/>
       <inkml:brushProperty name="rasterOp" value="maskPen"/>
       <inkml:brushProperty name="ignorePressure" value="1"/>
     </inkml:brush>
   </inkml:definitions>
   <inkml:trace contextRef="#ctx0" brushRef="#br0">0 0 0,'33'104'0,"255"-201"0,-609 90 0</inkml:trace>
 </inkml:ink>
 </file>
 
-<file path=word/ink/ink2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/ink/ink3.xml><?xml version="1.0" encoding="utf-8"?>
+<inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
+  <inkml:definitions>
+    <inkml:context xml:id="ctx0">
+      <inkml:inkSource xml:id="inkSrc0">
+        <inkml:traceFormat>
+          <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="F" type="integer" max="32767" units="dev"/>
+        </inkml:traceFormat>
+        <inkml:channelProperties>
+          <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
+        </inkml:channelProperties>
+      </inkml:inkSource>
+      <inkml:timestamp xml:id="ts0" timeString="2026-01-08T13:18:13.152"/>
+    </inkml:context>
+    <inkml:brush xml:id="br0">
+      <inkml:brushProperty name="width" value="0.1" units="cm"/>
+      <inkml:brushProperty name="height" value="0.2" units="cm"/>
+      <inkml:brushProperty name="color" value="#FFFC00"/>
+      <inkml:brushProperty name="tip" value="rectangle"/>
+      <inkml:brushProperty name="rasterOp" value="maskPen"/>
+      <inkml:brushProperty name="ignorePressure" value="1"/>
+    </inkml:brush>
+  </inkml:definitions>
+  <inkml:trace contextRef="#ctx0" brushRef="#br0">291 0 0,'-291'0'0</inkml:trace>
+</inkml:ink>
+</file>
+
+<file path=word/ink/ink4.xml><?xml version="1.0" encoding="utf-8"?>
+<inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
+  <inkml:definitions>
+    <inkml:context xml:id="ctx0">
+      <inkml:inkSource xml:id="inkSrc0">
+        <inkml:traceFormat>
+          <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+        </inkml:traceFormat>
+        <inkml:channelProperties>
+          <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
+        </inkml:channelProperties>
+      </inkml:inkSource>
+      <inkml:timestamp xml:id="ts0" timeString="2026-01-08T13:18:08.615"/>
+    </inkml:context>
+    <inkml:brush xml:id="br0">
+      <inkml:brushProperty name="width" value="0.1" units="cm"/>
+      <inkml:brushProperty name="height" value="0.2" units="cm"/>
+      <inkml:brushProperty name="color" value="#FFFC00"/>
+      <inkml:brushProperty name="tip" value="rectangle"/>
+      <inkml:brushProperty name="rasterOp" value="maskPen"/>
+      <inkml:brushProperty name="ignorePressure" value="1"/>
+    </inkml:brush>
+  </inkml:definitions>
+  <inkml:trace contextRef="#ctx0" brushRef="#br0">4 38,'-1'0,"1"0,0-1,0 1,0 0,-1 0,1 0,0-1,0 1,0 0,0 0,0-1,-1 1,1 0,0 0,0-1,0 1,0 0,0 0,0-1,0 1,0 0,0 0,0-1,0 1,0 0,0-1,0 1,0 0,0 0,0-1,0 1,1 0,-1 0,0-1,0 1,0 0,0 0,0 0,1-1,-1 1,0 0,15-8,19 2,60-1,115 8,-73 2,32-1,178-5,-316-1,-5-1</inkml:trace>
+</inkml:ink>
+</file>
+
+<file path=word/ink/ink5.xml><?xml version="1.0" encoding="utf-8"?>
+<inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
+  <inkml:definitions>
+    <inkml:context xml:id="ctx0">
+      <inkml:inkSource xml:id="inkSrc0">
+        <inkml:traceFormat>
+          <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="F" type="integer" max="32767" units="dev"/>
+        </inkml:traceFormat>
+        <inkml:channelProperties>
+          <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
+        </inkml:channelProperties>
+      </inkml:inkSource>
+      <inkml:timestamp xml:id="ts0" timeString="2026-01-08T13:18:04.900"/>
+    </inkml:context>
+    <inkml:brush xml:id="br0">
+      <inkml:brushProperty name="width" value="0.1" units="cm"/>
+      <inkml:brushProperty name="height" value="0.2" units="cm"/>
+      <inkml:brushProperty name="color" value="#FFFC00"/>
+      <inkml:brushProperty name="tip" value="rectangle"/>
+      <inkml:brushProperty name="rasterOp" value="maskPen"/>
+      <inkml:brushProperty name="ignorePressure" value="1"/>
+    </inkml:brush>
+  </inkml:definitions>
+  <inkml:trace contextRef="#ctx0" brushRef="#br0">0 27 0,'1375'-27'0</inkml:trace>
+</inkml:ink>
+</file>
+
+<file path=word/ink/ink6.xml><?xml version="1.0" encoding="utf-8"?>
+<inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
+  <inkml:definitions>
+    <inkml:context xml:id="ctx0">
+      <inkml:inkSource xml:id="inkSrc0">
+        <inkml:traceFormat>
+          <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="F" type="integer" max="32767" units="dev"/>
+        </inkml:traceFormat>
+        <inkml:channelProperties>
+          <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
+        </inkml:channelProperties>
+      </inkml:inkSource>
+      <inkml:timestamp xml:id="ts0" timeString="2026-01-08T13:18:02.063"/>
+    </inkml:context>
+    <inkml:brush xml:id="br0">
+      <inkml:brushProperty name="width" value="0.1" units="cm"/>
+      <inkml:brushProperty name="height" value="0.2" units="cm"/>
+      <inkml:brushProperty name="color" value="#FFFC00"/>
+      <inkml:brushProperty name="tip" value="rectangle"/>
+      <inkml:brushProperty name="rasterOp" value="maskPen"/>
+      <inkml:brushProperty name="ignorePressure" value="1"/>
+    </inkml:brush>
+  </inkml:definitions>
+  <inkml:trace contextRef="#ctx0" brushRef="#br0">900 132 0,'-821'-132'0,"742"264"0,979-132 0</inkml:trace>
+</inkml:ink>
+</file>
+
+<file path=word/ink/ink7.xml><?xml version="1.0" encoding="utf-8"?>
+<inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
+  <inkml:definitions>
+    <inkml:context xml:id="ctx0">
+      <inkml:inkSource xml:id="inkSrc0">
+        <inkml:traceFormat>
+          <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="F" type="integer" max="32767" units="dev"/>
+        </inkml:traceFormat>
+        <inkml:channelProperties>
+          <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
+        </inkml:channelProperties>
+      </inkml:inkSource>
+      <inkml:timestamp xml:id="ts0" timeString="2025-08-04T15:54:43.172"/>
+    </inkml:context>
+    <inkml:brush xml:id="br0">
+      <inkml:brushProperty name="width" value="0.035" units="cm"/>
+      <inkml:brushProperty name="height" value="0.035" units="cm"/>
+      <inkml:brushProperty name="color" value="#E71224"/>
+    </inkml:brush>
+  </inkml:definitions>
+  <inkml:trace contextRef="#ctx0" brushRef="#br0">1550 282 24515,'-1'11'0,"0"0"0,-2 0 0,-2 0 0,0 0 0,-1 0 0,-2 0 0,-1-1 0,-1 1 0,-1-1 0,-1 0 0,-1 0 0,-2 0 0,0-1 0,-2 1 0,0-1 0,-1 0 0,-2-1 0,0 0 0,-1 0 0,-1 0 0,-1-1 0,0 0 0,-1 0 0,-1-1 0,-1 0 0,0 0 0,-1-1 0,-1 0 0,1 0 0,-2-1 0,0-1 0,0 0 0,0 0 0,-1 0 0,0-1 0,0-1 0,0 0 0,-1 0 0,1-1 0,0 0 0,-1-1 0,1 0 0,0 0 0,0-1 0,0-1 0,1 0 0,0 0 0,0 0 0,0-1 0,2-1 0,-1 0 0,1 0 0,1-1 0,0 0 0,1 0 0,1-1 0,1 0 0,0 0 0,1-1 0,1 0 0,1 0 0,0 0 0,2-1 0,1 0 0,0-1 0,2 1 0,0-1 0,2 0 0,1 0 0,1 0 0,1-1 0,1 1 0,1-1 0,2 0 0,1 0 0,0 0 0,2 0 0,2 0 0,0 0 0,2 0 0,0 0 0,2 0 0,2 0 0,0 0 0,1 0 0,2 0 0,1 1 0,1-1 0,1 1 0,1 0 0,1 0 0,2 0 0,0 1 0,2-1 0,0 1 0,1 0 0,2 1 0,0 0 0,1 0 0,1 0 0,1 1 0,0 0 0,1 0 0,1 1 0,1 0 0,0 0 0,1 1 0,1 0 0,-1 0 0,2 1 0,0 1 0,0 0 0,0 0 0,1 0 0,0 1 0,0 1 0,0 0 0,1 0 0,-1 1 0,0 0 0,1 1 0,-1 0 0,0 0 0,0 1 0,0 1 0,-1 0 0,0 0 0,0 0 0,0 1 0,-2 1 0,1 0 0,-1 0 0,-1 1 0,0 0 0,-1 0 0,-1 1 0,-1 0 0,0 0 0,-1 1 0,-1 0 0,-1 0 0,0 0 0,-2 1 0,-1 0 0,0 1 0,-2-1 0,0 1 0,-2 0 0,-1 0 0,-1 0 0,-1 1 0,-1-1 0,-1 1 0,-2 0 0,-1 0 0,0 0 0,-2 0 0,-2 0 0,0 0 0</inkml:trace>
+</inkml:ink>
+</file>
+
+<file path=word/ink/ink8.xml><?xml version="1.0" encoding="utf-8"?>
 <inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
   <inkml:definitions>
     <inkml:context xml:id="ctx0">
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="F" type="integer" max="32767" units="dev"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
         </inkml:channelProperties>
       </inkml:inkSource>
       <inkml:timestamp xml:id="ts0" timeString="2025-07-29T11:46:10.598"/>
     </inkml:context>
     <inkml:brush xml:id="br0">
       <inkml:brushProperty name="width" value="0.05" units="cm"/>
       <inkml:brushProperty name="height" value="0.05" units="cm"/>
       <inkml:brushProperty name="color" value="#E71224"/>
     </inkml:brush>
   </inkml:definitions>
   <inkml:trace contextRef="#ctx0" brushRef="#br0">1891 946 24527,'-1'37'0,"-1"0"0,-2 0 0,-1-1 0,-1 1 0,-2-1 0,-1 0 0,-2 0 0,-1-1 0,-2-1 0,-1 0 0,-1 0 0,-2-2 0,0 1 0,-2-2 0,-2-1 0,0 0 0,-2-1 0,0-2 0,-2 0 0,-1-1 0,0-2 0,-2 0 0,-1-2 0,0 0 0,-1-2 0,-2-2 0,1 0 0,-2-2 0,0-1 0,0-1 0,-1-2 0,-1-1 0,0-2 0,0-1 0,-1-2 0,1-1 0,-1-1 0,0-2 0,0-1 0,-1-2 0,1-1 0,0-2 0,1-1 0,-1-1 0,1-2 0,0-1 0,0-2 0,1-1 0,1-2 0,0-1 0,0-1 0,2-2 0,-1 0 0,2-2 0,1-2 0,0 0 0,1-2 0,2 0 0,0-2 0,1-1 0,2 0 0,0-2 0,2-1 0,0 0 0,2-1 0,2-2 0,0 1 0,2-2 0,1 0 0,1 0 0,2-1 0,1-1 0,2 0 0,1 0 0,2-1 0,1 1 0,1-1 0,2 0 0,1 0 0,2-1 0,1 1 0,2 0 0,1 1 0,1-1 0,2 1 0,1 0 0,2 0 0,1 1 0,2 1 0,1 0 0,1 0 0,2 2 0,0-1 0,2 2 0,2 1 0,0 0 0,2 1 0,0 2 0,2 0 0,1 1 0,0 2 0,2 0 0,1 2 0,0 0 0,1 2 0,2 2 0,-1 0 0,2 2 0,0 1 0,0 1 0,1 2 0,1 1 0,0 2 0,0 1 0,1 2 0,-1 1 0,1 1 0,0 2 0,1 1 0,-1 2 0,0 1 0,0 2 0,-1 1 0,1 1 0,-1 2 0,0 1 0,0 2 0,-1 1 0,-1 2 0,0 1 0,0 1 0,-2 2 0,1 0 0,-2 2 0,-1 2 0,0 0 0,-1 2 0,-2 0 0,0 2 0,-1 1 0,-2 0 0,0 2 0,-2 1 0,0 0 0,-2 1 0,-2 2 0,0-1 0,-2 2 0,-1 0 0,-1 0 0,-2 1 0,-1 1 0,-2 0 0,-1 0 0,-2 1 0,-1-1 0,-1 1 0,-2 0 0,-1 1 0</inkml:trace>
 </inkml:ink>
 </file>
 
-<file path=word/ink/ink3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/ink/ink9.xml><?xml version="1.0" encoding="utf-8"?>
 <inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
   <inkml:definitions>
     <inkml:context xml:id="ctx0">
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="F" type="integer" max="32767" units="dev"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
         </inkml:channelProperties>
       </inkml:inkSource>
       <inkml:timestamp xml:id="ts0" timeString="2025-07-29T11:45:47.530"/>
     </inkml:context>
     <inkml:brush xml:id="br0">
       <inkml:brushProperty name="width" value="0.05" units="cm"/>
       <inkml:brushProperty name="height" value="0.05" units="cm"/>
       <inkml:brushProperty name="color" value="#E71224"/>
     </inkml:brush>
   </inkml:definitions>
   <inkml:trace contextRef="#ctx0" brushRef="#br0">0 1 24575,'0'0'-8191</inkml:trace>
-</inkml:ink>
-[...168 lines deleted...]
-  <inkml:trace contextRef="#ctx0" brushRef="#br0">189 0,'1'1,"0"-1,0 1,0-1,0 1,0 0,-1-1,1 1,0 0,0 0,-1-1,1 1,-1 0,1 0,-1 0,1 0,-1 0,1 0,-1 0,0 0,1 0,-1 0,0 0,0 0,0 0,0 0,0 0,0 0,0 0,0 0,0 0,-1 0,1 0,0 0,-1 0,0 1,-9 42,10-44,-10 28,-1 0,-17 30,15-34,1 1,2 0,-9 30,11-29,-22 47,17-46,-15 51,26-69,0-1,1 0,0 1,0 0,1-1,0 1,0-1,1 1,0 0,4 13,1-5</inkml:trace>
 </inkml:ink>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -20991,50 +22403,128 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <IconOverlay xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ef834189-ea37-43c1-b23c-fe8cd9c72e41">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Open xmlns="ef834189-ea37-43c1-b23c-fe8cd9c72e41">true</Open>
+    <_dlc_DocId xmlns="189d6819-42bb-40a9-9aa1-b6cfbddd55fc">HFUTUREDOCID-1165664543-179494</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="189d6819-42bb-40a9-9aa1-b6cfbddd55fc">
+      <Url>https://hants.sharepoint.com/sites/HF/_layouts/15/DocIdRedir.aspx?ID=HFUTUREDOCID-1165664543-179494</Url>
+      <Description>HFUTUREDOCID-1165664543-179494</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010082B2C58A1F3B5F40B9DAB2C1A41FA8E9" ma:contentTypeVersion="536" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d910969e0fcf5d7ea07031dde4968eab">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="189d6819-42bb-40a9-9aa1-b6cfbddd55fc" xmlns:ns3="ef834189-ea37-43c1-b23c-fe8cd9c72e41" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1a1cb5a26f2b5c93be6e58d676392be3" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="189d6819-42bb-40a9-9aa1-b6cfbddd55fc"/>
     <xsd:import namespace="ef834189-ea37-43c1-b23c-fe8cd9c72e41"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns4:IconOverlay" minOccurs="0"/>
                 <xsd:element ref="ns1:_vti_ItemDeclaredRecord" minOccurs="0"/>
                 <xsd:element ref="ns1:_vti_ItemHoldRecordStatus" minOccurs="0"/>
                 <xsd:element ref="ns3:Open" minOccurs="0"/>
@@ -21290,220 +22780,142 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...58 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D15D8C01-E1A5-49A5-8D28-C2698624222D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E897E132-A8C0-445D-B98E-35C82D4EAC82}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
+    <ds:schemaRef ds:uri="ef834189-ea37-43c1-b23c-fe8cd9c72e41"/>
+    <ds:schemaRef ds:uri="189d6819-42bb-40a9-9aa1-b6cfbddd55fc"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{29D7FBE0-BB11-4A33-9C8E-A432C273DF68}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4187A060-05B8-433A-8256-08DDEA5338A1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="189d6819-42bb-40a9-9aa1-b6cfbddd55fc"/>
     <ds:schemaRef ds:uri="ef834189-ea37-43c1-b23c-fe8cd9c72e41"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0B59310-33F2-4710-944F-168D336E6443}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
-  </ds:schemaRefs>
-[...11 lines deleted...]
-    <ds:schemaRef ds:uri="189d6819-42bb-40a9-9aa1-b6cfbddd55fc"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>29</Pages>
-[...1 lines deleted...]
-  <Characters>19775</Characters>
+  <Pages>31</Pages>
+  <Words>3821</Words>
+  <Characters>20370</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>164</Lines>
-  <Paragraphs>46</Paragraphs>
+  <Lines>536</Lines>
+  <Paragraphs>396</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hampshire County Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>23198</CharactersWithSpaces>
+  <CharactersWithSpaces>23795</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>5046281</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://ebsontrackprospect-hcc.tribal-ebs.com/Page/findcourse</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>1900667</vt:i4>
       </vt:variant>
       <vt:variant>