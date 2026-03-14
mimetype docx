--- v1 (2026-01-19)
+++ v2 (2026-03-14)
@@ -7,56 +7,50 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/ink/ink1.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/ink/ink2.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/ink/ink3.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/ink/ink4.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/ink/ink5.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/ink/ink6.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/ink/ink7.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/ink/ink8.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/ink/ink9.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/ink/ink10.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/ink/ink11.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/ink/ink12.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/ink/ink13.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/ink/ink14.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/ink/ink15.xml" ContentType="application/inkml+xml"/>
-  <Override PartName="/word/ink/ink16.xml" ContentType="application/inkml+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/word/ink/ink21.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="045A2607" w14:textId="004DEDAD" w:rsidR="008B79FE" w:rsidRPr="0096681C" w:rsidRDefault="008B79FE" w:rsidP="008B79FE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
@@ -835,51 +829,51 @@
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent2"/>
                         </a:fillRef>
                         <a:effectRef idx="2">
                           <a:schemeClr val="accent2"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="38659C48" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+              <v:shapetype w14:anchorId="5BE8938D" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                 <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                 <o:lock v:ext="edit" shapetype="t"/>
               </v:shapetype>
               <v:shape id="Straight Arrow Connector 309" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:468.95pt;margin-top:112.45pt;width:72.45pt;height:24.75pt;flip:x y;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAMvPTgyAEAAOADAAAOAAAAZHJzL2Uyb0RvYy54bWysU8uO1DAQvCPxD5bvTB7DIogms4dZHgcE&#10;q+Vx9zr2xJJjW+1mkvw9bSebRYC0EuJiddyu6q7qzuF6Giy7KIjGu5ZXu5Iz5aTvjDu3/NvXdy9e&#10;cxZRuE5Y71TLZxX59fH5s8MYGlX73ttOASMSF5sxtLxHDE1RRNmrQcSdD8pRUnsYBNInnIsOxEjs&#10;gy3qsnxVjB66AF6qGOn2ZknyY+bXWkn8rHVUyGzLqTfMJ+TzPp3F8SCaM4jQG7m2If6hi0EYR0U3&#10;qhuBgv0A8wfVYCT46DXupB8Kr7WRKmsgNVX5m5ovvQgqayFzYthsiv+PVn66nNwtkA1jiE0Mt5BU&#10;TBoGpq0JH2imPEffU5Ry1DObsoHzZqCakEm6fEMiqivOJKX21ct9fZUMLhbCBA4Q8b3yA0tByyOC&#10;MOceT945GpWHpYS4fIy4AB8ACWxdOlEY+9Z1DOdA+yQA/LgWSfniUUaOcLZqwd4pzUxHTe6zjLxh&#10;6mSBXQTthpBSOaw3JnqdYNpYuwHLp4Hr+wRVefs2cP00eEPkyt7hBh6M8/A3ApyqtWW9vH9wYNGd&#10;LLj33ZwHnK2hNcoDWVc+7emv3xn++GMefwIAAP//AwBQSwMEFAAGAAgAAAAhAMyvomPiAAAADAEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoXWP1J8SpAAmhHlCh5dDenNjEEbEd&#10;2W4b3p7tCW67O6PZb8rV6HpyMjF1wUuYThgQ45ugO99K+Ny93C2ApKy8Vn3wRsKPSbCqrq9KVehw&#10;9h/mtM0twRCfCiXB5jwUlKbGGqfSJAzGo/YVolMZ19hSHdUZw11POWMz6lTn8YNVg3m2pvneHp0E&#10;sZnVYr17Ynz9enibart530cq5e3N+PgAJJsx/5nhgo/oUCFTHY5eJ9JLWN7Pl2iVwLnA4eJgC45t&#10;ajzNhQBalfR/ieoXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEADLz04MgBAADgAwAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAzK+iY+IAAAAMAQAA&#10;DwAAAAAAAAAAAAAAAAAiBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADEFAAAAAA==&#10;" strokecolor="#c0504d [3205]" strokeweight="3pt">
                 <v:stroke endarrow="open"/>
                 <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00AB249E" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="387AA696" wp14:editId="387AA697">
                 <wp:simplePos x="0" y="0"/>
@@ -1014,51 +1008,51 @@
                           <a:tailEnd type="arrow"/>
                         </a:ln>
                         <a:effectLst>
                           <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
                             <a:srgbClr val="000000">
                               <a:alpha val="35000"/>
                             </a:srgbClr>
                           </a:outerShdw>
                         </a:effectLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="38C17C5F" id="Straight Arrow Connector 303" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:163.2pt;margin-top:69pt;width:19.55pt;height:25.1pt;flip:y;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCoyanWCAIAAAIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8mO2zAMvRfoPwi6N3a2ThDEmUPS6aVo&#10;B50uZ0aLLUCWBEoTJ39fSs6kaedW1AdBJMXHR/J5c3/qLTsqjMa7hk8nNWfKCS+Naxv+/dvDuxVn&#10;MYGTYL1TDT+ryO+3b99shrBWM995KxUyAnFxPYSGdymFdVVF0ake4sQH5SioPfaQyMS2kggDofe2&#10;mtX1+2rwKAN6oWIk734M8m3B11qJ9EXrqBKzDSduqZxYzkM+q+0G1i1C6Iy40IB/YNGDcVT0CrWH&#10;BOwZzSuo3gj00es0Eb6vvNZGqNIDdTOt/+rmqYOgSi80nBiuY4r/D1Z8Pu7cI9IYhhDXMTxi7uKk&#10;sWfamvCDdlr6IqbsVMZ2vo5NnRIT5JwtVrPVkjNBofl0dXdXxlqNMBkuYEwfle9ZvjQ8JgTTdmnn&#10;naMFeRxLwPFTTESEEl8ScrLzD8basifr2EAlVtOaVimA5KItJLr2QRKsazkD25IORcLCOnprZE7P&#10;QBHbw84iOwJpYVcv68U+r5/K/fEs195D7MZ3JTSqJIGxH5xk6RxIyIDoh0u+dRlfFblRD9nwz0nh&#10;UycHdrDP+BWI36KmjzNp8gxm84tBWlyWCIXQp58mdWXtecqvWGcEwsh+sKGDkeN8mZ2XVsYmS1tX&#10;DsW6oVf93nW+Hbw8FwkUPwmtvL/8FFnJtzbdb3/d7S8AAAD//wMAUEsDBBQABgAIAAAAIQCr6/Aq&#10;3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4QwEIXvJv6HZky8uUVYCEHKxhjXmzGuHuRW&#10;aBdY6RTbLuC/dzzpcd778ua9creakc3a+cGigNtNBExja9WAnYD3t/1NDswHiUqOFrWAb+1hV11e&#10;lLJQdsFXPR9CxygEfSEF9CFMBee+7bWRfmMnjeQdrTMy0Ok6rpxcKNyMPI6ijBs5IH3o5aQfet1+&#10;Hs5GwPbLPidPdZPM+xe3fIRTvT7WqRDXV+v9HbCg1/AHw299qg4VdWrsGZVno4AkzraEkpHkNIqI&#10;JEtTYA0peR4Dr0r+f0P1AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKjJqdYIAgAAAgQA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKvr8CrfAAAA&#10;CwEAAA8AAAAAAAAAAAAAAAAAYgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABuBQAA&#10;AAA=&#10;" strokecolor="#c0504d" strokeweight="3pt">
+              <v:shape w14:anchorId="0420DDBC" id="Straight Arrow Connector 303" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:163.2pt;margin-top:69pt;width:19.55pt;height:25.1pt;flip:y;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCoyanWCAIAAAIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8mO2zAMvRfoPwi6N3a2ThDEmUPS6aVo&#10;B50uZ0aLLUCWBEoTJ39fSs6kaedW1AdBJMXHR/J5c3/qLTsqjMa7hk8nNWfKCS+Naxv+/dvDuxVn&#10;MYGTYL1TDT+ryO+3b99shrBWM995KxUyAnFxPYSGdymFdVVF0ake4sQH5SioPfaQyMS2kggDofe2&#10;mtX1+2rwKAN6oWIk734M8m3B11qJ9EXrqBKzDSduqZxYzkM+q+0G1i1C6Iy40IB/YNGDcVT0CrWH&#10;BOwZzSuo3gj00es0Eb6vvNZGqNIDdTOt/+rmqYOgSi80nBiuY4r/D1Z8Pu7cI9IYhhDXMTxi7uKk&#10;sWfamvCDdlr6IqbsVMZ2vo5NnRIT5JwtVrPVkjNBofl0dXdXxlqNMBkuYEwfle9ZvjQ8JgTTdmnn&#10;naMFeRxLwPFTTESEEl8ScrLzD8basifr2EAlVtOaVimA5KItJLr2QRKsazkD25IORcLCOnprZE7P&#10;QBHbw84iOwJpYVcv68U+r5/K/fEs195D7MZ3JTSqJIGxH5xk6RxIyIDoh0u+dRlfFblRD9nwz0nh&#10;UycHdrDP+BWI36KmjzNp8gxm84tBWlyWCIXQp58mdWXtecqvWGcEwsh+sKGDkeN8mZ2XVsYmS1tX&#10;DsW6oVf93nW+Hbw8FwkUPwmtvL/8FFnJtzbdb3/d7S8AAAD//wMAUEsDBBQABgAIAAAAIQCr6/Aq&#10;3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4QwEIXvJv6HZky8uUVYCEHKxhjXmzGuHuRW&#10;aBdY6RTbLuC/dzzpcd778ua9creakc3a+cGigNtNBExja9WAnYD3t/1NDswHiUqOFrWAb+1hV11e&#10;lLJQdsFXPR9CxygEfSEF9CFMBee+7bWRfmMnjeQdrTMy0Ok6rpxcKNyMPI6ijBs5IH3o5aQfet1+&#10;Hs5GwPbLPidPdZPM+xe3fIRTvT7WqRDXV+v9HbCg1/AHw299qg4VdWrsGZVno4AkzraEkpHkNIqI&#10;JEtTYA0peR4Dr0r+f0P1AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKjJqdYIAgAAAgQA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKvr8CrfAAAA&#10;CwEAAA8AAAAAAAAAAAAAAAAAYgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABuBQAA&#10;AAA=&#10;" strokecolor="#c0504d" strokeweight="3pt">
                 <v:stroke endarrow="open"/>
                 <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00AB249E" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="387AA69A" wp14:editId="387AA69B">
             <wp:extent cx="4320000" cy="3456000"/>
             <wp:effectExtent l="0" t="0" r="4445" b="0"/>
             <wp:docPr id="319" name="Picture 319"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -1576,51 +1570,69 @@
         </w:rPr>
         <w:t xml:space="preserve">“Prospectus?”  field should be ticked if course is to appear on </w:t>
       </w:r>
       <w:r w:rsidR="008A3775" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ontrack </w:t>
       </w:r>
       <w:r w:rsidR="00653C34" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Prospect</w:t>
       </w:r>
       <w:r w:rsidR="000E7DEE" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (ie visible to the public via </w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000E7DEE" w:rsidRPr="0096681C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000E7DEE" w:rsidRPr="0096681C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> visible to the public via </w:t>
       </w:r>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the course search) or unticked if the course is not to be made visible.</w:t>
       </w:r>
       <w:r w:rsidR="000B138B" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  The majority of course</w:t>
       </w:r>
       <w:r w:rsidR="00311A95">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
@@ -2072,51 +2084,51 @@
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent2"/>
                         </a:fillRef>
                         <a:effectRef idx="1">
                           <a:schemeClr val="accent2"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6CF73018" id="Straight Arrow Connector 1" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:484.45pt;margin-top:259.9pt;width:3.6pt;height:69.75pt;flip:x y;z-index:251698184;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCpWnPnzAEAAOIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P1DAMvSPxH6LcmXZGDAzVdPYwy8cB&#10;wWphuWdTp42UJpFjpu2/J0m7XQQrkBAXy439bL9n93g19oZdAIN2tubbTckZWOkabdua33199+LA&#10;WSBhG2GchZpPEPjV6fmz4+Ar2LnOmQaQxSI2VIOveUfkq6IIsoNehI3zYGNQOewFxU9siwbFEKv3&#10;ptiV5aticNh4dBJCiK/Xc5Cfcn2lQNJnpQIQMzWPs1G2mO19ssXpKKoWhe+0XMYQ/zBFL7SNTddS&#10;14IE+476t1K9luiCU7SRri+cUlpC5hDZbMtf2HzphIfMJYoT/CpT+H9l5afL2d5glGHwoQr+BhOL&#10;UWHPlNH+Q9wpz9635KVYnJmNWcBpFRBGYjI+vty/3r7hTMbI4bDfl4ekbzHXS1iPgd6D61lyah4I&#10;hW47Ojtr46Yczh3E5WOgGfgASGBjkyWhzVvbMJp8PCdCLWxrYOmTUopHItmjycAMvwXFdBPH3GUi&#10;+cbgbJBdRLwOISVY2q2VYnaCKW3MCiz/DlzyExTy/a3gmdwfu66I3NlZWsG9tg6f6k7jdhlZzfkP&#10;Csy8kwT3rpnyirM08ZDyTpajT5f683eGP/6apx8AAAD//wMAUEsDBBQABgAIAAAAIQDwSeeQ4QAA&#10;AAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9RS8MwFIXfBf9DuIJvLq2ybKlNhwx8EASxFsS3tMma&#10;suamJllX/73xyT1e7sc53yl3ix3JrH0YHArIVxkQjZ1TA/YCmo/nuy2QECUqOTrUAn50gF11fVXK&#10;Qrkzvuu5jj1JIRgKKcDEOBWUhs5oK8PKTRrT7+C8lTGdvqfKy3MKtyO9zzJGrRwwNRg56b3R3bE+&#10;WQGvWYOs/v588W/7YTN/zYY2rRHi9mZ5egQS9RL/YfjTT+pQJafWnVAFMgrgbMsTKmCd87QhEXzD&#10;ciCtALbmD0Crkl5uqH4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqVpz58wBAADiAwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA8EnnkOEAAAAL&#10;AQAADwAAAAAAAAAAAAAAAAAmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADQFAAAA&#10;AA==&#10;" strokecolor="#c0504d [3205]" strokeweight="2pt">
+              <v:shape w14:anchorId="0954737E" id="Straight Arrow Connector 1" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:484.45pt;margin-top:259.9pt;width:3.6pt;height:69.75pt;flip:x y;z-index:251698184;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCpWnPnzAEAAOIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P1DAMvSPxH6LcmXZGDAzVdPYwy8cB&#10;wWphuWdTp42UJpFjpu2/J0m7XQQrkBAXy439bL9n93g19oZdAIN2tubbTckZWOkabdua33199+LA&#10;WSBhG2GchZpPEPjV6fmz4+Ar2LnOmQaQxSI2VIOveUfkq6IIsoNehI3zYGNQOewFxU9siwbFEKv3&#10;ptiV5aticNh4dBJCiK/Xc5Cfcn2lQNJnpQIQMzWPs1G2mO19ssXpKKoWhe+0XMYQ/zBFL7SNTddS&#10;14IE+476t1K9luiCU7SRri+cUlpC5hDZbMtf2HzphIfMJYoT/CpT+H9l5afL2d5glGHwoQr+BhOL&#10;UWHPlNH+Q9wpz9635KVYnJmNWcBpFRBGYjI+vty/3r7hTMbI4bDfl4ekbzHXS1iPgd6D61lyah4I&#10;hW47Ojtr46Yczh3E5WOgGfgASGBjkyWhzVvbMJp8PCdCLWxrYOmTUopHItmjycAMvwXFdBPH3GUi&#10;+cbgbJBdRLwOISVY2q2VYnaCKW3MCiz/DlzyExTy/a3gmdwfu66I3NlZWsG9tg6f6k7jdhlZzfkP&#10;Csy8kwT3rpnyirM08ZDyTpajT5f683eGP/6apx8AAAD//wMAUEsDBBQABgAIAAAAIQDwSeeQ4QAA&#10;AAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9RS8MwFIXfBf9DuIJvLq2ybKlNhwx8EASxFsS3tMma&#10;suamJllX/73xyT1e7sc53yl3ix3JrH0YHArIVxkQjZ1TA/YCmo/nuy2QECUqOTrUAn50gF11fVXK&#10;Qrkzvuu5jj1JIRgKKcDEOBWUhs5oK8PKTRrT7+C8lTGdvqfKy3MKtyO9zzJGrRwwNRg56b3R3bE+&#10;WQGvWYOs/v588W/7YTN/zYY2rRHi9mZ5egQS9RL/YfjTT+pQJafWnVAFMgrgbMsTKmCd87QhEXzD&#10;ciCtALbmD0Crkl5uqH4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqVpz58wBAADiAwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA8EnnkOEAAAAL&#10;AQAADwAAAAAAAAAAAAAAAAAmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADQFAAAA&#10;AA==&#10;" strokecolor="#c0504d [3205]" strokeweight="2pt">
                 <v:stroke endarrow="block"/>
                 <v:shadow on="t" color="black" opacity="24903f" origin=",.5" offset="0,.55556mm"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="002C2FDD" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2869DF8F" wp14:editId="2BD152E8">
             <wp:extent cx="8863330" cy="4368800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="333" name="Picture 333"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -2773,51 +2785,51 @@
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent2"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent2"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="44FA67C1" id="Straight Arrow Connector 320" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:351.35pt;margin-top:51.6pt;width:39.15pt;height:43.8pt;flip:x;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCtc9GhzgEAAOADAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815JdOUkFyzk4fRyK&#10;NujjAxiKtAhQXGLJWtLfd0kpSpECBVr0QlAkZ2ZndnW4HXvLLgqDAdfw7abkTDkJrXHnhn//9u7V&#10;DWchCtcKC041fFKB3x5fvjgMvlY76MC2ChmRuFAPvuFdjL4uiiA71YuwAa8cXWrAXkT6xHPRohiI&#10;vbfFriyvigGw9QhShUCnd/MlP2Z+rZWMn7UOKjLbcKot5hXz+pDW4ngQ9RmF74xcyhD/UEUvjCPR&#10;lepORMF+oPmNqjcSIYCOGwl9AVobqbIHcrMtn7n52gmvshcKJ/g1pvD/aOWny8ndI8Uw+FAHf4/J&#10;xaixZ9oa/4F6mn1RpWzMsU1rbGqMTNJh9ea6el1xJulqv7+qbq5TrMVMk+g8hvheQc/SpuEhojDn&#10;Lp7AOWoQ4CwhLh9DnIGPgAS2jg0N3+2rssyVRGHsW9eyOHmaJ4EIwyJnHak+2ci7OFk1s3xRmpmW&#10;yp3V8oSpk0V2ETQbQkrl4m5lotcJpo21K3DW/yNweZ+gKk/f34BXRFYGF1dwbxxgdv9MPY7bpWQ9&#10;v39MYPadIniAdsoNztHQGOXWLCOf5vTX7wx/+jGPPwEAAP//AwBQSwMEFAAGAAgAAAAhAGIjg5fh&#10;AAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdbQomxmyKiIIUKW0jpcdt&#10;MibB7GzIbpvYX+940uO89/HmvWw52U6ccfCtIw3zmQKBVLqqpVrDR/F6l4DwwVBlOkeo4Rs9LPPr&#10;q8yklRtpi+ddqAWHkE+NhiaEPpXSlw1a42euR2Lv0w3WBD6HWlaDGTncdjJS6l5a0xJ/aEyPzw2W&#10;X7uT1RCv8S0aD4v1tti8vO9XlyJxq4vWtzfT0yOIgFP4g+G3PleHnDsd3YkqLzrOUFHMKBtqEYFg&#10;Ik7mvO7IyoNKQOaZ/L8h/wEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCtc9GhzgEAAOAD&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBiI4OX4QAA&#10;AAsBAAAPAAAAAAAAAAAAAAAAACgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAANgUA&#10;AAAA&#10;" strokecolor="#bc4542 [3045]" strokeweight="2pt">
+              <v:shape w14:anchorId="7E7A73B2" id="Straight Arrow Connector 320" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:351.35pt;margin-top:51.6pt;width:39.15pt;height:43.8pt;flip:x;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCtc9GhzgEAAOADAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815JdOUkFyzk4fRyK&#10;NujjAxiKtAhQXGLJWtLfd0kpSpECBVr0QlAkZ2ZndnW4HXvLLgqDAdfw7abkTDkJrXHnhn//9u7V&#10;DWchCtcKC041fFKB3x5fvjgMvlY76MC2ChmRuFAPvuFdjL4uiiA71YuwAa8cXWrAXkT6xHPRohiI&#10;vbfFriyvigGw9QhShUCnd/MlP2Z+rZWMn7UOKjLbcKot5hXz+pDW4ngQ9RmF74xcyhD/UEUvjCPR&#10;lepORMF+oPmNqjcSIYCOGwl9AVobqbIHcrMtn7n52gmvshcKJ/g1pvD/aOWny8ndI8Uw+FAHf4/J&#10;xaixZ9oa/4F6mn1RpWzMsU1rbGqMTNJh9ea6el1xJulqv7+qbq5TrMVMk+g8hvheQc/SpuEhojDn&#10;Lp7AOWoQ4CwhLh9DnIGPgAS2jg0N3+2rssyVRGHsW9eyOHmaJ4EIwyJnHak+2ci7OFk1s3xRmpmW&#10;yp3V8oSpk0V2ETQbQkrl4m5lotcJpo21K3DW/yNweZ+gKk/f34BXRFYGF1dwbxxgdv9MPY7bpWQ9&#10;v39MYPadIniAdsoNztHQGOXWLCOf5vTX7wx/+jGPPwEAAP//AwBQSwMEFAAGAAgAAAAhAGIjg5fh&#10;AAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdbQomxmyKiIIUKW0jpcdt&#10;MibB7GzIbpvYX+940uO89/HmvWw52U6ccfCtIw3zmQKBVLqqpVrDR/F6l4DwwVBlOkeo4Rs9LPPr&#10;q8yklRtpi+ddqAWHkE+NhiaEPpXSlw1a42euR2Lv0w3WBD6HWlaDGTncdjJS6l5a0xJ/aEyPzw2W&#10;X7uT1RCv8S0aD4v1tti8vO9XlyJxq4vWtzfT0yOIgFP4g+G3PleHnDsd3YkqLzrOUFHMKBtqEYFg&#10;Ik7mvO7IyoNKQOaZ/L8h/wEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCtc9GhzgEAAOAD&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBiI4OX4QAA&#10;AAsBAAAPAAAAAAAAAAAAAAAAACgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAANgUA&#10;AAAA&#10;" strokecolor="#bc4542 [3045]" strokeweight="2pt">
                 <v:stroke endarrow="open"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="387AA6A2" wp14:editId="387AA6A3">
             <wp:extent cx="4354007" cy="2721254"/>
             <wp:effectExtent l="0" t="0" r="8890" b="3175"/>
             <wp:docPr id="325" name="Picture 325"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -3020,51 +3032,51 @@
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent3"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent3"/>
                         </a:fillRef>
                         <a:effectRef idx="1">
                           <a:schemeClr val="accent3"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="28D949D1" id="Straight Arrow Connector 322" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:140.65pt;margin-top:25.65pt;width:82.35pt;height:46.65pt;flip:y;z-index:251658246;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjqNbTzQEAAOEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadLSQIma7qELXBCs&#10;+Lp7Hbux5C+Nhyb590ycbBYBAglxsRzb7715bybHm8FZdlWQTPAN325KzpSXoTX+0vAvn988O3CW&#10;UPhW2OBVw0eV+M3p6ZNjH2u1C12wrQJGJD7VfWx4hxjrokiyU06kTYjK06UO4ATSJ1yKFkRP7M4W&#10;u7J8UfQB2ghBqpTo9Ha+5KfMr7WS+EHrpJDZhlNtmFfI6/20FqejqC8gYmfkUob4hyqcMJ5EV6pb&#10;gYJ9A/MLlTMSQgoaNzK4ImhtpMoeyM22/MnNp05Elb1QOCmuMaX/RyvfX8/+DiiGPqY6xTuYXAwa&#10;HNPWxK/U0+yLKmVDjm1cY1MDMkmH23JfHfYVZ5Luqle7fVVNuRYzz8QXIeFbFRybNg1PCMJcOjwH&#10;76lDAWYNcX2XcAY+ACaw9awnkerwssqloDD2tW8ZjpEGSgCEfpGznlQffeQdjlbNLB+VZqaleneZ&#10;Jo+YOltgV0HDIaRUHp+vTPR6gmlj7Qos/w5c3k9QlcdvBc8e/6i6IrJy8LiCnfEBfqeOw3YpWc/v&#10;HxKYfU8R3Id2zB3O0dAc5dYsMz8N6o/fGf74Z56+AwAA//8DAFBLAwQUAAYACAAAACEA/+szs90A&#10;AAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPMU/DMBCFdyT+g3VIbNRpKVUU4lRVJQYWpLQsbNfY&#10;TULsc2S7Tfj3XCeY7k7v07v3yu3srLiaEHtPCpaLDIShxuueWgWfx7enHERMSBqtJ6Pgx0TYVvd3&#10;JRbaT1Sb6yG1gk0oFqigS2kspIxNZxzGhR8NsXb2wWHiM7RSB5zY3Fm5yrKNdNgTf+hwNPvONMPh&#10;4hT03z7t6CMM+HW2+6nO6+H4Piv1+DDvXkEkM6c/GG7xOTpUnOnkL6SjsApW+fKZUQUvt8nAer3h&#10;cicmeQNZlfJ/heoXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA46jW080BAADhAwAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA/+szs90AAAAKAQAA&#10;DwAAAAAAAAAAAAAAAAAnBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADEFAAAAAA==&#10;" strokecolor="#9bbb59 [3206]" strokeweight="1.25pt">
+              <v:shape w14:anchorId="0FBD9D8C" id="Straight Arrow Connector 322" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:140.65pt;margin-top:25.65pt;width:82.35pt;height:46.65pt;flip:y;z-index:251658246;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjqNbTzQEAAOEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadLSQIma7qELXBCs&#10;+Lp7Hbux5C+Nhyb590ycbBYBAglxsRzb7715bybHm8FZdlWQTPAN325KzpSXoTX+0vAvn988O3CW&#10;UPhW2OBVw0eV+M3p6ZNjH2u1C12wrQJGJD7VfWx4hxjrokiyU06kTYjK06UO4ATSJ1yKFkRP7M4W&#10;u7J8UfQB2ghBqpTo9Ha+5KfMr7WS+EHrpJDZhlNtmFfI6/20FqejqC8gYmfkUob4hyqcMJ5EV6pb&#10;gYJ9A/MLlTMSQgoaNzK4ImhtpMoeyM22/MnNp05Elb1QOCmuMaX/RyvfX8/+DiiGPqY6xTuYXAwa&#10;HNPWxK/U0+yLKmVDjm1cY1MDMkmH23JfHfYVZ5Luqle7fVVNuRYzz8QXIeFbFRybNg1PCMJcOjwH&#10;76lDAWYNcX2XcAY+ACaw9awnkerwssqloDD2tW8ZjpEGSgCEfpGznlQffeQdjlbNLB+VZqaleneZ&#10;Jo+YOltgV0HDIaRUHp+vTPR6gmlj7Qos/w5c3k9QlcdvBc8e/6i6IrJy8LiCnfEBfqeOw3YpWc/v&#10;HxKYfU8R3Id2zB3O0dAc5dYsMz8N6o/fGf74Z56+AwAA//8DAFBLAwQUAAYACAAAACEA/+szs90A&#10;AAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPMU/DMBCFdyT+g3VIbNRpKVUU4lRVJQYWpLQsbNfY&#10;TULsc2S7Tfj3XCeY7k7v07v3yu3srLiaEHtPCpaLDIShxuueWgWfx7enHERMSBqtJ6Pgx0TYVvd3&#10;JRbaT1Sb6yG1gk0oFqigS2kspIxNZxzGhR8NsXb2wWHiM7RSB5zY3Fm5yrKNdNgTf+hwNPvONMPh&#10;4hT03z7t6CMM+HW2+6nO6+H4Piv1+DDvXkEkM6c/GG7xOTpUnOnkL6SjsApW+fKZUQUvt8nAer3h&#10;cicmeQNZlfJ/heoXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA46jW080BAADhAwAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA/+szs90AAAAKAQAA&#10;DwAAAAAAAAAAAAAAAAAnBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADEFAAAAAA==&#10;" strokecolor="#9bbb59 [3206]" strokeweight="1.25pt">
                 <v:stroke endarrow="open"/>
                 <v:shadow on="t" color="black" opacity="24903f" origin=",.5" offset="0,.55556mm"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="387AA6A8" wp14:editId="387AA6A9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1698625</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>632460</wp:posOffset>
@@ -3095,51 +3107,51 @@
                           <a:tailEnd type="arrow"/>
                         </a:ln>
                         <a:effectLst>
                           <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
                             <a:srgbClr val="000000">
                               <a:alpha val="35000"/>
                             </a:srgbClr>
                           </a:outerShdw>
                         </a:effectLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="504BE64C" id="Straight Arrow Connector 321" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:133.75pt;margin-top:49.8pt;width:57.55pt;height:17.8pt;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDUZOQ//wEAAPgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2jAQvVfqP1i+lwRYtggR9gDdXqp2&#10;1W3V8+A4iSXHY40Ngb/v2GFZ2r1VvTge2/PmvTeT9cOpt+KoKRh0lZxOSim0U1gb11by54/HD0sp&#10;QgRXg0WnK3nWQT5s3r9bD36lZ9ihrTUJBnFhNfhKdjH6VVEE1ekewgS9dnzZIPUQOaS2qAkGRu9t&#10;MSvL+2JAqj2h0iHw6W68lJuM3zRaxW9NE3QUtpLMLeaV8rpPa7FZw6ol8J1RFxrwDyx6MI6LXqF2&#10;EEEcyLyB6o0iDNjEicK+wKYxSmcNrGZa/qXmuQOvsxY2J/irTeH/waqvx617IrZh8GEV/BMlFaeG&#10;+vRlfuKUzTpfzdKnKBQffpyXy+VCCsVXs9l9eZ/NLF6TPYX4WWMv0qaSIRKYtotbdI7bgjTNhsHx&#10;S4hcnhNfElJlh4/G2twd68TAJRZ3JTdQAQ9JYyHytvc1w7pWCrAtT5+KlCEDWlOn9AQUqN1vLYkj&#10;8ARsy0V5t0tN53J/PEu1dxC68V2+GmcjgrGfXC3i2fP4AhEOl3zrEr7OQ8Yasl+HqOm5qwextwf6&#10;DsyPWSfetUkezOaXgCcw6ckRYfxlYpebnVx+wzq/G8/B+g5GjvNFyr5IGUVmWfjCIUc39IrXDqfd&#10;Hutzbnw+5/HK7y+/Qprf25j3tz/s5jcAAAD//wMAUEsDBBQABgAIAAAAIQDYMwfs4AAAAAoBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjcWEqndV1pOg0E4sBpH7AdvcakFU1SNdlW&#10;/j3mBDdbfvT6ecvlaDtxpiG03im4nyQgyNVet84o2G1f7nIQIaLT2HlHCr4pwLK6viqx0P7i1nTe&#10;RCM4xIUCFTQx9oWUoW7IYpj4nhzfPv1gMfI6GKkHvHC47WSaJJm02Dr+0GBPTw3VX5uTVXBod4fH&#10;Z3zNzX7+tsX8Y/Ue9kap25tx9QAi0hj/YPjVZ3Wo2OnoT04H0SlIs/mMUQWLRQaCgWme8nBkcjpL&#10;QVal/F+h+gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDUZOQ//wEAAPgDAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDYMwfs4AAAAAoBAAAPAAAA&#10;AAAAAAAAAAAAAFkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAZgUAAAAA&#10;" strokecolor="#c0504d" strokeweight="2pt">
+              <v:shape w14:anchorId="18C1A725" id="Straight Arrow Connector 321" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:133.75pt;margin-top:49.8pt;width:57.55pt;height:17.8pt;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDUZOQ//wEAAPgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2jAQvVfqP1i+lwRYtggR9gDdXqp2&#10;1W3V8+A4iSXHY40Ngb/v2GFZ2r1VvTge2/PmvTeT9cOpt+KoKRh0lZxOSim0U1gb11by54/HD0sp&#10;QgRXg0WnK3nWQT5s3r9bD36lZ9ihrTUJBnFhNfhKdjH6VVEE1ekewgS9dnzZIPUQOaS2qAkGRu9t&#10;MSvL+2JAqj2h0iHw6W68lJuM3zRaxW9NE3QUtpLMLeaV8rpPa7FZw6ol8J1RFxrwDyx6MI6LXqF2&#10;EEEcyLyB6o0iDNjEicK+wKYxSmcNrGZa/qXmuQOvsxY2J/irTeH/waqvx617IrZh8GEV/BMlFaeG&#10;+vRlfuKUzTpfzdKnKBQffpyXy+VCCsVXs9l9eZ/NLF6TPYX4WWMv0qaSIRKYtotbdI7bgjTNhsHx&#10;S4hcnhNfElJlh4/G2twd68TAJRZ3JTdQAQ9JYyHytvc1w7pWCrAtT5+KlCEDWlOn9AQUqN1vLYkj&#10;8ARsy0V5t0tN53J/PEu1dxC68V2+GmcjgrGfXC3i2fP4AhEOl3zrEr7OQ8Yasl+HqOm5qwextwf6&#10;DsyPWSfetUkezOaXgCcw6ckRYfxlYpebnVx+wzq/G8/B+g5GjvNFyr5IGUVmWfjCIUc39IrXDqfd&#10;Hutzbnw+5/HK7y+/Qprf25j3tz/s5jcAAAD//wMAUEsDBBQABgAIAAAAIQDYMwfs4AAAAAoBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjcWEqndV1pOg0E4sBpH7AdvcakFU1SNdlW&#10;/j3mBDdbfvT6ecvlaDtxpiG03im4nyQgyNVet84o2G1f7nIQIaLT2HlHCr4pwLK6viqx0P7i1nTe&#10;RCM4xIUCFTQx9oWUoW7IYpj4nhzfPv1gMfI6GKkHvHC47WSaJJm02Dr+0GBPTw3VX5uTVXBod4fH&#10;Z3zNzX7+tsX8Y/Ue9kap25tx9QAi0hj/YPjVZ3Wo2OnoT04H0SlIs/mMUQWLRQaCgWme8nBkcjpL&#10;QVal/F+h+gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDUZOQ//wEAAPgDAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDYMwfs4AAAAAoBAAAPAAAA&#10;AAAAAAAAAAAAAFkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAZgUAAAAA&#10;" strokecolor="#c0504d" strokeweight="2pt">
                 <v:stroke endarrow="open"/>
                 <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="387AA6AA" wp14:editId="387AA6AB">
             <wp:extent cx="4320000" cy="3456000"/>
             <wp:effectExtent l="0" t="0" r="4445" b="0"/>
             <wp:docPr id="326" name="Picture 326"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -3338,51 +3350,69 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>‘Status’ = active</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="387AA54D" w14:textId="1383C344" w:rsidR="00FC68C8" w:rsidRPr="0096681C" w:rsidRDefault="00FC68C8" w:rsidP="00FC68C8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">‘Cal occ code’ type </w:t>
+        <w:t xml:space="preserve">‘Cal </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0096681C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>occ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0096681C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> code’ type </w:t>
       </w:r>
       <w:r w:rsidR="00FB3780" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00566059" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (for 20</w:t>
       </w:r>
@@ -4954,1370 +4984,178 @@
     <w:p w14:paraId="387AA56D" w14:textId="77777777" w:rsidR="001D6DD5" w:rsidRPr="0096681C" w:rsidRDefault="001D6DD5" w:rsidP="001D6DD5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="OLE_LINK3"/>
       <w:bookmarkStart w:id="5" w:name="OLE_LINK4"/>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>UIO (Course Occurrence) – Prospectus tab</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkEnd w:id="5"/>
-    <w:p w14:paraId="387AA570" w14:textId="01CAAD99" w:rsidR="00DA0867" w:rsidRDefault="00F21A37" w:rsidP="00036029">
+    <w:p w14:paraId="387AA570" w14:textId="01CAAD99" w:rsidR="00DA0867" w:rsidRPr="0096681C" w:rsidRDefault="00F21A37" w:rsidP="00036029">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0096681C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Not required, all Prospectus information is currently entered at UI level, see </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0096681C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="0096681C">
+        <w:t>UI (Course) – Prospectus tab</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="387AA579" w14:textId="35D1767C" w:rsidR="00317458" w:rsidRPr="0096681C" w:rsidRDefault="00317458" w:rsidP="000744D1">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0096681C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="387AA57A" w14:textId="51CC38B3" w:rsidR="00317458" w:rsidRPr="0096681C" w:rsidRDefault="00317458" w:rsidP="00317458">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>UI (Course) – Prospectus tab</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">UIO – </w:t>
+      </w:r>
+      <w:r w:rsidR="005E6AFC" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">UIO (Course Occurrence) – </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D35883">
+        <w:t>Learning Aims</w:t>
+      </w:r>
+      <w:r w:rsidR="00F045D4" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Fees</w:t>
-[...136 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> LA1 - Aims</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="387AA57B" w14:textId="4BA710DC" w:rsidR="00317458" w:rsidRPr="0096681C" w:rsidRDefault="00387E0B" w:rsidP="0045366D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00387E0B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <mc:AlternateContent>
-[...78 lines deleted...]
-        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="141CDBE0" wp14:editId="56F45E6A">
-[...2 lines deleted...]
-            <wp:docPr id="1962169503" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1DEF553B" wp14:editId="6F91E910">
+            <wp:extent cx="8863330" cy="1471930"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1156594662" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1962169503" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPr id="1156594662" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId19"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3046417" cy="1490521"/>
-[...1012 lines deleted...]
-                      <a:ext cx="8863330" cy="1905000"/>
+                      <a:ext cx="8863330" cy="1471930"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="387AA57D" w14:textId="1A8C414B" w:rsidR="005E6AFC" w:rsidRPr="0096681C" w:rsidRDefault="005E6AFC" w:rsidP="005E6AFC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -6546,51 +5384,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3D74390B" wp14:editId="2EBD3D3A">
             <wp:extent cx="4467849" cy="1590897"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:docPr id="2136809060" name="Picture 1" descr="A screenshot of a match&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2136809060" name="Picture 1" descr="A screenshot of a match&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId35"/>
+                    <a:blip r:embed="rId20"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4467849" cy="1590897"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="387AA581" w14:textId="24682781" w:rsidR="005E6AFC" w:rsidRPr="0096681C" w:rsidRDefault="00E01BC7" w:rsidP="0045366D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -6692,51 +5530,51 @@
       </w:pPr>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4F904A12" wp14:editId="71A96599">
             <wp:extent cx="4858428" cy="1095528"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="144820001" name="Picture 1" descr="A screenshot of a computer screen&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="144820001" name="Picture 1" descr="A screenshot of a computer screen&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId36"/>
+                    <a:blip r:embed="rId21"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4858428" cy="1095528"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="5700CCB2" w14:textId="3E4FBF49" w:rsidR="007A23FF" w:rsidRPr="0096681C" w:rsidRDefault="007A23FF" w:rsidP="007A23FF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -8089,58 +6927,69 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0096681C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Non reg</w:t>
             </w:r>
             <w:r w:rsidR="003942CB" w:rsidRPr="0096681C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0096681C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>ulated Tailored Learning, Level 1, Horticulture, Agriculture, Animal Care, Environmental Conservation</w:t>
+              <w:t>ulated</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0096681C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Tailored Learning, Level 1, Horticulture, Agriculture, Animal Care, Environmental Conservation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D414B" w:rsidRPr="0096681C" w14:paraId="0AE7D160" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="3A669C"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4B17E537" w14:textId="77777777" w:rsidR="000D414B" w:rsidRPr="0096681C" w:rsidRDefault="000D414B" w:rsidP="002C3DDA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -13260,86 +12109,78 @@
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07EB9BA2" w14:textId="54EA771C" w:rsidR="00187CD2" w:rsidRPr="0096681C" w:rsidRDefault="00187CD2" w:rsidP="00E90CC2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Default Learning Aim should be ticked.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AEE76E0" w14:textId="77777777" w:rsidR="00B91308" w:rsidRDefault="00B258E5" w:rsidP="00D862D7">
+    <w:p w14:paraId="0AEE76E0" w14:textId="6AFA72E8" w:rsidR="00B91308" w:rsidRDefault="00DF4C93" w:rsidP="00D862D7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0096681C">
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">OTJ Planned Hours – add the </w:t>
+      </w:r>
+      <w:r w:rsidR="000C50D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>planned hours for the course</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B8A6FB5" w14:textId="77777777" w:rsidR="00A256E0" w:rsidRDefault="00B91308" w:rsidP="00F045D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Other fields should be left at their default values.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="387AA627" w14:textId="37C2141D" w:rsidR="00F045D4" w:rsidRPr="00A256E0" w:rsidRDefault="00F045D4" w:rsidP="00A256E0">
@@ -13376,97 +12217,116 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpi">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251713544" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B40B15A" wp14:editId="744288FC">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-31020</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1395743</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="558360" cy="203400"/>
                 <wp:effectExtent l="38100" t="38100" r="13335" b="44450"/>
                 <wp:wrapNone/>
                 <wp:docPr id="966362210" name="Ink 4"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                    <w14:contentPart bwMode="auto" r:id="rId37">
+                    <w14:contentPart bwMode="auto" r:id="rId22">
                       <w14:nvContentPartPr>
                         <w14:cNvContentPartPr/>
                       </w14:nvContentPartPr>
                       <w14:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="558360" cy="203400"/>
                       </w14:xfrm>
                     </w14:contentPart>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4A31E926" id="Ink 4" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:-2.95pt;margin-top:109.4pt;width:44.95pt;height:17pt;z-index:251713544;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAG1S0/dyAQAACQMAAA4AAABkcnMvZTJvRG9jLnhtbJxSy27CMBC8V+o/&#10;WL6XJLyEIgKHokoc2nJoP8B1bGI19kZrh4S/7yZAgVZVJS7RrkcZz8PzZWtLtlPoDbiMJ4OYM+Uk&#10;5MZtM/7+9vQw48wH4XJRglMZ3yvPl4v7u3lTpWoIBZS5QkYkzqdNlfEihCqNIi8LZYUfQKUcgRrQ&#10;ikArbqMcRUPstoyGcTyNGsC8QpDKezpdHUC+6Pm1VjK8au1VYGXGp8mQ5IXTgDSMkglnH91AULSY&#10;i3SLoiqMPEoSNyiywjgS8E21EkGwGs0vKmskggcdBhJsBFobqXo/5CyJfzhbu8/OVTKWNaYSXFAu&#10;bASGU3Y9cMsVtqQEmmfIqR1RB+BHRorn/zIOolcga0t6Do2gKkWg5+ALU3nOMDV5xnGdJ2f9bvd4&#10;drDBs6+Xa4AaiY6W//ql1Wi7sEkJazNOBe+7b9+lagOTdDiZzEZTQiRBw3g0jnv8xHxgOG0X0dLl&#10;VyVe7p2wixe8+AIAAP//AwBQSwMEFAAGAAgAAAAhANSSSsHDAgAAjwgAABAAAABkcnMvaW5rL2lu&#10;azEueG1stFXJbtswEL0X6D8QzMEXyyJpqXaNKDklQIEWKJIUaI+KzNhCJMqg6CV/X5JDUlTtXIoW&#10;hrm8mXmz0r6+PbUNOnDZ150oMJ0RjLiounUtNgX+8XSfLDHqVSnWZdMJXuA33uPbm48frmvx2jYr&#10;vSLNIHpzapsCb5XardL0eDzOjvNZJzcpI2SefhGv377iG2e15i+1qJV22Xuo6oTiJ2XIVvW6wJU6&#10;kaCvuR+7vax4EBtEVoOGkmXF7zvZliowbksheINE2eq4f2Kk3nb6UGs/Gy4xamudcMJmNFtky7vP&#10;GihPBY7uex1iryNpcXqZ89d/4Lw/5zRhzdni0wIjF9KaH0xMqa356v3cv8tux6Wq+VBmKIoTvKEK&#10;7rY+UCjJ+67Zm95gdCibvS4ZJUSPhfNN0wsFOefTtfmnfLou7/LFwY1L49KL6+CKFkbKt1bVLdeD&#10;3u7CjKleExv4UUn7HBhheUKWCcmeaL7Ks1U2n9EFi1rhpthzPst9vw18z3KYVysJVYPMjvVabUPR&#10;yYzM81D1uOaXbLe83mzVXxpXXdPpB+G6fXW3oIxlUVbWYRi3C4/XTiByyT/wlwJf2feLrCUANnua&#10;5wSxJUMsy2k+nSR0QumETDExn2nCEEFh00dzoTGWUHM3IGz+dq5JQMSsort4Kisa0zsR0P8hip14&#10;UYyNaSNyr2wzgBjcGqc29mnNgRHMY7sRHrGy83BiVjADJKaIkRgHOodY6riM0CTHaYPwPBqbwjnW&#10;gTQAgTVG4nMsBX7PMzBD52Pv3sroQOTENt0zGBy8xFbAM8aNJuh4fEBMGYwDmCe3GsSrwtkYgPsY&#10;18YgMEp+dqF/bh3snCMw96sR69dhNv01l7AZDNTG2IhHX4zeoGE4nBXQBnWrF9fRv8rg0fkHQmMX&#10;3iO0IlBZRYf5Lmls9McVflf0L/LNbwAAAP//AwBQSwMEFAAGAAgAAAAhAA/UmxvgAAAACQEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJC7TlnYw1pWmE5rEaQzEqMQ1a0xb0ThVk3bd&#10;22NOcLT96ff3Z9vJtmLE3jeOFMSLCARS6UxDlYLi43megPBBk9GtI1RwQQ/b/Poq06lxZ3rH8Rgq&#10;wSHkU62gDqFLpfRljVb7heuQ+PbleqsDj30lTa/PHG5buYyiB2l1Q/yh1h3uaiy/j4NV8PnyNrOz&#10;9WW9P4yb2LzeFbv9UCh1ezM9PYIIOIU/GH71WR1ydjq5gYwXrYL5asOkgmWccAUGknvuduLFapmA&#10;zDP5v0H+AwAA//8DAFBLAwQUAAYACAAAACEAeRi8nb8AAAAhAQAAGQAAAGRycy9fcmVscy9lMm9E&#10;b2MueG1sLnJlbHOEz7FqxDAMBuC90Hcw2hslHcpR4mQ5DrKWFG41jpKYxLKxnNJ7+3rswcENGoTQ&#10;90tt/+t39UNJXGANTVWDIrZhcrxo+B4vbydQkg1PZg9MGm4k0HevL+0X7SaXJVldFFUUFg1rzvET&#10;UexK3kgVInGZzCF5k0ubFozGbmYhfK/rD0z/DejuTDVMGtIwNaDGWyzJz+0wz87SOdjDE+cHEWgP&#10;ycFf/V5QkxbKGhxvWKqpyqGAXYt3j3V/AAAA//8DAFBLAQItABQABgAIAAAAIQCbMyc3DAEAAC0C&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAPQEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAG1S&#10;0/dyAQAACQMAAA4AAAAAAAAAAAAAAAAAPAIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;ANSSSsHDAgAAjwgAABAAAAAAAAAAAAAAAAAA2gMAAGRycy9pbmsvaW5rMS54bWxQSwECLQAUAAYA&#10;CAAAACEAD9SbG+AAAAAJAQAADwAAAAAAAAAAAAAAAADLBgAAZHJzL2Rvd25yZXYueG1sUEsBAi0A&#10;FAAGAAgAAAAhAHkYvJ2/AAAAIQEAABkAAAAAAAAAAAAAAAAA2AcAAGRycy9fcmVscy9lMm9Eb2Mu&#10;eG1sLnJlbHNQSwUGAAAAAAYABgB4AQAAzggAAAAA&#10;">
-                <v:imagedata r:id="rId38" o:title=""/>
+              <v:shapetype w14:anchorId="498FC92B" id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                <v:stroke joinstyle="miter"/>
+                <v:formulas>
+                  <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                  <v:f eqn="sum @0 1 0"/>
+                  <v:f eqn="sum 0 0 @1"/>
+                  <v:f eqn="prod @2 1 2"/>
+                  <v:f eqn="prod @3 21600 pixelWidth"/>
+                  <v:f eqn="prod @3 21600 pixelHeight"/>
+                  <v:f eqn="sum @0 0 1"/>
+                  <v:f eqn="prod @6 1 2"/>
+                  <v:f eqn="prod @7 21600 pixelWidth"/>
+                  <v:f eqn="sum @8 21600 0"/>
+                  <v:f eqn="prod @7 21600 pixelHeight"/>
+                  <v:f eqn="sum @10 21600 0"/>
+                </v:formulas>
+                <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                <o:lock v:ext="edit" aspectratio="t"/>
+              </v:shapetype>
+              <v:shape id="Ink 4" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:-2.95pt;margin-top:109.4pt;width:44.95pt;height:17pt;z-index:251713544;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAG1S0/dyAQAACQMAAA4AAABkcnMvZTJvRG9jLnhtbJxSy27CMBC8V+o/&#10;WL6XJLyEIgKHokoc2nJoP8B1bGI19kZrh4S/7yZAgVZVJS7RrkcZz8PzZWtLtlPoDbiMJ4OYM+Uk&#10;5MZtM/7+9vQw48wH4XJRglMZ3yvPl4v7u3lTpWoIBZS5QkYkzqdNlfEihCqNIi8LZYUfQKUcgRrQ&#10;ikArbqMcRUPstoyGcTyNGsC8QpDKezpdHUC+6Pm1VjK8au1VYGXGp8mQ5IXTgDSMkglnH91AULSY&#10;i3SLoiqMPEoSNyiywjgS8E21EkGwGs0vKmskggcdBhJsBFobqXo/5CyJfzhbu8/OVTKWNaYSXFAu&#10;bASGU3Y9cMsVtqQEmmfIqR1RB+BHRorn/zIOolcga0t6Do2gKkWg5+ALU3nOMDV5xnGdJ2f9bvd4&#10;drDBs6+Xa4AaiY6W//ql1Wi7sEkJazNOBe+7b9+lagOTdDiZzEZTQiRBw3g0jnv8xHxgOG0X0dLl&#10;VyVe7p2wixe8+AIAAP//AwBQSwMEFAAGAAgAAAAhANSSSsHDAgAAjwgAABAAAABkcnMvaW5rL2lu&#10;azEueG1stFXJbtswEL0X6D8QzMEXyyJpqXaNKDklQIEWKJIUaI+KzNhCJMqg6CV/X5JDUlTtXIoW&#10;hrm8mXmz0r6+PbUNOnDZ150oMJ0RjLiounUtNgX+8XSfLDHqVSnWZdMJXuA33uPbm48frmvx2jYr&#10;vSLNIHpzapsCb5XardL0eDzOjvNZJzcpI2SefhGv377iG2e15i+1qJV22Xuo6oTiJ2XIVvW6wJU6&#10;kaCvuR+7vax4EBtEVoOGkmXF7zvZliowbksheINE2eq4f2Kk3nb6UGs/Gy4xamudcMJmNFtky7vP&#10;GihPBY7uex1iryNpcXqZ89d/4Lw/5zRhzdni0wIjF9KaH0xMqa356v3cv8tux6Wq+VBmKIoTvKEK&#10;7rY+UCjJ+67Zm95gdCibvS4ZJUSPhfNN0wsFOefTtfmnfLou7/LFwY1L49KL6+CKFkbKt1bVLdeD&#10;3u7CjKleExv4UUn7HBhheUKWCcmeaL7Ks1U2n9EFi1rhpthzPst9vw18z3KYVysJVYPMjvVabUPR&#10;yYzM81D1uOaXbLe83mzVXxpXXdPpB+G6fXW3oIxlUVbWYRi3C4/XTiByyT/wlwJf2feLrCUANnua&#10;5wSxJUMsy2k+nSR0QumETDExn2nCEEFh00dzoTGWUHM3IGz+dq5JQMSsort4Kisa0zsR0P8hip14&#10;UYyNaSNyr2wzgBjcGqc29mnNgRHMY7sRHrGy83BiVjADJKaIkRgHOodY6riM0CTHaYPwPBqbwjnW&#10;gTQAgTVG4nMsBX7PMzBD52Pv3sroQOTENt0zGBy8xFbAM8aNJuh4fEBMGYwDmCe3GsSrwtkYgPsY&#10;18YgMEp+dqF/bh3snCMw96sR69dhNv01l7AZDNTG2IhHX4zeoGE4nBXQBnWrF9fRv8rg0fkHQmMX&#10;3iO0IlBZRYf5Lmls9McVflf0L/LNbwAAAP//AwBQSwMEFAAGAAgAAAAhAA/UmxvgAAAACQEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJC7TlnYw1pWmE5rEaQzEqMQ1a0xb0ThVk3bd&#10;22NOcLT96ff3Z9vJtmLE3jeOFMSLCARS6UxDlYLi43megPBBk9GtI1RwQQ/b/Poq06lxZ3rH8Rgq&#10;wSHkU62gDqFLpfRljVb7heuQ+PbleqsDj30lTa/PHG5buYyiB2l1Q/yh1h3uaiy/j4NV8PnyNrOz&#10;9WW9P4yb2LzeFbv9UCh1ezM9PYIIOIU/GH71WR1ydjq5gYwXrYL5asOkgmWccAUGknvuduLFapmA&#10;zDP5v0H+AwAA//8DAFBLAwQUAAYACAAAACEAeRi8nb8AAAAhAQAAGQAAAGRycy9fcmVscy9lMm9E&#10;b2MueG1sLnJlbHOEz7FqxDAMBuC90Hcw2hslHcpR4mQ5DrKWFG41jpKYxLKxnNJ7+3rswcENGoTQ&#10;90tt/+t39UNJXGANTVWDIrZhcrxo+B4vbydQkg1PZg9MGm4k0HevL+0X7SaXJVldFFUUFg1rzvET&#10;UexK3kgVInGZzCF5k0ubFozGbmYhfK/rD0z/DejuTDVMGtIwNaDGWyzJz+0wz87SOdjDE+cHEWgP&#10;ycFf/V5QkxbKGhxvWKqpyqGAXYt3j3V/AAAA//8DAFBLAQItABQABgAIAAAAIQCbMyc3DAEAAC0C&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAPQEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAG1S&#10;0/dyAQAACQMAAA4AAAAAAAAAAAAAAAAAPAIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;ANSSSsHDAgAAjwgAABAAAAAAAAAAAAAAAAAA2gMAAGRycy9pbmsvaW5rMS54bWxQSwECLQAUAAYA&#10;CAAAACEAD9SbG+AAAAAJAQAADwAAAAAAAAAAAAAAAADLBgAAZHJzL2Rvd25yZXYueG1sUEsBAi0A&#10;FAAGAAgAAAAhAHkYvJ2/AAAAIQEAABkAAAAAAAAAAAAAAAAA2AcAAGRycy9fcmVscy9lMm9Eb2Mu&#10;eG1sLnJlbHNQSwUGAAAAAAYABgB4AQAAzggAAAAA&#10;">
+                <v:imagedata r:id="rId23" o:title=""/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00EF6882" w:rsidRPr="00EF6882">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="651FB9E9" wp14:editId="5DBDDDF0">
             <wp:extent cx="9231584" cy="2324100"/>
             <wp:effectExtent l="0" t="0" r="8255" b="0"/>
             <wp:docPr id="227068417" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="227068417" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId39"/>
+                    <a:blip r:embed="rId24"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="9260086" cy="2331275"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B4D6726" w14:textId="5A542F4C" w:rsidR="00643EB8" w:rsidRPr="0096681C" w:rsidRDefault="00643EB8" w:rsidP="00435ED5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -13619,51 +12479,69 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Developing stronger communities</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5240DA43" w14:textId="77777777" w:rsidR="00643EB8" w:rsidRPr="0096681C" w:rsidRDefault="00643EB8" w:rsidP="00643EB8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>AFL Prov Type – Set this to 1 if the course is a Family Learning course, otherwise leave blank.</w:t>
+        <w:t xml:space="preserve">AFL </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0096681C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Prov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0096681C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Type – Set this to 1 if the course is a Family Learning course, otherwise leave blank.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7538BA59" w14:textId="10AB4FCD" w:rsidR="00643EB8" w:rsidRPr="0096681C" w:rsidRDefault="00643EB8" w:rsidP="003A5352">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>All other fields should be ignored</w:t>
       </w:r>
       <w:r w:rsidR="00312C35" w:rsidRPr="0096681C">
         <w:rPr>
@@ -13720,233 +12598,127 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0057018A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="00A870F2" w:rsidRPr="0057018A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ot required</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="387AA62A" w14:textId="2AA23705" w:rsidR="00F045D4" w:rsidRPr="0096681C" w:rsidRDefault="003403E5" w:rsidP="00A870F2">
+    <w:p w14:paraId="387AA62A" w14:textId="2AA23705" w:rsidR="00F045D4" w:rsidRDefault="003403E5" w:rsidP="00A870F2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00F045D4" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>UIO (Course Occurrence) – Learning Aims LA4 – Funding</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="387AA62B" w14:textId="76ADBBAD" w:rsidR="00F045D4" w:rsidRPr="0096681C" w:rsidRDefault="00A13FEC" w:rsidP="00F045D4">
+    <w:p w14:paraId="3BCF9DEF" w14:textId="440FA03F" w:rsidR="00BF419D" w:rsidRPr="00BF419D" w:rsidRDefault="00BF419D" w:rsidP="00A870F2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF419D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Not required</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="387AA62B" w14:textId="16F1F902" w:rsidR="00F045D4" w:rsidRPr="0096681C" w:rsidRDefault="00F045D4" w:rsidP="00F045D4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0096681C">
-[...123 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="504D8CD7" w14:textId="247C1EC4" w:rsidR="009F0D19" w:rsidRPr="0096681C" w:rsidRDefault="00E11042" w:rsidP="00E11042">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Your course is now created</w:t>
       </w:r>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and available to take enrolments.</w:t>
       </w:r>
       <w:r w:rsidR="001B705A" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  Sometimes though</w:t>
       </w:r>
       <w:r w:rsidR="009F0D19" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, circumstances arise which mean details need to be changed</w:t>
@@ -14353,154 +13125,50 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="49C1E632" w14:textId="77777777" w:rsidR="00974D87" w:rsidRPr="0096681C" w:rsidRDefault="00974D87" w:rsidP="00725DF8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2335C763" w14:textId="77777777" w:rsidR="00974D87" w:rsidRPr="0096681C" w:rsidRDefault="00974D87" w:rsidP="00725DF8">
-      <w:pPr>
-[...102 lines deleted...]
-    <w:p w14:paraId="27AB3653" w14:textId="77777777" w:rsidR="00974D87" w:rsidRPr="0096681C" w:rsidRDefault="00974D87" w:rsidP="00725DF8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07A3EE0E" w14:textId="77777777" w:rsidR="00974D87" w:rsidRPr="0096681C" w:rsidRDefault="00974D87" w:rsidP="00725DF8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -14689,134 +13357,134 @@
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent2"/>
                         </a:fillRef>
                         <a:effectRef idx="1">
                           <a:schemeClr val="accent2"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="435C07FF" id="Straight Arrow Connector 2" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:152.05pt;margin-top:132.9pt;width:3.95pt;height:44.45pt;flip:y;z-index:251699208;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAVtz/UxgEAANgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P1DAMvSPxH6LcmbYjZrRU09nDLHBB&#10;sOLrnk2dNlKaRI6Ztv+eJO12ESCQEBcrTfye/Z7d0+00GHYFDNrZhle7kjOw0rXadg3/8vnNixvO&#10;AgnbCuMsNHyGwG/Pz5+dRl/D3vXOtIAskthQj77hPZGviyLIHgYRds6DjY/K4SAofmJXtCjGyD6Y&#10;Yl+Wx2J02Hp0EkKIt3fLIz9nfqVA0gelAhAzDY+9UY6Y40OKxfkk6g6F77Vc2xD/0MUgtI1FN6o7&#10;QYJ9Q/0L1aAluuAU7aQbCqeUlpA1RDVV+ZOaT73wkLVEc4LfbAr/j1a+v17sPUYbRh/q4O8xqZgU&#10;DkwZ7b/GmWZdsVM2ZdvmzTaYiMl4eSir44EzGV8Ox5fVq5vkarGwJDaPgd6CG1g6NDwQCt31dHHW&#10;xvk4XCqI67tAC/ARkMDGpkhCm9e2ZTT7uESEWtjOwFonpRRP7ecTzQYW+EdQTLexzX0WkjcLLgbZ&#10;VcSdEFKCpf3GFLMTTGljNmD5d+Can6CQt24DL+L+WHVD5MrO0gYetHX4u+o0VWvLasl/dGDRnSx4&#10;cO2cB5utieuTZ7KuetrPH78z/OmHPH8HAAD//wMAUEsDBBQABgAIAAAAIQDE13Gh4QAAAAsBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjcWNqs+6A0nWCIC4chth04Zo1pKxqnNNlW&#10;+PWYE9xs+dHr5y1Wo+vECYfQetKQThIQSJW3LdUa9runmyWIEA1Z03lCDV8YYFVeXhQmt/5Mr3ja&#10;xlpwCIXcaGhi7HMpQ9WgM2HieyS+vfvBmcjrUEs7mDOHu06qJJlLZ1riD43pcd1g9bE9Og0bv3T9&#10;y6NfvGVy/XyrPpV9+HZaX1+N93cgIo7xD4ZffVaHkp0O/kg2iE7DNMlSRjWo+Yw7MDFNFbc78DDL&#10;FiDLQv7vUP4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAFbc/1MYBAADYAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAxNdxoeEAAAALAQAADwAA&#10;AAAAAAAAAAAAAAAgBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAC4FAAAAAA==&#10;" strokecolor="#c0504d [3205]" strokeweight="2pt">
+              <v:shape w14:anchorId="2E1BB174" id="Straight Arrow Connector 2" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:152.05pt;margin-top:132.9pt;width:3.95pt;height:44.45pt;flip:y;z-index:251699208;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAVtz/UxgEAANgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P1DAMvSPxH6LcmbYjZrRU09nDLHBB&#10;sOLrnk2dNlKaRI6Ztv+eJO12ESCQEBcrTfye/Z7d0+00GHYFDNrZhle7kjOw0rXadg3/8vnNixvO&#10;AgnbCuMsNHyGwG/Pz5+dRl/D3vXOtIAskthQj77hPZGviyLIHgYRds6DjY/K4SAofmJXtCjGyD6Y&#10;Yl+Wx2J02Hp0EkKIt3fLIz9nfqVA0gelAhAzDY+9UY6Y40OKxfkk6g6F77Vc2xD/0MUgtI1FN6o7&#10;QYJ9Q/0L1aAluuAU7aQbCqeUlpA1RDVV+ZOaT73wkLVEc4LfbAr/j1a+v17sPUYbRh/q4O8xqZgU&#10;DkwZ7b/GmWZdsVM2ZdvmzTaYiMl4eSir44EzGV8Ox5fVq5vkarGwJDaPgd6CG1g6NDwQCt31dHHW&#10;xvk4XCqI67tAC/ARkMDGpkhCm9e2ZTT7uESEWtjOwFonpRRP7ecTzQYW+EdQTLexzX0WkjcLLgbZ&#10;VcSdEFKCpf3GFLMTTGljNmD5d+Can6CQt24DL+L+WHVD5MrO0gYetHX4u+o0VWvLasl/dGDRnSx4&#10;cO2cB5utieuTZ7KuetrPH78z/OmHPH8HAAD//wMAUEsDBBQABgAIAAAAIQDE13Gh4QAAAAsBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjcWNqs+6A0nWCIC4chth04Zo1pKxqnNNlW&#10;+PWYE9xs+dHr5y1Wo+vECYfQetKQThIQSJW3LdUa9runmyWIEA1Z03lCDV8YYFVeXhQmt/5Mr3ja&#10;xlpwCIXcaGhi7HMpQ9WgM2HieyS+vfvBmcjrUEs7mDOHu06qJJlLZ1riD43pcd1g9bE9Og0bv3T9&#10;y6NfvGVy/XyrPpV9+HZaX1+N93cgIo7xD4ZffVaHkp0O/kg2iE7DNMlSRjWo+Yw7MDFNFbc78DDL&#10;FiDLQv7vUP4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAFbc/1MYBAADYAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAxNdxoeEAAAALAQAADwAA&#10;AAAAAAAAAAAAAAAgBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAC4FAAAAAA==&#10;" strokecolor="#c0504d [3205]" strokeweight="2pt">
                 <v:stroke endarrow="block"/>
                 <v:shadow on="t" color="black" opacity="24903f" origin=",.5" offset="0,.55556mm"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00DD4636" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpi">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665416" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="185308DD" wp14:editId="5729D0F8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5655390</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-23790</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="681120" cy="681120"/>
                 <wp:effectExtent l="57150" t="57150" r="43180" b="43180"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1084211369" name="Ink 10"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                    <w14:contentPart bwMode="auto" r:id="rId41">
+                    <w14:contentPart bwMode="auto" r:id="rId25">
                       <w14:nvContentPartPr>
                         <w14:cNvContentPartPr/>
                       </w14:nvContentPartPr>
                       <w14:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="681120" cy="681120"/>
                       </w14:xfrm>
                     </w14:contentPart>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="2EC91366" id="Ink 10" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:444.6pt;margin-top:-2.55pt;width:55.05pt;height:55.05pt;z-index:251665416;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFyqkaNsAQAACQMAAA4AAABkcnMvZTJvRG9jLnhtbJxSQU7DMBC8I/EH&#10;y3eapKqqEjXtgQqpB6AHeIBx7MYi9kZrp0l/z6ZJaQAhpF6s9Y48O7Pj5bq1JTso9AZcxpNJzJly&#10;EnLj9hl/e328W3Dmg3C5KMGpjB+V5+vV7c2yqVI1hQLKXCEjEufTpsp4EUKVRpGXhbLCT6BSjkAN&#10;aEWgK+6jHEVD7LaMpnE8jxrAvEKQynvqbnqQr078WisZXrT2KrAy4/dxTPLCucCumFHnfSii1VKk&#10;exRVYeQgSVyhyArjSMAX1UYEwWo0v6iskQgedJhIsBFobaQ6+SFnSfzD2dZ9dK6SmawxleCCcmEn&#10;MJx3dwKuGWFL2kDzBDmlI+oAfGCk9fwfRi96A7K2pKdPBFUpAn0HX5jKc4apyTOO2zy56HeHh4uD&#10;HV58PX8HKJFosPzXk1aj7ZZNSlibcYrz2J2nLFUbmKTmfJEkU0IkQUM9Yu4ZznNGq6Xh30Ic3zth&#10;ox+8+gQAAP//AwBQSwMEFAAGAAgAAAAhAPuhICPaAgAAkwgAABAAAABkcnMvaW5rL2luazEueG1s&#10;tFVNb9swDL0P2H8Q1EMvcSwpSZ0EdXtqgQEbMLQdsB1dR02M+iOwlSb996NIWZHbdIdhu0TSI/lI&#10;PlHO5fWhKtmLbruiqVMux4IzXefNqqjXKf/xcBvNOetMVq+ysql1yl91x6+vPn+6LOrnqlzCLwOG&#10;urO7qkz5xpjtMo73+/14Pxk37TpWQkziL/Xzt6/8ykWt9FNRFwZSdj2UN7XRB2PJlsUq5bk5CO8P&#10;3PfNrs21N1ukzY8eps1yfdu0VWY84yara12yOqug7p+cmdctbArIs9YtZ1UBDUdqLKfJdH6zACA7&#10;pDw476DEDiqpeHya89d/4Lx9z2nLmqjkIuHMlbTSL7amGDVfftz797bZ6tYU+igzieIMryynM+pD&#10;QrW6a8qdvRvOXrJyB5JJIWAsXG4ZnxDkPR9o80/5QJcP+cLihtK49kIdnGh+pPqrNUWlYdCrrZ8x&#10;0wGxhe9Ni89BCTWLRBKpxYOUy+nFUorxbDEPrsJNcc/52O66jed7bI/zihavGnW2L1Zm40UXYzHz&#10;ooeSnwrd6GK9MX8XmzdlA8/B3fXZTSKVmgY9YT4/bCeeLs4fc63f6aeUn+HrZRhJAPYu5wvJFtML&#10;pqYzlYzOI3k+Sc7FiEeSCy5GkWKCwSIjiQvDRfUntA1dhjZwt3HK8oxEH20PgFkuMAcHdBvmFG8w&#10;IsIg6Uy4DDMRtyuT3KgFohOhpe/NxWCC93YKHPhSfuIKzUPcdkn9W1J/cE6I0B4SW0GoGywgREK5&#10;aB+KSnvi77PYxFQv8QxwvIo/W/uokAf31AVVjjyK2ByCPTKIhl6sv8I9+YANEYsLh1tEIsMQQQbH&#10;affE04tICVwYlWWdQiKaN4meEEZOx8yEgIESHQ0D34/tbyw2Hu6OirA9uYN3Q8xVA17gQf26dPbe&#10;j1goF1gCcje7AzWAwmVER9cZEb612TM86J7SVQXg4M/Lf13gq3z1GwAA//8DAFBLAwQUAAYACAAA&#10;ACEAxETACeQAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU/CQBCG7yb+h82YeINdwJq2dksI&#10;fsTEgxH1wG1oh7bSnS3dBSq/3vWkx8n75H2fyeaDacWRetdY1jAZKxDEhS0brjR8vD+OYhDOI5fY&#10;WiYN3+Rgnl9eZJiW9sRvdFz5SoQSdilqqL3vUildUZNBN7Ydcci2tjfow9lXsuzxFMpNK6dK3UqD&#10;DYeFGjta1lTsVgejIfp8eMab++16ef6KnhbrZv/yOttrfX01LO5AeBr8Hwy/+kEd8uC0sQcunWg1&#10;xHEyDaiGUTQBEYAkSWYgNoFUkQKZZ/L/C/kPAAAA//8DAFBLAwQUAAYACAAAACEAeRi8nb8AAAAh&#10;AQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEz7FqxDAMBuC90Hcw2hslHcpR4mQ5DrKW&#10;FG41jpKYxLKxnNJ7+3rswcENGoTQ90tt/+t39UNJXGANTVWDIrZhcrxo+B4vbydQkg1PZg9MGm4k&#10;0HevL+0X7SaXJVldFFUUFg1rzvETUexK3kgVInGZzCF5k0ubFozGbmYhfK/rD0z/DejuTDVMGtIw&#10;NaDGWyzJz+0wz87SOdjDE+cHEWgPycFf/V5QkxbKGhxvWKqpyqGAXYt3j3V/AAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAPQEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAFyqkaNsAQAACQMAAA4AAAAAAAAAAAAAAAAAPAIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAPuhICPaAgAAkwgAABAAAAAAAAAAAAAAAAAA1AMAAGRycy9p&#10;bmsvaW5rMS54bWxQSwECLQAUAAYACAAAACEAxETACeQAAAAKAQAADwAAAAAAAAAAAAAAAADcBgAA&#10;ZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAHkYvJ2/AAAAIQEAABkAAAAAAAAAAAAAAAAA&#10;7QcAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB4AQAA4wgAAAAA&#10;">
-                <v:imagedata r:id="rId42" o:title=""/>
+              <v:shape w14:anchorId="66B90E94" id="Ink 10" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:444.6pt;margin-top:-2.55pt;width:55.05pt;height:55.05pt;z-index:251665416;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFyqkaNsAQAACQMAAA4AAABkcnMvZTJvRG9jLnhtbJxSQU7DMBC8I/EH&#10;y3eapKqqEjXtgQqpB6AHeIBx7MYi9kZrp0l/z6ZJaQAhpF6s9Y48O7Pj5bq1JTso9AZcxpNJzJly&#10;EnLj9hl/e328W3Dmg3C5KMGpjB+V5+vV7c2yqVI1hQLKXCEjEufTpsp4EUKVRpGXhbLCT6BSjkAN&#10;aEWgK+6jHEVD7LaMpnE8jxrAvEKQynvqbnqQr078WisZXrT2KrAy4/dxTPLCucCumFHnfSii1VKk&#10;exRVYeQgSVyhyArjSMAX1UYEwWo0v6iskQgedJhIsBFobaQ6+SFnSfzD2dZ9dK6SmawxleCCcmEn&#10;MJx3dwKuGWFL2kDzBDmlI+oAfGCk9fwfRi96A7K2pKdPBFUpAn0HX5jKc4apyTOO2zy56HeHh4uD&#10;HV58PX8HKJFosPzXk1aj7ZZNSlibcYrz2J2nLFUbmKTmfJEkU0IkQUM9Yu4ZznNGq6Xh30Ic3zth&#10;ox+8+gQAAP//AwBQSwMEFAAGAAgAAAAhAPuhICPaAgAAkwgAABAAAABkcnMvaW5rL2luazEueG1s&#10;tFVNb9swDL0P2H8Q1EMvcSwpSZ0EdXtqgQEbMLQdsB1dR02M+iOwlSb996NIWZHbdIdhu0TSI/lI&#10;PlHO5fWhKtmLbruiqVMux4IzXefNqqjXKf/xcBvNOetMVq+ysql1yl91x6+vPn+6LOrnqlzCLwOG&#10;urO7qkz5xpjtMo73+/14Pxk37TpWQkziL/Xzt6/8ykWt9FNRFwZSdj2UN7XRB2PJlsUq5bk5CO8P&#10;3PfNrs21N1ukzY8eps1yfdu0VWY84yara12yOqug7p+cmdctbArIs9YtZ1UBDUdqLKfJdH6zACA7&#10;pDw476DEDiqpeHya89d/4Lx9z2nLmqjkIuHMlbTSL7amGDVfftz797bZ6tYU+igzieIMryynM+pD&#10;QrW6a8qdvRvOXrJyB5JJIWAsXG4ZnxDkPR9o80/5QJcP+cLihtK49kIdnGh+pPqrNUWlYdCrrZ8x&#10;0wGxhe9Ni89BCTWLRBKpxYOUy+nFUorxbDEPrsJNcc/52O66jed7bI/zihavGnW2L1Zm40UXYzHz&#10;ooeSnwrd6GK9MX8XmzdlA8/B3fXZTSKVmgY9YT4/bCeeLs4fc63f6aeUn+HrZRhJAPYu5wvJFtML&#10;pqYzlYzOI3k+Sc7FiEeSCy5GkWKCwSIjiQvDRfUntA1dhjZwt3HK8oxEH20PgFkuMAcHdBvmFG8w&#10;IsIg6Uy4DDMRtyuT3KgFohOhpe/NxWCC93YKHPhSfuIKzUPcdkn9W1J/cE6I0B4SW0GoGywgREK5&#10;aB+KSnvi77PYxFQv8QxwvIo/W/uokAf31AVVjjyK2ByCPTKIhl6sv8I9+YANEYsLh1tEIsMQQQbH&#10;affE04tICVwYlWWdQiKaN4meEEZOx8yEgIESHQ0D34/tbyw2Hu6OirA9uYN3Q8xVA17gQf26dPbe&#10;j1goF1gCcje7AzWAwmVER9cZEb612TM86J7SVQXg4M/Lf13gq3z1GwAA//8DAFBLAwQUAAYACAAA&#10;ACEAxETACeQAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU/CQBCG7yb+h82YeINdwJq2dksI&#10;fsTEgxH1wG1oh7bSnS3dBSq/3vWkx8n75H2fyeaDacWRetdY1jAZKxDEhS0brjR8vD+OYhDOI5fY&#10;WiYN3+Rgnl9eZJiW9sRvdFz5SoQSdilqqL3vUildUZNBN7Ydcci2tjfow9lXsuzxFMpNK6dK3UqD&#10;DYeFGjta1lTsVgejIfp8eMab++16ef6KnhbrZv/yOttrfX01LO5AeBr8Hwy/+kEd8uC0sQcunWg1&#10;xHEyDaiGUTQBEYAkSWYgNoFUkQKZZ/L/C/kPAAAA//8DAFBLAwQUAAYACAAAACEAeRi8nb8AAAAh&#10;AQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEz7FqxDAMBuC90Hcw2hslHcpR4mQ5DrKW&#10;FG41jpKYxLKxnNJ7+3rswcENGoTQ90tt/+t39UNJXGANTVWDIrZhcrxo+B4vbydQkg1PZg9MGm4k&#10;0HevL+0X7SaXJVldFFUUFg1rzvETUexK3kgVInGZzCF5k0ubFozGbmYhfK/rD0z/DejuTDVMGtIw&#10;NaDGWyzJz+0wz87SOdjDE+cHEWgPycFf/V5QkxbKGhxvWKqpyqGAXYt3j3V/AAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAPQEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAFyqkaNsAQAACQMAAA4AAAAAAAAAAAAAAAAAPAIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAPuhICPaAgAAkwgAABAAAAAAAAAAAAAAAAAA1AMAAGRycy9p&#10;bmsvaW5rMS54bWxQSwECLQAUAAYACAAAACEAxETACeQAAAAKAQAADwAAAAAAAAAAAAAAAADcBgAA&#10;ZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAHkYvJ2/AAAAIQEAABkAAAAAAAAAAAAAAAAA&#10;7QcAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB4AQAA4wgAAAAA&#10;">
+                <v:imagedata r:id="rId26" o:title=""/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00985A94" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="023DEE14" wp14:editId="584DC551">
             <wp:extent cx="7430496" cy="1771650"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1923728204" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1923728204" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId43"/>
+                    <a:blip r:embed="rId27"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7452948" cy="1777003"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="3834CF77" w14:textId="2F107435" w:rsidR="00725DF8" w:rsidRPr="0096681C" w:rsidRDefault="00475B6C" w:rsidP="00725DF8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -14827,68 +13495,68 @@
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpi">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663368" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E784B6D" wp14:editId="480C2B31">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5048070</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>53160</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="360" cy="360"/>
                 <wp:effectExtent l="57150" t="57150" r="57150" b="57150"/>
                 <wp:wrapNone/>
                 <wp:docPr id="77073221" name="Ink 8"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                    <w14:contentPart bwMode="auto" r:id="rId44">
+                    <w14:contentPart bwMode="auto" r:id="rId28">
                       <w14:nvContentPartPr>
                         <w14:cNvContentPartPr/>
                       </w14:nvContentPartPr>
                       <w14:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="360" cy="360"/>
                       </w14:xfrm>
                     </w14:contentPart>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="26E1EB95" id="Ink 8" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:396.8pt;margin-top:3.5pt;width:1.45pt;height:1.45pt;z-index:251663368;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAPSjqotoAQAAAwMAAA4AAABkcnMvZTJvRG9jLnhtbJxSy27CMBC8V+o/&#10;WL4XJ7RCbUTCoagShz4O7QcYxyZWY2+0dgj8fTcECrSqKnGx9qGdndnxdLZxNVtrDBZ8ztNRwpn2&#10;CkrrVzn/eH+6uecsROlLWYPXOd/qwGfF9dW0azI9hgrqUiMjEB+yrsl5FWOTCRFUpZ0MI2i0p6YB&#10;dDJSiitRouwI3dVinCQT0QGWDYLSIVB1PjR5scM3Rqv4akzQkdU5f0gSohcPAR6C5T4QxVRmK5RN&#10;ZdWekryAkZPWE4FvqLmMkrVof0E5qxACmDhS4AQYY5Xe6SFlafJD2cJ/9qrSO9VipsBH7eObxHi4&#10;3a5xyQpXc7bsnqEkd2Qbge8R6Tz/mzGQnoNqHfEZHEFdy0jfIVS2CZxhZsuc46JMj/z9+vGo4A2P&#10;ul7OG+SI2Ev+a2Rj0PXHJiZsk3MyeNu/Oy/1JjJFxdsJlRXV++AEc5g9bDg5Kq09s+807ymd/N3i&#10;CwAA//8DAFBLAwQUAAYACAAAACEAuspuINQBAACbBAAAEAAAAGRycy9pbmsvaW5rMS54bWy0k1Fv&#10;mzAQx98n7TtY7sNeBtgERoJK+tRIkzZpajupe6TgBqvYjmwTkm+/AxyHqulLtQkJ4TP+393v/r6+&#10;OYgW7Zk2XMkC05BgxGSlai63Bf79sAmWGBlbyrpslWQFPjKDb9afP11z+SLaHN4IFKQZvkRb4Mba&#10;XR5Ffd+H/SJUehvFhCyi7/Ll5w+8dqdq9swlt5DSnEKVkpYd7CCW87rAlT0Q/z9o36tOV8xvDxFd&#10;nf+wuqzYRmlRWq/YlFKyFslSQN2PGNnjDj445NkyjZHg0HAQhzTJkuXtCgLlocCzdQclGqhE4Oiy&#10;5p//oLl5qzmUtYizbxlGrqSa7YeaopF5/n7vv7TaMW05O2OeoLiNI6qm9chnAqWZUW03zAajfdl2&#10;gIwSArZwuWl0AchbPWDzT/WAy7t68+Jeo3HtzTk4aN5Sp9FaLhgYXey8x6wB4SF8b/V4HWISpwHJ&#10;gnj1QGmepHmShemCzEbhXHzSfNKdabzekz77ddzx1KbOel7bxkMnIUk99DnyS0cbxreN/djZSrUK&#10;roOb9dVtRuM4mfU05vNmu3B1R/8h1/odey7w1Xh70XhyCoy9E0RRnKRZ+vULgSdY0hV9ZWKfBaaz&#10;/gsAAP//AwBQSwMEFAAGAAgAAAAhAF0/pZfeAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj81O&#10;wzAQhO9IvIO1SNyoU37SOsSpEBKRegG1cODoxtskaryObLcNPD3LCW6zmtHMt+VqcoM4YYi9Jw3z&#10;WQYCqfG2p1bDx/vLzRJETIasGTyhhi+MsKouL0pTWH+mDZ62qRVcQrEwGrqUxkLK2HToTJz5EYm9&#10;vQ/OJD5DK20wZy53g7zNslw60xMvdGbE5w6bw/boNBzmNS434Vt93q/HPb2Zev3a11pfX01PjyAS&#10;TukvDL/4jA4VM+38kWwUg4aFuss5yoJfYn+h8gcQOw1KgaxK+Z+/+gEAAP//AwBQSwMEFAAGAAgA&#10;AAAhAHkYvJ2/AAAAIQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzhM+xasQwDAbgvdB3&#10;MNobJR3KUeJkOQ6ylhRuNY6SmMSysZzSe/t67MHBDRqE0PdLbf/rd/VDSVxgDU1VgyK2YXK8aPge&#10;L28nUJINT2YPTBpuJNB3ry/tF+0mlyVZXRRVFBYNa87xE1HsSt5IFSJxmcwheZNLmxaMxm5mIXyv&#10;6w9M/w3o7kw1TBrSMDWgxlssyc/tMM/O0jnYwxPnBxFoD8nBX/1eUJMWyhocb1iqqcqhgF2Ld491&#10;fwAAAP//AwBQSwECLQAUAAYACAAAACEAmzMnNwwBAAAtAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AD0BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD0o6qLaAEAAAMDAAAOAAAAAAAAAAAAAAAA&#10;ADwCAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC6ym4g1AEAAJsEAAAQAAAAAAAAAAAA&#10;AAAAANADAABkcnMvaW5rL2luazEueG1sUEsBAi0AFAAGAAgAAAAhAF0/pZfeAAAABwEAAA8AAAAA&#10;AAAAAAAAAAAA0gUAAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQB5GLydvwAAACEBAAAZ&#10;AAAAAAAAAAAAAAAAAN0GAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAGAAYAeAEA&#10;ANMHAAAAAA==&#10;">
-                <v:imagedata r:id="rId45" o:title=""/>
+              <v:shape w14:anchorId="7377BFB7" id="Ink 8" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:396.8pt;margin-top:3.5pt;width:1.45pt;height:1.45pt;z-index:251663368;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAPSjqotoAQAAAwMAAA4AAABkcnMvZTJvRG9jLnhtbJxSy27CMBC8V+o/&#10;WL4XJ7RCbUTCoagShz4O7QcYxyZWY2+0dgj8fTcECrSqKnGx9qGdndnxdLZxNVtrDBZ8ztNRwpn2&#10;CkrrVzn/eH+6uecsROlLWYPXOd/qwGfF9dW0azI9hgrqUiMjEB+yrsl5FWOTCRFUpZ0MI2i0p6YB&#10;dDJSiitRouwI3dVinCQT0QGWDYLSIVB1PjR5scM3Rqv4akzQkdU5f0gSohcPAR6C5T4QxVRmK5RN&#10;ZdWekryAkZPWE4FvqLmMkrVof0E5qxACmDhS4AQYY5Xe6SFlafJD2cJ/9qrSO9VipsBH7eObxHi4&#10;3a5xyQpXc7bsnqEkd2Qbge8R6Tz/mzGQnoNqHfEZHEFdy0jfIVS2CZxhZsuc46JMj/z9+vGo4A2P&#10;ul7OG+SI2Ev+a2Rj0PXHJiZsk3MyeNu/Oy/1JjJFxdsJlRXV++AEc5g9bDg5Kq09s+807ymd/N3i&#10;CwAA//8DAFBLAwQUAAYACAAAACEAuspuINQBAACbBAAAEAAAAGRycy9pbmsvaW5rMS54bWy0k1Fv&#10;mzAQx98n7TtY7sNeBtgERoJK+tRIkzZpajupe6TgBqvYjmwTkm+/AxyHqulLtQkJ4TP+393v/r6+&#10;OYgW7Zk2XMkC05BgxGSlai63Bf79sAmWGBlbyrpslWQFPjKDb9afP11z+SLaHN4IFKQZvkRb4Mba&#10;XR5Ffd+H/SJUehvFhCyi7/Ll5w+8dqdq9swlt5DSnEKVkpYd7CCW87rAlT0Q/z9o36tOV8xvDxFd&#10;nf+wuqzYRmlRWq/YlFKyFslSQN2PGNnjDj445NkyjZHg0HAQhzTJkuXtCgLlocCzdQclGqhE4Oiy&#10;5p//oLl5qzmUtYizbxlGrqSa7YeaopF5/n7vv7TaMW05O2OeoLiNI6qm9chnAqWZUW03zAajfdl2&#10;gIwSArZwuWl0AchbPWDzT/WAy7t68+Jeo3HtzTk4aN5Sp9FaLhgYXey8x6wB4SF8b/V4HWISpwHJ&#10;gnj1QGmepHmShemCzEbhXHzSfNKdabzekz77ddzx1KbOel7bxkMnIUk99DnyS0cbxreN/djZSrUK&#10;roOb9dVtRuM4mfU05vNmu3B1R/8h1/odey7w1Xh70XhyCoy9E0RRnKRZ+vULgSdY0hV9ZWKfBaaz&#10;/gsAAP//AwBQSwMEFAAGAAgAAAAhAF0/pZfeAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj81O&#10;wzAQhO9IvIO1SNyoU37SOsSpEBKRegG1cODoxtskaryObLcNPD3LCW6zmtHMt+VqcoM4YYi9Jw3z&#10;WQYCqfG2p1bDx/vLzRJETIasGTyhhi+MsKouL0pTWH+mDZ62qRVcQrEwGrqUxkLK2HToTJz5EYm9&#10;vQ/OJD5DK20wZy53g7zNslw60xMvdGbE5w6bw/boNBzmNS434Vt93q/HPb2Zev3a11pfX01PjyAS&#10;TukvDL/4jA4VM+38kWwUg4aFuss5yoJfYn+h8gcQOw1KgaxK+Z+/+gEAAP//AwBQSwMEFAAGAAgA&#10;AAAhAHkYvJ2/AAAAIQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzhM+xasQwDAbgvdB3&#10;MNobJR3KUeJkOQ6ylhRuNY6SmMSysZzSe/t67MHBDRqE0PdLbf/rd/VDSVxgDU1VgyK2YXK8aPge&#10;L28nUJINT2YPTBpuJNB3ry/tF+0mlyVZXRRVFBYNa87xE1HsSt5IFSJxmcwheZNLmxaMxm5mIXyv&#10;6w9M/w3o7kw1TBrSMDWgxlssyc/tMM/O0jnYwxPnBxFoD8nBX/1eUJMWyhocb1iqqcqhgF2Ld491&#10;fwAAAP//AwBQSwECLQAUAAYACAAAACEAmzMnNwwBAAAtAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AD0BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD0o6qLaAEAAAMDAAAOAAAAAAAAAAAAAAAA&#10;ADwCAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC6ym4g1AEAAJsEAAAQAAAAAAAAAAAA&#10;AAAAANADAABkcnMvaW5rL2luazEueG1sUEsBAi0AFAAGAAgAAAAhAF0/pZfeAAAABwEAAA8AAAAA&#10;AAAAAAAAAAAA0gUAAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQB5GLydvwAAACEBAAAZ&#10;AAAAAAAAAAAAAAAAAN0GAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAGAAYAeAEA&#10;ANMHAAAAAA==&#10;">
+                <v:imagedata r:id="rId29" o:title=""/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="50032F9E" w14:textId="602FC15B" w:rsidR="00974D87" w:rsidRPr="0096681C" w:rsidRDefault="00974D87" w:rsidP="00725DF8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F2523FB" w14:textId="7A4CE578" w:rsidR="00974D87" w:rsidRPr="0096681C" w:rsidRDefault="00974D87" w:rsidP="00725DF8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -14923,122 +13591,121 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2CF0DB8F" w14:textId="50E00A99" w:rsidR="00DD4636" w:rsidRPr="0096681C" w:rsidRDefault="00832972" w:rsidP="00725DF8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wpi">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667464" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="026702E2" wp14:editId="5B25A4F7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>330835</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>86360</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="770255" cy="1363980"/>
                 <wp:effectExtent l="76200" t="76200" r="67945" b="64770"/>
                 <wp:wrapNone/>
                 <wp:docPr id="816788782" name="Ink 13"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                    <w14:contentPart bwMode="auto" r:id="rId46">
+                    <w14:contentPart bwMode="auto" r:id="rId30">
                       <w14:nvContentPartPr>
                         <w14:cNvContentPartPr/>
                       </w14:nvContentPartPr>
                       <w14:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="770255" cy="1363980"/>
                       </w14:xfrm>
                     </w14:contentPart>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6AC53EB1" id="Ink 13" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:24.65pt;margin-top:5.4pt;width:63.45pt;height:110.2pt;z-index:251667464;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAKgIBI95AQAADgMAAA4AAABkcnMvZTJvRG9jLnhtbJxSyW7CMBC9V+o/&#10;WL6XJFCWRAQORZU4dDm0H+A6NrEae6KxIfD3nQQo0KqqxCWa8TjPb5npfGsrtlHoDbicJ72YM+Uk&#10;FMatcv7+9ng34cwH4QpRgVM53ynP57Pbm2lTZ6oPJVSFQkYgzmdNnfMyhDqLIi9LZYXvQa0cDTWg&#10;FYFaXEUFiobQbRX143gUNYBFjSCV93S62A/5rMPXWsnworVXgVXEbpxOiE7oqjTlDNtq1Kfqo6sG&#10;KY9mU5GtUNSlkQda4gpWVhhHJL6hFiIItkbzC8oaieBBh54EG4HWRqpOE6lL4h/qlu6zVZbcyzVm&#10;ElxQLrwKDEf/usE1T9iKLGieoKCExDoAPyCSQf8Hsie9ALm2xGefCqpKBFoJX5rak9GZKXKOyyI5&#10;8Xebh5OCVzzper4cUCLRQfJfv2w12tZsYsK2Oacd3LXfLku1DUzS4Xgc94dDziSNksFokE66C0fo&#10;PcSxO/OWXr9I8bxvmZ2t8ewLAAD//wMAUEsDBBQABgAIAAAAIQCdx+NW5QIAAJMIAAAQAAAAZHJz&#10;L2luay9pbmsxLnhtbLRVTW/bMAy9D9h/ENRDL3UsKe7ygaY9DAswYAOKtQO2o+uoiVF/BLbSpP9+&#10;lEjJSptehu1iieTjI/kkJVc3h7piz7rry7ZZcDkSnOmmaFdls17wn/fLZMpZb/JmlVdtoxf8Rff8&#10;5vrjh6uyeaqrOXwZMDS93dXVgm+M2c7TdL/fj/bjUdutUyXEOP3aPH3/xq8pa6Ufy6Y0ULL3rqJt&#10;jD4YSzYvVwtemIMIeOC+a3ddoUPYerpiQJguL/Sy7ercBMZN3jS6Yk1eQ9+/ODMvW9iUUGetO87q&#10;EgZO1Ehmk2z6ZQaO/LDgkb2DFnvopObpac7f/4Fz+ZbTtjVWk08TzqillX62PaVO8/n7s9927VZ3&#10;ptSDzCgKBV5YgbbTB4XqdN9WO3s2nD3n1Q4kk0LAtaDaMj0hyFs+0Oaf8oEu7/LFzR1LQ+PFOpBo&#10;4Ur5ozVlreGi19twx0wPxNZ9Zzr3HJRQl4mYJGp2L+U8m87VdDSZjqOjoFvsOR+6Xb8JfA/dcF9d&#10;JKiGk+3LldkE0cVIBs1jxU9lbnS53pi/Si3aqoXHQCd9tlx+ljKLJnLlwlU78XDd7WM0+A/9uOBn&#10;7u0yl4kON7mSmWByOsuYyrLZ7OI8keeTy3NxAY+QJ5KLi0QywWBRuEhrg0ULOQliQZBwBHltOQil&#10;S59Azjg9xMZHnNYSmKaSI8MmC3K5HOVg6IKmMJ4h2xuwdJmhqIV5shiLfuvBBI+xBeMSuPeYAR97&#10;4v5w76NWYpwOeVAuHBuRPtcixzQaZg1fVJ7w7oQg5vocMNCZrRX7mY0iMo6qyC/dHj2xXzE7KXqE&#10;24Mu4BHM6uPxFgOXznnsXkZRREriQSRyWgYfxQ7dWTgkMuAX6/p9nDXsESPYwIB7uLhDQ2DEGXYf&#10;XBYVDBfB0T2lbRBOZcgHYxiGDCKAxcGxHFiOHMXy1msn8VMbxxa9VuKkGC0uRvUgGaegBFiO/rzC&#10;7wv8Kl//AQAA//8DAFBLAwQUAAYACAAAACEAARZyAd4AAAAJAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPS0/DMBCE70j8B2uRuFG7DuojxKl4iFsRojWc3dh5iHgdxW4b/j3bExx3ZjT7TbGZfM9Oboxd&#10;QAXzmQDmsAq2w0aB3r/erYDFZNCaPqBT8OMibMrrq8LkNpzxw512qWFUgjE3CtqUhpzzWLXOmzgL&#10;g0Py6jB6k+gcG25Hc6Zy33MpxIJ70yF9aM3gnltXfe+OXsHL21e1XYnP7Em/y3q93et6qbVStzfT&#10;4wOw5Kb0F4YLPqFDSUyHcEQbWa/gfp1RknRBCy7+ciGBHRTIbC6BlwX/v6D8BQAA//8DAFBLAwQU&#10;AAYACAAAACEAeRi8nb8AAAAhAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEz7FqxDAM&#10;BuC90Hcw2hslHcpR4mQ5DrKWFG41jpKYxLKxnNJ7+3rswcENGoTQ90tt/+t39UNJXGANTVWDIrZh&#10;crxo+B4vbydQkg1PZg9MGm4k0HevL+0X7SaXJVldFFUUFg1rzvETUexK3kgVInGZzCF5k0ubFozG&#10;bmYhfK/rD0z/DejuTDVMGtIwNaDGWyzJz+0wz87SOdjDE+cHEWgPycFf/V5QkxbKGhxvWKqpyqGA&#10;XYt3j3V/AAAA//8DAFBLAQItABQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAAPQEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKgIBI95AQAADgMAAA4AAAAAAAAA&#10;AAAAAAAAPAIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJ3H41blAgAAkwgAABAAAAAA&#10;AAAAAAAAAAAA4QMAAGRycy9pbmsvaW5rMS54bWxQSwECLQAUAAYACAAAACEAARZyAd4AAAAJAQAA&#10;DwAAAAAAAAAAAAAAAAD0BgAAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAHkYvJ2/AAAA&#10;IQEAABkAAAAAAAAAAAAAAAAA/wcAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYA&#10;BgB4AQAA9QgAAAAA&#10;">
-                <v:imagedata r:id="rId47" o:title=""/>
+              <v:shape w14:anchorId="543B1B7D" id="Ink 13" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:24.65pt;margin-top:5.4pt;width:63.45pt;height:110.2pt;z-index:251667464;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAKgIBI95AQAADgMAAA4AAABkcnMvZTJvRG9jLnhtbJxSyW7CMBC9V+o/&#10;WL6XJFCWRAQORZU4dDm0H+A6NrEae6KxIfD3nQQo0KqqxCWa8TjPb5npfGsrtlHoDbicJ72YM+Uk&#10;FMatcv7+9ng34cwH4QpRgVM53ynP57Pbm2lTZ6oPJVSFQkYgzmdNnfMyhDqLIi9LZYXvQa0cDTWg&#10;FYFaXEUFiobQbRX143gUNYBFjSCV93S62A/5rMPXWsnworVXgVXEbpxOiE7oqjTlDNtq1Kfqo6sG&#10;KY9mU5GtUNSlkQda4gpWVhhHJL6hFiIItkbzC8oaieBBh54EG4HWRqpOE6lL4h/qlu6zVZbcyzVm&#10;ElxQLrwKDEf/usE1T9iKLGieoKCExDoAPyCSQf8Hsie9ALm2xGefCqpKBFoJX5rak9GZKXKOyyI5&#10;8Xebh5OCVzzper4cUCLRQfJfv2w12tZsYsK2Oacd3LXfLku1DUzS4Xgc94dDziSNksFokE66C0fo&#10;PcSxO/OWXr9I8bxvmZ2t8ewLAAD//wMAUEsDBBQABgAIAAAAIQCdx+NW5QIAAJMIAAAQAAAAZHJz&#10;L2luay9pbmsxLnhtbLRVTW/bMAy9D9h/ENRDL3UsKe7ygaY9DAswYAOKtQO2o+uoiVF/BLbSpP9+&#10;lEjJSptehu1iieTjI/kkJVc3h7piz7rry7ZZcDkSnOmmaFdls17wn/fLZMpZb/JmlVdtoxf8Rff8&#10;5vrjh6uyeaqrOXwZMDS93dXVgm+M2c7TdL/fj/bjUdutUyXEOP3aPH3/xq8pa6Ufy6Y0ULL3rqJt&#10;jD4YSzYvVwtemIMIeOC+a3ddoUPYerpiQJguL/Sy7ercBMZN3jS6Yk1eQ9+/ODMvW9iUUGetO87q&#10;EgZO1Ehmk2z6ZQaO/LDgkb2DFnvopObpac7f/4Fz+ZbTtjVWk08TzqillX62PaVO8/n7s9927VZ3&#10;ptSDzCgKBV5YgbbTB4XqdN9WO3s2nD3n1Q4kk0LAtaDaMj0hyFs+0Oaf8oEu7/LFzR1LQ+PFOpBo&#10;4Ur5ozVlreGi19twx0wPxNZ9Zzr3HJRQl4mYJGp2L+U8m87VdDSZjqOjoFvsOR+6Xb8JfA/dcF9d&#10;JKiGk+3LldkE0cVIBs1jxU9lbnS53pi/Si3aqoXHQCd9tlx+ljKLJnLlwlU78XDd7WM0+A/9uOBn&#10;7u0yl4kON7mSmWByOsuYyrLZ7OI8keeTy3NxAY+QJ5KLi0QywWBRuEhrg0ULOQliQZBwBHltOQil&#10;S59Azjg9xMZHnNYSmKaSI8MmC3K5HOVg6IKmMJ4h2xuwdJmhqIV5shiLfuvBBI+xBeMSuPeYAR97&#10;4v5w76NWYpwOeVAuHBuRPtcixzQaZg1fVJ7w7oQg5vocMNCZrRX7mY0iMo6qyC/dHj2xXzE7KXqE&#10;24Mu4BHM6uPxFgOXznnsXkZRREriQSRyWgYfxQ7dWTgkMuAX6/p9nDXsESPYwIB7uLhDQ2DEGXYf&#10;XBYVDBfB0T2lbRBOZcgHYxiGDCKAxcGxHFiOHMXy1msn8VMbxxa9VuKkGC0uRvUgGaegBFiO/rzC&#10;7wv8Kl//AQAA//8DAFBLAwQUAAYACAAAACEAARZyAd4AAAAJAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPS0/DMBCE70j8B2uRuFG7DuojxKl4iFsRojWc3dh5iHgdxW4b/j3bExx3ZjT7TbGZfM9Oboxd&#10;QAXzmQDmsAq2w0aB3r/erYDFZNCaPqBT8OMibMrrq8LkNpzxw512qWFUgjE3CtqUhpzzWLXOmzgL&#10;g0Py6jB6k+gcG25Hc6Zy33MpxIJ70yF9aM3gnltXfe+OXsHL21e1XYnP7Em/y3q93et6qbVStzfT&#10;4wOw5Kb0F4YLPqFDSUyHcEQbWa/gfp1RknRBCy7+ciGBHRTIbC6BlwX/v6D8BQAA//8DAFBLAwQU&#10;AAYACAAAACEAeRi8nb8AAAAhAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEz7FqxDAM&#10;BuC90Hcw2hslHcpR4mQ5DrKWFG41jpKYxLKxnNJ7+3rswcENGoTQ90tt/+t39UNJXGANTVWDIrZh&#10;crxo+B4vbydQkg1PZg9MGm4k0HevL+0X7SaXJVldFFUUFg1rzvETUexK3kgVInGZzCF5k0ubFozG&#10;bmYhfK/rD0z/DejuTDVMGtIwNaDGWyzJz+0wz87SOdjDE+cHEWgPycFf/V5QkxbKGhxvWKqpyqGA&#10;XYt3j3V/AAAA//8DAFBLAQItABQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAAPQEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKgIBI95AQAADgMAAA4AAAAAAAAA&#10;AAAAAAAAPAIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJ3H41blAgAAkwgAABAAAAAA&#10;AAAAAAAAAAAA4QMAAGRycy9pbmsvaW5rMS54bWxQSwECLQAUAAYACAAAACEAARZyAd4AAAAJAQAA&#10;DwAAAAAAAAAAAAAAAAD0BgAAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAHkYvJ2/AAAA&#10;IQEAABkAAAAAAAAAAAAAAAAA/wcAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYA&#10;BgB4AQAA9QgAAAAA&#10;">
+                <v:imagedata r:id="rId31" o:title=""/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00F567AA" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1533AB63" wp14:editId="6E32DB75">
             <wp:extent cx="6677957" cy="1486107"/>
             <wp:effectExtent l="0" t="0" r="8890" b="0"/>
             <wp:docPr id="1508853556" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1508853556" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId48"/>
+                    <a:blip r:embed="rId32"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6677957" cy="1486107"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="55C7038C" w14:textId="77777777" w:rsidR="00475B6C" w:rsidRPr="0096681C" w:rsidRDefault="00475B6C" w:rsidP="00725DF8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -15053,50 +13720,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="531789E6" w14:textId="42A9EE0C" w:rsidR="008F22E9" w:rsidRPr="0096681C" w:rsidRDefault="00D27943" w:rsidP="00E53969">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Once your course(s) is/are created, you will need to generate the register</w:t>
       </w:r>
       <w:r w:rsidR="00B42D40" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(s)</w:t>
       </w:r>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00E84341" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -15133,51 +13801,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="742D0888" wp14:editId="28995724">
             <wp:extent cx="7334250" cy="2733675"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="1946176054" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1946176054" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId49"/>
+                    <a:blip r:embed="rId33"/>
                     <a:srcRect b="9749"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7335274" cy="2734057"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
@@ -15201,51 +13869,50 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32559030" w14:textId="2889EBC6" w:rsidR="003E50D3" w:rsidRPr="0096681C" w:rsidRDefault="00454656" w:rsidP="00E53969">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">You can generate the registers individually or </w:t>
       </w:r>
       <w:r w:rsidR="00934DCC" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>in a batch – so long as they all start with the same prefix.  Use Course Code ‘starts with’ or ‘matches’ as appropriate</w:t>
       </w:r>
       <w:r w:rsidR="00C06584" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00A642A4" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Click on ‘Generate’ when </w:t>
@@ -15318,169 +13985,170 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="778AA0CF" w14:textId="63C595AE" w:rsidR="001A4D7A" w:rsidRPr="0096681C" w:rsidRDefault="00EA2110" w:rsidP="00E53969">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wpi">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671560" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="756FDAE2" wp14:editId="6483D6B4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5354070</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>2005725</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="968760" cy="604440"/>
                 <wp:effectExtent l="76200" t="76200" r="60325" b="62865"/>
                 <wp:wrapNone/>
                 <wp:docPr id="555130228" name="Ink 18"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                    <w14:contentPart bwMode="auto" r:id="rId50">
+                    <w14:contentPart bwMode="auto" r:id="rId34">
                       <w14:nvContentPartPr>
                         <w14:cNvContentPartPr/>
                       </w14:nvContentPartPr>
                       <w14:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="968760" cy="604440"/>
                       </w14:xfrm>
                     </w14:contentPart>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="5E385B6D" id="Ink 18" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:420.2pt;margin-top:156.55pt;width:79.15pt;height:50.45pt;z-index:251671560;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAIsPTkl0AQAADQMAAA4AAABkcnMvZTJvRG9jLnhtbJxSy27CMBC8V+o/&#10;WL6XJAgoRCQciipxaMuh/QDXsYnV2ButDYG/7ya8W1WVuES7HmU8D09nW1uxjUJvwGU86cWcKSeh&#10;MG6V8Y/354cxZz4IV4gKnMr4Tnk+y+/vpk2dqj6UUBUKGZE4nzZ1xssQ6jSKvCyVFb4HtXIEakAr&#10;Aq24igoUDbHbKurH8ShqAIsaQSrv6XS+B3ne8WutZHjT2qvAKlI3jmPSF04TdlN/yNlnOyWTIY/y&#10;qUhXKOrSyIMscYMqK4wjESequQiCrdH8orJGInjQoSfBRqC1karzRO6S+Ie7hftqnSUDucZUggvK&#10;haXAcMyvA265wlYUQfMCBTUk1gH4gZEC+r+Qveg5yLUlPftWUFUi0JPwpak9Z5iaIuO4KJKzfrd5&#10;OjtY4tnX6zVAjUQHy3/9stVo27BJCdtmnDretd+uS7UNTNLhZDR+HBEiCRrFg8Ggw4/Me4bjdhEt&#10;XX5V4uXeCrt4xfk3AAAA//8DAFBLAwQUAAYACAAAACEAGx5sHdUCAACVCAAAEAAAAGRycy9pbmsv&#10;aW5rMS54bWy0Vctu2zAQvBfoPxDMwRfLIinHjo3IORQ1UKAFiiYF2qMiM7YQPQyJjp2/75K7lKVY&#10;uRTtRSRnZ2cfXNq3d6ciZy+6brKqjLmcCM50mVabrNzG/OfDOrjhrDFJuUnyqtQxf9UNv1t9/HCb&#10;lc9FvoQvA4Wysbsij/nOmP0yDI/H4+QYTap6GyohovBL+fztK1+R10Y/ZWVmIGTjobQqjT4ZK7bM&#10;NjFPzUm0fNC+rw51qluzRer0zDB1kup1VReJaRV3SVnqnJVJAXn/4sy87mGTQZytrjkrMig4UBM5&#10;nU9vPi8ASE4x75wPkGIDmRQ8HNb8/R8015eaNq1IzWdzziiljX6xOYWu58v3a/9eV3tdm0yf24xN&#10;IcMrS/Hs+oONqnVT5Qd7N5y9JPkBWiaFgLGg2DIcaMilHvTmn+pBX97V6ybXbw2V1+0DNa0dKX+1&#10;Jis0DHqxb2fMNCBs4XtTu+eghLoOxDxQiweplmK2jOaT6XTeuQqaYq/5WB+aXav3WJ/n1VnarmFl&#10;x2xjdm3TxUS2Pe92fMhzp7PtzvyVa1rlFTwGuumr9fqTlNNORS5cO2oDD9dNH6PCf+inmF+5t8uc&#10;JwKucjVbCHYTLZiaXovFeBTIURSNxBjeIBdcjAPFBIMlCqRdJHOLwtNbm2MOghIdSIUoBJIYCNsI&#10;XtoGtvEc+IZJ0d0ikIiSwlusMx3It7eQE2LIQ6jnc2l4z8HjNizuu1/UUS5R2ruyMCQWjPzuHktH&#10;L8KdV5eDVWNXKaLjIIJW1OkiXg0s4x6O+hffyF06Zej2FBfxDp+YDsFRQcRnYiOqnhciYB9jnujl&#10;OWe+YJaDOoJysAju0ct/EbeDI50XclChy7/EYXxsyEHDWRVY9kDkng/c8Tkre+FOzbGxJu/UP2Ht&#10;5AyLTQKY+CD8yYEoGWBbvRgxCSTKIOilrTg8apQmB7f0/r7aXxj4XV79AQAA//8DAFBLAwQUAAYA&#10;CAAAACEAUnJFROEAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7KgdGrVp&#10;yKRCiLJAoojyXLrxkETE4yh20/D3mBUsR/fo3jPFerKdGGnwrWOEZKZAEFfOtFwjvDxvLjIQPmg2&#10;unNMCN/kYV2enhQ6N+7ITzTuQi1iCftcIzQh9LmUvmrIaj9zPXHMPt1gdYjnUEsz6GMst528VGoh&#10;rW45LjS6p5uGqq/dwSLwm7J396+Pi/fluKWH9lZu9IdEPD+brq9ABJrCHwy/+lEdyui0dwc2XnQI&#10;WarSiCLMk3kCIhKrVbYEsUdIk1SBLAv5/4fyBwAA//8DAFBLAwQUAAYACAAAACEAeRi8nb8AAAAh&#10;AQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEz7FqxDAMBuC90Hcw2hslHcpR4mQ5DrKW&#10;FG41jpKYxLKxnNJ7+3rswcENGoTQ90tt/+t39UNJXGANTVWDIrZhcrxo+B4vbydQkg1PZg9MGm4k&#10;0HevL+0X7SaXJVldFFUUFg1rzvETUexK3kgVInGZzCF5k0ubFozGbmYhfK/rD0z/DejuTDVMGtIw&#10;NaDGWyzJz+0wz87SOdjDE+cHEWgPycFf/V5QkxbKGhxvWKqpyqGAXYt3j3V/AAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAPQEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAIsPTkl0AQAADQMAAA4AAAAAAAAAAAAAAAAAPAIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhABsebB3VAgAAlQgAABAAAAAAAAAAAAAAAAAA3AMAAGRycy9p&#10;bmsvaW5rMS54bWxQSwECLQAUAAYACAAAACEAUnJFROEAAAALAQAADwAAAAAAAAAAAAAAAADfBgAA&#10;ZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAHkYvJ2/AAAAIQEAABkAAAAAAAAAAAAAAAAA&#10;7QcAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB4AQAA4wgAAAAA&#10;">
-                <v:imagedata r:id="rId51" o:title=""/>
+              <v:shape w14:anchorId="4C5C74B4" id="Ink 18" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:420.2pt;margin-top:156.55pt;width:79.15pt;height:50.45pt;z-index:251671560;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAIsPTkl0AQAADQMAAA4AAABkcnMvZTJvRG9jLnhtbJxSy27CMBC8V+o/&#10;WL6XJAgoRCQciipxaMuh/QDXsYnV2ButDYG/7ya8W1WVuES7HmU8D09nW1uxjUJvwGU86cWcKSeh&#10;MG6V8Y/354cxZz4IV4gKnMr4Tnk+y+/vpk2dqj6UUBUKGZE4nzZ1xssQ6jSKvCyVFb4HtXIEakAr&#10;Aq24igoUDbHbKurH8ShqAIsaQSrv6XS+B3ne8WutZHjT2qvAKlI3jmPSF04TdlN/yNlnOyWTIY/y&#10;qUhXKOrSyIMscYMqK4wjESequQiCrdH8orJGInjQoSfBRqC1karzRO6S+Ie7hftqnSUDucZUggvK&#10;haXAcMyvA265wlYUQfMCBTUk1gH4gZEC+r+Qveg5yLUlPftWUFUi0JPwpak9Z5iaIuO4KJKzfrd5&#10;OjtY4tnX6zVAjUQHy3/9stVo27BJCdtmnDretd+uS7UNTNLhZDR+HBEiCRrFg8Ggw4/Me4bjdhEt&#10;XX5V4uXeCrt4xfk3AAAA//8DAFBLAwQUAAYACAAAACEAGx5sHdUCAACVCAAAEAAAAGRycy9pbmsv&#10;aW5rMS54bWy0Vctu2zAQvBfoPxDMwRfLIinHjo3IORQ1UKAFiiYF2qMiM7YQPQyJjp2/75K7lKVY&#10;uRTtRSRnZ2cfXNq3d6ciZy+6brKqjLmcCM50mVabrNzG/OfDOrjhrDFJuUnyqtQxf9UNv1t9/HCb&#10;lc9FvoQvA4Wysbsij/nOmP0yDI/H4+QYTap6GyohovBL+fztK1+R10Y/ZWVmIGTjobQqjT4ZK7bM&#10;NjFPzUm0fNC+rw51qluzRer0zDB1kup1VReJaRV3SVnqnJVJAXn/4sy87mGTQZytrjkrMig4UBM5&#10;nU9vPi8ASE4x75wPkGIDmRQ8HNb8/R8015eaNq1IzWdzziiljX6xOYWu58v3a/9eV3tdm0yf24xN&#10;IcMrS/Hs+oONqnVT5Qd7N5y9JPkBWiaFgLGg2DIcaMilHvTmn+pBX97V6ybXbw2V1+0DNa0dKX+1&#10;Jis0DHqxb2fMNCBs4XtTu+eghLoOxDxQiweplmK2jOaT6XTeuQqaYq/5WB+aXav3WJ/n1VnarmFl&#10;x2xjdm3TxUS2Pe92fMhzp7PtzvyVa1rlFTwGuumr9fqTlNNORS5cO2oDD9dNH6PCf+inmF+5t8uc&#10;JwKucjVbCHYTLZiaXovFeBTIURSNxBjeIBdcjAPFBIMlCqRdJHOLwtNbm2MOghIdSIUoBJIYCNsI&#10;XtoGtvEc+IZJ0d0ikIiSwlusMx3It7eQE2LIQ6jnc2l4z8HjNizuu1/UUS5R2ruyMCQWjPzuHktH&#10;L8KdV5eDVWNXKaLjIIJW1OkiXg0s4x6O+hffyF06Zej2FBfxDp+YDsFRQcRnYiOqnhciYB9jnujl&#10;OWe+YJaDOoJysAju0ct/EbeDI50XclChy7/EYXxsyEHDWRVY9kDkng/c8Tkre+FOzbGxJu/UP2Ht&#10;5AyLTQKY+CD8yYEoGWBbvRgxCSTKIOilrTg8apQmB7f0/r7aXxj4XV79AQAA//8DAFBLAwQUAAYA&#10;CAAAACEAUnJFROEAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7KgdGrVp&#10;yKRCiLJAoojyXLrxkETE4yh20/D3mBUsR/fo3jPFerKdGGnwrWOEZKZAEFfOtFwjvDxvLjIQPmg2&#10;unNMCN/kYV2enhQ6N+7ITzTuQi1iCftcIzQh9LmUvmrIaj9zPXHMPt1gdYjnUEsz6GMst528VGoh&#10;rW45LjS6p5uGqq/dwSLwm7J396+Pi/fluKWH9lZu9IdEPD+brq9ABJrCHwy/+lEdyui0dwc2XnQI&#10;WarSiCLMk3kCIhKrVbYEsUdIk1SBLAv5/4fyBwAA//8DAFBLAwQUAAYACAAAACEAeRi8nb8AAAAh&#10;AQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEz7FqxDAMBuC90Hcw2hslHcpR4mQ5DrKW&#10;FG41jpKYxLKxnNJ7+3rswcENGoTQ90tt/+t39UNJXGANTVWDIrZhcrxo+B4vbydQkg1PZg9MGm4k&#10;0HevL+0X7SaXJVldFFUUFg1rzvETUexK3kgVInGZzCF5k0ubFozGbmYhfK/rD0z/DejuTDVMGtIw&#10;NaDGWyzJz+0wz87SOdjDE+cHEWgPycFf/V5QkxbKGhxvWKqpyqGAXYt3j3V/AAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAPQEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAIsPTkl0AQAADQMAAA4AAAAAAAAAAAAAAAAAPAIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhABsebB3VAgAAlQgAABAAAAAAAAAAAAAAAAAA3AMAAGRycy9p&#10;bmsvaW5rMS54bWxQSwECLQAUAAYACAAAACEAUnJFROEAAAALAQAADwAAAAAAAAAAAAAAAADfBgAA&#10;ZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAHkYvJ2/AAAAIQEAABkAAAAAAAAAAAAAAAAA&#10;7QcAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB4AQAA4wgAAAAA&#10;">
+                <v:imagedata r:id="rId35" o:title=""/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpi">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669512" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="71527776" wp14:editId="68E27F32">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-56010</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1519005</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1899720" cy="483480"/>
                 <wp:effectExtent l="57150" t="57150" r="5715" b="50165"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1540382156" name="Ink 16"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                    <w14:contentPart bwMode="auto" r:id="rId52">
+                    <w14:contentPart bwMode="auto" r:id="rId36">
                       <w14:nvContentPartPr>
                         <w14:cNvContentPartPr/>
                       </w14:nvContentPartPr>
                       <w14:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1899720" cy="483480"/>
                       </w14:xfrm>
                     </w14:contentPart>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0EA94789" id="Ink 16" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:-5.1pt;margin-top:118.9pt;width:151pt;height:39.45pt;z-index:251669512;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhACsFBwl2AQAACgMAAA4AAABkcnMvZTJvRG9jLnhtbJxSXU/CMBR9N/E/&#10;NH2XbQgyFgYPEhMeVB70B9SuZY1r73JbGPx77wYIaIwJL0tvT3d6PjqZbW3FNgq9AZfzpBdzppyE&#10;wrhVzt/fnu5SznwQrhAVOJXznfJ8Nr29mTR1pvpQQlUoZETifNbUOS9DqLMo8rJUVvge1MoRqAGt&#10;CDTiKipQNMRuq6gfxw9RA1jUCFJ5T7vzPcinHb/WSoZXrb0KrMr5OI5JXjgusF2Mhpx95DxN0yGP&#10;phORrVDUpZEHSeIKRVYYRwK+qeYiCLZG84vKGongQYeeBBuB1kaqzg85S+Ifzhbus3WVDOQaMwku&#10;KBeWAsMxuw645gpbUQLNMxTUjlgH4AdGiuf/Mvai5yDXlvTsG0FViUDPwZem9pxhZoqc46JITvrd&#10;5vHkYIknXy+XADUSHSz/9ctWo23DJiVsm3MqeNd+uy7VNjBJm0k6Ho/6BEnCBun9IO0OHKn3FMfp&#10;LFu6/aLF87lVdvaEp18AAAD//wMAUEsDBBQABgAIAAAAIQB7DjMZ9QEAAMcEAAAQAAAAZHJzL2lu&#10;ay9pbmsxLnhtbLRTy27bMBC8F+g/EMzBF0siKcl6IHJOMVCgBYomBZqjIjEWEYk0KMqPv+/qYVpB&#10;nEuRXgRqyZ2dnZ29vTs2Ndpz3QolM0xdghGXhSqF3Gb49+PGiTFqTS7LvFaSZ/jEW3y3/vrlVsjX&#10;pk7hiwBBtv2pqTNcGbNLPe9wOLgH31V66zFCfO+bfP3xHa+nrJK/CCkMlGzPoUJJw4+mB0tFmeHC&#10;HIl9D9gPqtMFt9d9RBeXF0bnBd8o3eTGIla5lLxGMm+A9x+MzGkHBwF1tlxj1Aho2GEuDaIgvk8g&#10;kB8zPPvvgGILTBrsXcd8+g+Ym/eYPS2fRasIo4lSyfc9J2/QPP24959a7bg2gl9kHkWZLk6oGP8H&#10;fUahNG9V3fWzwWif1x1IRgkBW0y1qXdFkPd4oM2n4oEuH+LNyb2VZmpvrsMkmrXUebRGNByM3uys&#10;x0wLwH34wehhHRhhoUMihyWPlKUkTMPQXRE2G8Xk4jPms+7ayuI964tfhxur2tjZQZSmsqITl4RW&#10;9Lnk11IrLraV+bfcQtUK1mGa9c19RBkLZj0N9azZrqzu4D80tf6Lv2T4ZtheNGSOgaF3P0p8RP2A&#10;IRaEJFouaBD7CydJyIIssbOKwgSv/BiTZRjRAMFiEkSWLKGREycBIm8MbxnBJNd/AQAA//8DAFBL&#10;AwQUAAYACAAAACEALRJn+98AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvEMBCG74L/IYzg&#10;RXbTprAftemyCnosWAWvaTM2xSYpSXa3+usdT3qbYR7eed7qsNiJnTHE0TsJ+ToDhq73enSDhLfX&#10;p9UOWEzKaTV5hxK+MMKhvr6qVKn9xb3guU0DoxAXSyXBpDSXnMfeoFVx7Wd0dPvwwapEaxi4DupC&#10;4XbiIss23KrR0QejZnw02H+2JyuhWY7v03do5+aOt8oUKJqH7lnK25vleA8s4ZL+YPjVJ3Woyanz&#10;J6cjmySs8kwQKkEUW+pAhNjnNHQSinyzBV5X/H+H+gcAAP//AwBQSwMEFAAGAAgAAAAhAHkYvJ2/&#10;AAAAIQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzhM+xasQwDAbgvdB3MNobJR3KUeJk&#10;OQ6ylhRuNY6SmMSysZzSe/t67MHBDRqE0PdLbf/rd/VDSVxgDU1VgyK2YXK8aPgeL28nUJINT2YP&#10;TBpuJNB3ry/tF+0mlyVZXRRVFBYNa87xE1HsSt5IFSJxmcwheZNLmxaMxm5mIXyv6w9M/w3o7kw1&#10;TBrSMDWgxlssyc/tMM/O0jnYwxPnBxFoD8nBX/1eUJMWyhocb1iqqcqhgF2Ld491fwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAmzMnNwwBAAAtAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAD0BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQArBQcJdgEAAAoDAAAOAAAAAAAAAAAAAAAAADwCAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB7DjMZ9QEAAMcEAAAQAAAAAAAAAAAAAAAAAN4DAABk&#10;cnMvaW5rL2luazEueG1sUEsBAi0AFAAGAAgAAAAhAC0SZ/vfAAAACwEAAA8AAAAAAAAAAAAAAAAA&#10;AQYAAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQB5GLydvwAAACEBAAAZAAAAAAAAAAAA&#10;AAAAAA0HAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAGAAYAeAEAAAMIAAAAAA==&#10;">
-                <v:imagedata r:id="rId53" o:title=""/>
+              <v:shape w14:anchorId="54027786" id="Ink 16" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:-5.1pt;margin-top:118.9pt;width:151pt;height:39.45pt;z-index:251669512;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhACsFBwl2AQAACgMAAA4AAABkcnMvZTJvRG9jLnhtbJxSXU/CMBR9N/E/&#10;NH2XbQgyFgYPEhMeVB70B9SuZY1r73JbGPx77wYIaIwJL0tvT3d6PjqZbW3FNgq9AZfzpBdzppyE&#10;wrhVzt/fnu5SznwQrhAVOJXznfJ8Nr29mTR1pvpQQlUoZETifNbUOS9DqLMo8rJUVvge1MoRqAGt&#10;CDTiKipQNMRuq6gfxw9RA1jUCFJ5T7vzPcinHb/WSoZXrb0KrMr5OI5JXjgusF2Mhpx95DxN0yGP&#10;phORrVDUpZEHSeIKRVYYRwK+qeYiCLZG84vKGongQYeeBBuB1kaqzg85S+Ifzhbus3WVDOQaMwku&#10;KBeWAsMxuw645gpbUQLNMxTUjlgH4AdGiuf/Mvai5yDXlvTsG0FViUDPwZem9pxhZoqc46JITvrd&#10;5vHkYIknXy+XADUSHSz/9ctWo23DJiVsm3MqeNd+uy7VNjBJm0k6Ho/6BEnCBun9IO0OHKn3FMfp&#10;LFu6/aLF87lVdvaEp18AAAD//wMAUEsDBBQABgAIAAAAIQB7DjMZ9QEAAMcEAAAQAAAAZHJzL2lu&#10;ay9pbmsxLnhtbLRTy27bMBC8F+g/EMzBF0siKcl6IHJOMVCgBYomBZqjIjEWEYk0KMqPv+/qYVpB&#10;nEuRXgRqyZ2dnZ29vTs2Ndpz3QolM0xdghGXhSqF3Gb49+PGiTFqTS7LvFaSZ/jEW3y3/vrlVsjX&#10;pk7hiwBBtv2pqTNcGbNLPe9wOLgH31V66zFCfO+bfP3xHa+nrJK/CCkMlGzPoUJJw4+mB0tFmeHC&#10;HIl9D9gPqtMFt9d9RBeXF0bnBd8o3eTGIla5lLxGMm+A9x+MzGkHBwF1tlxj1Aho2GEuDaIgvk8g&#10;kB8zPPvvgGILTBrsXcd8+g+Ym/eYPS2fRasIo4lSyfc9J2/QPP24959a7bg2gl9kHkWZLk6oGP8H&#10;fUahNG9V3fWzwWif1x1IRgkBW0y1qXdFkPd4oM2n4oEuH+LNyb2VZmpvrsMkmrXUebRGNByM3uys&#10;x0wLwH34wehhHRhhoUMihyWPlKUkTMPQXRE2G8Xk4jPms+7ayuI964tfhxur2tjZQZSmsqITl4RW&#10;9Lnk11IrLraV+bfcQtUK1mGa9c19RBkLZj0N9azZrqzu4D80tf6Lv2T4ZtheNGSOgaF3P0p8RP2A&#10;IRaEJFouaBD7CydJyIIssbOKwgSv/BiTZRjRAMFiEkSWLKGREycBIm8MbxnBJNd/AQAA//8DAFBL&#10;AwQUAAYACAAAACEALRJn+98AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvEMBCG74L/IYzg&#10;RXbTprAftemyCnosWAWvaTM2xSYpSXa3+usdT3qbYR7eed7qsNiJnTHE0TsJ+ToDhq73enSDhLfX&#10;p9UOWEzKaTV5hxK+MMKhvr6qVKn9xb3guU0DoxAXSyXBpDSXnMfeoFVx7Wd0dPvwwapEaxi4DupC&#10;4XbiIss23KrR0QejZnw02H+2JyuhWY7v03do5+aOt8oUKJqH7lnK25vleA8s4ZL+YPjVJ3Woyanz&#10;J6cjmySs8kwQKkEUW+pAhNjnNHQSinyzBV5X/H+H+gcAAP//AwBQSwMEFAAGAAgAAAAhAHkYvJ2/&#10;AAAAIQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzhM+xasQwDAbgvdB3MNobJR3KUeJk&#10;OQ6ylhRuNY6SmMSysZzSe/t67MHBDRqE0PdLbf/rd/VDSVxgDU1VgyK2YXK8aPgeL28nUJINT2YP&#10;TBpuJNB3ry/tF+0mlyVZXRRVFBYNa87xE1HsSt5IFSJxmcwheZNLmxaMxm5mIXyv6w9M/w3o7kw1&#10;TBrSMDWgxlssyc/tMM/O0jnYwxPnBxFoD8nBX/1eUJMWyhocb1iqqcqhgF2Ld491fwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAmzMnNwwBAAAtAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAD0BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQArBQcJdgEAAAoDAAAOAAAAAAAAAAAAAAAAADwCAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB7DjMZ9QEAAMcEAAAQAAAAAAAAAAAAAAAAAN4DAABk&#10;cnMvaW5rL2luazEueG1sUEsBAi0AFAAGAAgAAAAhAC0SZ/vfAAAACwEAAA8AAAAAAAAAAAAAAAAA&#10;AQYAAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQB5GLydvwAAACEBAAAZAAAAAAAAAAAA&#10;AAAAAA0HAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAGAAYAeAEAAAMIAAAAAA==&#10;">
+                <v:imagedata r:id="rId37" o:title=""/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="001A4D7A" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="03F17A8B" wp14:editId="5161ECF1">
             <wp:extent cx="8863330" cy="2543175"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="974944567" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="974944567" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId54"/>
+                    <a:blip r:embed="rId38"/>
                     <a:srcRect b="45347"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="8863330" cy="2543175"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
@@ -15540,51 +14208,50 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C3FDA73" w14:textId="029D76F4" w:rsidR="00181FA7" w:rsidRPr="0096681C" w:rsidRDefault="00181FA7" w:rsidP="00181FA7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Finding the Register</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="485D250D" w14:textId="6172DA0F" w:rsidR="00181FA7" w:rsidRPr="00AB6A85" w:rsidRDefault="00181FA7" w:rsidP="00E53969">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6A85">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">You can search for a register in EBS Shape either by the event code (1), course reference number(2), staff reference(3) or learner reference number(4).  Click on the appropriate </w:t>
       </w:r>
       <w:r w:rsidR="001426CB" w:rsidRPr="00AB6A85">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -16125,51 +14792,51 @@
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent2"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent2"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent2"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="44FC4F98" id="Straight Arrow Connector 7" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:545.25pt;margin-top:12.45pt;width:2.25pt;height:68.25pt;flip:x;z-index:251703304;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDsGwyBxAEAANgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8uO2zAMvBfoPwi6N04CbDYw4uwh28eh&#10;aBd9fIBWpmwBekFiY/vvS8leb9EWBVr0QsgSZzgc0qe70Rp2hZi0dw3fbbacgZO+1a5r+Ncvb14d&#10;OUsoXCuMd9DwCRK/O798cRpCDXvfe9NCZETiUj2EhveIoa6qJHuwIm18AEePykcrkD5jV7VRDMRu&#10;TbXfbg/V4GMbopeQEt3ez4/8XPiVAokflUqAzDSctGGJscTHHKvzSdRdFKHXcpEh/kGFFdpR0ZXq&#10;XqBg36L+hcpqGX3yCjfS28orpSWUHqib3fanbj73IkDphcxJYbUp/T9a+eF6cQ+RbBhCqlN4iLmL&#10;UUXLlNHhHc209EVK2Vhsm1bbYEQm6XJ/vLm94UzSy/FwuKUz0VUzS2YLMeFb8JblQ8MTRqG7Hi/e&#10;OZqPj3MFcX2fcAY+ATLYuBxRaPPatQynQEuEUQvXGVjq5JTqWX454WRghn8CxXRLMucyZbPgYiK7&#10;CtoJISU43K9MlJ1hShuzArfFgT8Cl/wMhbJ1fwNeEaWyd7iCrXY+/q46jrtFsprznxyY+84WPPp2&#10;KoMt1tD6lJksq57388fvAn/+Ic/fAQAA//8DAFBLAwQUAAYACAAAACEAiXqBa+EAAAAMAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPXUvDMBSG7wX/QziCN+KS1nXY2nTIYCBUL5yD3WZNbIvNSWmyLvv3&#10;nl3p3Xk5D+9HuY52YLOZfO9QQrIQwAw2TvfYSth/bR+fgfmgUKvBoZFwMR7W1e1NqQrtzvhp5l1o&#10;GZmgL5SELoSx4Nw3nbHKL9xokH7fbrIqkJxarid1JnM78FSIFbeqR0ro1Gg2nWl+dicr4QPTuM8e&#10;6jpuDoe3en7fPuElkfL+Lr6+AAsmhj8YrvWpOlTU6ehOqD0bSItcZMRKSJc5sCsh8ozmHelaJUvg&#10;Vcn/j6h+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOwbDIHEAQAA2AMAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIl6gWvhAAAADAEAAA8AAAAA&#10;AAAAAAAAAAAAHgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAsBQAAAAA=&#10;" strokecolor="#bc4542 [3045]">
+              <v:shape w14:anchorId="768A2A2F" id="Straight Arrow Connector 7" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:545.25pt;margin-top:12.45pt;width:2.25pt;height:68.25pt;flip:x;z-index:251703304;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDsGwyBxAEAANgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8uO2zAMvBfoPwi6N04CbDYw4uwh28eh&#10;aBd9fIBWpmwBekFiY/vvS8leb9EWBVr0QsgSZzgc0qe70Rp2hZi0dw3fbbacgZO+1a5r+Ncvb14d&#10;OUsoXCuMd9DwCRK/O798cRpCDXvfe9NCZETiUj2EhveIoa6qJHuwIm18AEePykcrkD5jV7VRDMRu&#10;TbXfbg/V4GMbopeQEt3ez4/8XPiVAokflUqAzDSctGGJscTHHKvzSdRdFKHXcpEh/kGFFdpR0ZXq&#10;XqBg36L+hcpqGX3yCjfS28orpSWUHqib3fanbj73IkDphcxJYbUp/T9a+eF6cQ+RbBhCqlN4iLmL&#10;UUXLlNHhHc209EVK2Vhsm1bbYEQm6XJ/vLm94UzSy/FwuKUz0VUzS2YLMeFb8JblQ8MTRqG7Hi/e&#10;OZqPj3MFcX2fcAY+ATLYuBxRaPPatQynQEuEUQvXGVjq5JTqWX454WRghn8CxXRLMucyZbPgYiK7&#10;CtoJISU43K9MlJ1hShuzArfFgT8Cl/wMhbJ1fwNeEaWyd7iCrXY+/q46jrtFsprznxyY+84WPPp2&#10;KoMt1tD6lJksq57388fvAn/+Ic/fAQAA//8DAFBLAwQUAAYACAAAACEAiXqBa+EAAAAMAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPXUvDMBSG7wX/QziCN+KS1nXY2nTIYCBUL5yD3WZNbIvNSWmyLvv3&#10;nl3p3Xk5D+9HuY52YLOZfO9QQrIQwAw2TvfYSth/bR+fgfmgUKvBoZFwMR7W1e1NqQrtzvhp5l1o&#10;GZmgL5SELoSx4Nw3nbHKL9xokH7fbrIqkJxarid1JnM78FSIFbeqR0ro1Gg2nWl+dicr4QPTuM8e&#10;6jpuDoe3en7fPuElkfL+Lr6+AAsmhj8YrvWpOlTU6ehOqD0bSItcZMRKSJc5sCsh8ozmHelaJUvg&#10;Vcn/j6h+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOwbDIHEAQAA2AMAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIl6gWvhAAAADAEAAA8AAAAA&#10;AAAAAAAAAAAAHgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAsBQAAAAA=&#10;" strokecolor="#bc4542 [3045]">
                 <v:stroke endarrow="block"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00646E3D" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251702280" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F61614E" wp14:editId="4882B7F8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>6438900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
@@ -16197,51 +14864,51 @@
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent3"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent3"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent3"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="34C80AB2" id="Straight Arrow Connector 6" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:507pt;margin-top:13.2pt;width:4.5pt;height:70.5pt;z-index:251702280;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQADIIRbvAEAAM4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiH6y8s0laLZRos33YAi8I&#10;Ki4f4DrjxJJvsodN8veMnTSLACFR9WXiy5wzZ44nh9vJaHaGEJWzbVHvqoKBFa5Ttm+L79/ev7op&#10;WERuO66dhbaYIRa3x5cvDqNv4MoNTncQGJHY2Iy+LQZE35RlFAMYHnfOg6VL6YLhSNvQl13gI7Eb&#10;XV5V1etydKHzwQmIkU7vlsvimPmlBIGfpYyATLcFacMcQ44PKZbHA2/6wP2gxCqDP0GF4cpS0Y3q&#10;jiNnP4L6g8ooEVx0EnfCmdJJqQTkHqibuvqtm68D95B7IXOi32yKz0crPp1P9j6QDaOPTfT3IXUx&#10;yWDSl/SxKZs1b2bBhEzQ4f5NvSdHBd3cvN1f05pIygvWh4gfwBmWFm0RMXDVD3hy1tKruFBnv/j5&#10;Y8QF+AhIhbVNEbnS72zHcPY0OhgUt72GtU5KKS+i8wpnDQv8C0imOpK5lMnzBCcd2JnTJHAhwOL1&#10;xkTZCSaV1huwyvr+CVzzExTyrP0PeEPkys7iBjbKuvC36jjVq2S55D86sPSdLHhw3ZyfM1tDQ5Pf&#10;ZB3wNJW/7jP88hsefwIAAP//AwBQSwMEFAAGAAgAAAAhAN/QpnziAAAADAEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj0FPwzAMhe9I/IfISFwQS1eqwkrTCW1CE+O0DSSOWWPaisQpTbaVf493gpuf/fT8&#10;vXI+OiuOOITOk4LpJAGBVHvTUaPgbfd8+wAiRE1GW0+o4AcDzKvLi1IXxp9og8dtbASHUCi0gjbG&#10;vpAy1C06HSa+R+Lbpx+cjiyHRppBnzjcWZkmSS6d7og/tLrHRYv11/bgFMxWZF837x/j93K3atYv&#10;N4ulnXVKXV+NT48gIo7xzwxnfEaHipn2/kAmCMs6mWZcJipI8wzE2ZGkd7zZ85TfZyCrUv4vUf0C&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAyCEW7wBAADOAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA39CmfOIAAAAMAQAADwAAAAAAAAAAAAAA&#10;AAAWBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACUFAAAAAA==&#10;" strokecolor="#94b64e [3046]">
+              <v:shape w14:anchorId="68311684" id="Straight Arrow Connector 6" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:507pt;margin-top:13.2pt;width:4.5pt;height:70.5pt;z-index:251702280;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQADIIRbvAEAAM4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiH6y8s0laLZRos33YAi8I&#10;Ki4f4DrjxJJvsodN8veMnTSLACFR9WXiy5wzZ44nh9vJaHaGEJWzbVHvqoKBFa5Ttm+L79/ev7op&#10;WERuO66dhbaYIRa3x5cvDqNv4MoNTncQGJHY2Iy+LQZE35RlFAMYHnfOg6VL6YLhSNvQl13gI7Eb&#10;XV5V1etydKHzwQmIkU7vlsvimPmlBIGfpYyATLcFacMcQ44PKZbHA2/6wP2gxCqDP0GF4cpS0Y3q&#10;jiNnP4L6g8ooEVx0EnfCmdJJqQTkHqibuvqtm68D95B7IXOi32yKz0crPp1P9j6QDaOPTfT3IXUx&#10;yWDSl/SxKZs1b2bBhEzQ4f5NvSdHBd3cvN1f05pIygvWh4gfwBmWFm0RMXDVD3hy1tKruFBnv/j5&#10;Y8QF+AhIhbVNEbnS72zHcPY0OhgUt72GtU5KKS+i8wpnDQv8C0imOpK5lMnzBCcd2JnTJHAhwOL1&#10;xkTZCSaV1huwyvr+CVzzExTyrP0PeEPkys7iBjbKuvC36jjVq2S55D86sPSdLHhw3ZyfM1tDQ5Pf&#10;ZB3wNJW/7jP88hsefwIAAP//AwBQSwMEFAAGAAgAAAAhAN/QpnziAAAADAEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj0FPwzAMhe9I/IfISFwQS1eqwkrTCW1CE+O0DSSOWWPaisQpTbaVf493gpuf/fT8&#10;vXI+OiuOOITOk4LpJAGBVHvTUaPgbfd8+wAiRE1GW0+o4AcDzKvLi1IXxp9og8dtbASHUCi0gjbG&#10;vpAy1C06HSa+R+Lbpx+cjiyHRppBnzjcWZkmSS6d7og/tLrHRYv11/bgFMxWZF837x/j93K3atYv&#10;N4ulnXVKXV+NT48gIo7xzwxnfEaHipn2/kAmCMs6mWZcJipI8wzE2ZGkd7zZ85TfZyCrUv4vUf0C&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAyCEW7wBAADOAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA39CmfOIAAAAMAQAADwAAAAAAAAAAAAAA&#10;AAAWBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACUFAAAAAA==&#10;" strokecolor="#94b64e [3046]">
                 <v:stroke endarrow="block"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00646E3D" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251701256" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2AD88FAD" wp14:editId="0BAAFADD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>6019800</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
@@ -16269,51 +14936,51 @@
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0DCA4339" id="Straight Arrow Connector 5" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:474pt;margin-top:15.85pt;width:22.9pt;height:68.25pt;z-index:251701256;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCIXbiGvgEAAM8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfaZKi7S5R0z10gQuC&#10;FQs/wOuME0uObY2HJvn32E6bIkBIIC4Tf8ybefP8sr+fBsNOgEE72/BqU3IGVrpW267hX7+8e3XH&#10;WSBhW2GchYbPEPj94eWL/ehr2LremRaQxSI21KNveE/k66IIsodBhI3zYOOlcjgIilvsihbFGKsP&#10;ptiW5a4YHbYenYQQ4unDcskPub5SIOmTUgGImYZHbpQj5vicYnHYi7pD4XstzzTEP7AYhLax6Vrq&#10;QZBg31D/UmrQEl1wijbSDYVTSkvIM8RpqvKnaZ564SHPEsUJfpUp/L+y8uPpaB8xyjD6UAf/iGmK&#10;SeGQvpEfm7JY8yoWTMRkPNy+KW+q15zJeHW3293e3iQxiyvYY6D34AaWFg0PhEJ3PR2dtfFZHFZZ&#10;MHH6EGgBXgCps7EpktDmrW0ZzT56h1AL2xk490kpxZV1XtFsYIF/BsV0G3kubbKh4GiQnUS0gpAS&#10;LFVrpZidYEobswLLzO+PwHN+gkI229+AV0Tu7Cyt4EFbh7/rTtOFslryLwoscycJnl075/fM0kTX&#10;5Dc5OzzZ8sd9hl//w8N3AAAA//8DAFBLAwQUAAYACAAAACEAaRu53t8AAAAKAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPy27CMBBF95X6D9ZU6q44JIgmIQ6iL4klhW66M/GQRI3HUWzA/ftOV+1yNFf3&#10;nlOtox3EBSffO1IwnyUgkBpnemoVfBzeHnIQPmgyenCECr7Rw7q+val0adyV3vGyD63gEvKlVtCF&#10;MJZS+qZDq/3MjUj8O7nJ6sDn1Eoz6SuX20GmSbKUVvfEC50e8bnD5mt/tgqedlu7efmcImbZ68LH&#10;g0up2Sp1fxc3KxABY/gLwy8+o0PNTEd3JuPFoKBY5OwSFGTzRxAcKIqMXY6cXOYpyLqS/xXqHwAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCIXbiGvgEAAM8DAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBpG7ne3wAAAAoBAAAPAAAAAAAAAAAAAAAA&#10;ABgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAJAUAAAAA&#10;" strokecolor="#4579b8 [3044]">
+              <v:shape w14:anchorId="2B8F1C68" id="Straight Arrow Connector 5" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:474pt;margin-top:15.85pt;width:22.9pt;height:68.25pt;z-index:251701256;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCIXbiGvgEAAM8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfaZKi7S5R0z10gQuC&#10;FQs/wOuME0uObY2HJvn32E6bIkBIIC4Tf8ybefP8sr+fBsNOgEE72/BqU3IGVrpW267hX7+8e3XH&#10;WSBhW2GchYbPEPj94eWL/ehr2LremRaQxSI21KNveE/k66IIsodBhI3zYOOlcjgIilvsihbFGKsP&#10;ptiW5a4YHbYenYQQ4unDcskPub5SIOmTUgGImYZHbpQj5vicYnHYi7pD4XstzzTEP7AYhLax6Vrq&#10;QZBg31D/UmrQEl1wijbSDYVTSkvIM8RpqvKnaZ564SHPEsUJfpUp/L+y8uPpaB8xyjD6UAf/iGmK&#10;SeGQvpEfm7JY8yoWTMRkPNy+KW+q15zJeHW3293e3iQxiyvYY6D34AaWFg0PhEJ3PR2dtfFZHFZZ&#10;MHH6EGgBXgCps7EpktDmrW0ZzT56h1AL2xk490kpxZV1XtFsYIF/BsV0G3kubbKh4GiQnUS0gpAS&#10;LFVrpZidYEobswLLzO+PwHN+gkI229+AV0Tu7Cyt4EFbh7/rTtOFslryLwoscycJnl075/fM0kTX&#10;5Dc5OzzZ8sd9hl//w8N3AAAA//8DAFBLAwQUAAYACAAAACEAaRu53t8AAAAKAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPy27CMBBF95X6D9ZU6q44JIgmIQ6iL4klhW66M/GQRI3HUWzA/ftOV+1yNFf3&#10;nlOtox3EBSffO1IwnyUgkBpnemoVfBzeHnIQPmgyenCECr7Rw7q+val0adyV3vGyD63gEvKlVtCF&#10;MJZS+qZDq/3MjUj8O7nJ6sDn1Eoz6SuX20GmSbKUVvfEC50e8bnD5mt/tgqedlu7efmcImbZ68LH&#10;g0up2Sp1fxc3KxABY/gLwy8+o0PNTEd3JuPFoKBY5OwSFGTzRxAcKIqMXY6cXOYpyLqS/xXqHwAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCIXbiGvgEAAM8DAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBpG7ne3wAAAAoBAAAPAAAAAAAAAAAAAAAA&#10;ABgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAJAUAAAAA&#10;" strokecolor="#4579b8 [3044]">
                 <v:stroke endarrow="block"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00675F6A" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251700232" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B4B0088" wp14:editId="5C5D8135">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5681662</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
@@ -16347,96 +15014,97 @@
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent6"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent6"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6E1538B0" id="Straight Arrow Connector 3" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:447.35pt;margin-top:17.35pt;width:32.25pt;height:71.4pt;z-index:251700232;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQASSJL3vwEAAM8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v1DAQvSPxHyzf2WQr2mWjzfawBS4I&#10;Kgo/wHXGiSXHtsbDJvn32E6aRYCQWnGZ+GPezJvnl8Pt2Bt2Bgza2ZpvNyVnYKVrtG1r/v3bhzfv&#10;OAskbCOMs1DzCQK/Pb5+dRh8BVeuc6YBZLGIDdXga94R+aooguygF2HjPNh4qRz2guIW26JBMcTq&#10;vSmuyvKmGBw2Hp2EEOLp3XzJj7m+UiDpi1IBiJmaR26UI+b4mGJxPIiqReE7LRca4gUseqFtbLqW&#10;uhMk2A/Uf5TqtUQXnKKNdH3hlNIS8gxxmm352zQPnfCQZ4niBL/KFP5fWfn5fLL3GGUYfKiCv8c0&#10;xaiwT9/Ij41ZrGkVC0ZiMh6+LffXu2vOZLzal7tyv0tiFhewx0AfwfUsLWoeCIVuOzo5a+OzONxm&#10;wcT5U6AZ+ARInY1NkYQ2723DaPLRO4Ra2NbA0ielFBfWeUWTgRn+FRTTTeQ5t8mGgpNBdhbRCkJK&#10;sHSzVorZCaa0MSuwzPz+CVzyExSy2Z4DXhG5s7O0gnttHf6tO43bhbKa858UmOdOEjy6ZsrvmaWJ&#10;rslvsjg82fLXfYZf/sPjTwAAAP//AwBQSwMEFAAGAAgAAAAhAIrLKhjhAAAACgEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj1FLwzAQx98Fv0M4wTeXuq12rU2HKIIigm6D+Zg2sSk2l5KkW/XTe3vSp+O4&#10;H//7/cv1ZHt20D50DgVczxJgGhunOmwF7LaPVytgIUpUsneoBXzrAOvq/KyUhXJHfNeHTWwZhWAo&#10;pAAT41BwHhqjrQwzN2ik26fzVkZafcuVl0cKtz2fJ8kNt7JD+mDkoO+Nbr42oxXg/M/rYj++LPnz&#10;sP+o7UP7lJo3IS4vprtbYFFP8Q+Gkz6pQ0VOtRtRBdYLWOXLjFABi9MkIE/zObCayCxLgVcl/1+h&#10;+gUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQASSJL3vwEAAM8DAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCKyyoY4QAAAAoBAAAPAAAAAAAAAAAA&#10;AAAAABkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAJwUAAAAA&#10;" strokecolor="#f68c36 [3049]">
+              <v:shape w14:anchorId="03D6E43B" id="Straight Arrow Connector 3" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:447.35pt;margin-top:17.35pt;width:32.25pt;height:71.4pt;z-index:251700232;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQASSJL3vwEAAM8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v1DAQvSPxHyzf2WQr2mWjzfawBS4I&#10;Kgo/wHXGiSXHtsbDJvn32E6aRYCQWnGZ+GPezJvnl8Pt2Bt2Bgza2ZpvNyVnYKVrtG1r/v3bhzfv&#10;OAskbCOMs1DzCQK/Pb5+dRh8BVeuc6YBZLGIDdXga94R+aooguygF2HjPNh4qRz2guIW26JBMcTq&#10;vSmuyvKmGBw2Hp2EEOLp3XzJj7m+UiDpi1IBiJmaR26UI+b4mGJxPIiqReE7LRca4gUseqFtbLqW&#10;uhMk2A/Uf5TqtUQXnKKNdH3hlNIS8gxxmm352zQPnfCQZ4niBL/KFP5fWfn5fLL3GGUYfKiCv8c0&#10;xaiwT9/Ij41ZrGkVC0ZiMh6+LffXu2vOZLzal7tyv0tiFhewx0AfwfUsLWoeCIVuOzo5a+OzONxm&#10;wcT5U6AZ+ARInY1NkYQ2723DaPLRO4Ra2NbA0ielFBfWeUWTgRn+FRTTTeQ5t8mGgpNBdhbRCkJK&#10;sHSzVorZCaa0MSuwzPz+CVzyExSy2Z4DXhG5s7O0gnttHf6tO43bhbKa858UmOdOEjy6ZsrvmaWJ&#10;rslvsjg82fLXfYZf/sPjTwAAAP//AwBQSwMEFAAGAAgAAAAhAIrLKhjhAAAACgEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj1FLwzAQx98Fv0M4wTeXuq12rU2HKIIigm6D+Zg2sSk2l5KkW/XTe3vSp+O4&#10;H//7/cv1ZHt20D50DgVczxJgGhunOmwF7LaPVytgIUpUsneoBXzrAOvq/KyUhXJHfNeHTWwZhWAo&#10;pAAT41BwHhqjrQwzN2ik26fzVkZafcuVl0cKtz2fJ8kNt7JD+mDkoO+Nbr42oxXg/M/rYj++LPnz&#10;sP+o7UP7lJo3IS4vprtbYFFP8Q+Gkz6pQ0VOtRtRBdYLWOXLjFABi9MkIE/zObCayCxLgVcl/1+h&#10;+gUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQASSJL3vwEAAM8DAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCKyyoY4QAAAAoBAAAPAAAAAAAAAAAA&#10;AAAAABkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAJwUAAAAA&#10;" strokecolor="#f68c36 [3049]">
                 <v:stroke endarrow="block"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="09493DF2" w14:textId="1A08F72D" w:rsidR="003E50D3" w:rsidRPr="0096681C" w:rsidRDefault="00101A2F" w:rsidP="00E53969">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="20319348" wp14:editId="0B8D6B87">
             <wp:extent cx="8863330" cy="1428750"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1454177296" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1454177296" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId55"/>
+                    <a:blip r:embed="rId39"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="8863330" cy="1428750"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="19C3D456" w14:textId="10B2DCCB" w:rsidR="00A756DF" w:rsidRPr="00AB6A85" w:rsidRDefault="00A756DF" w:rsidP="00A756DF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -16475,51 +15143,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="268FC7B5" wp14:editId="4BFE00D7">
             <wp:extent cx="8863330" cy="2139315"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1407847325" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1407847325" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId56"/>
+                    <a:blip r:embed="rId40"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="8863330" cy="2139315"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="21119B26" w14:textId="77777777" w:rsidR="009B0D83" w:rsidRPr="0096681C" w:rsidRDefault="009B0D83" w:rsidP="00E53969">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -16621,51 +15289,60 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003F55D2" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00027FF8" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(A paper register for each session may still be required for health and safety purposes etc</w:t>
       </w:r>
       <w:r w:rsidR="007020A3" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>).  If the On-track system is not used</w:t>
+        <w:t>).  If the On-</w:t>
+      </w:r>
+      <w:r w:rsidR="007020A3" w:rsidRPr="0096681C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>track system is not used</w:t>
       </w:r>
       <w:r w:rsidR="009E30AE" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, then a paper register should be used </w:t>
       </w:r>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and you </w:t>
       </w:r>
       <w:r w:rsidR="00E72BCB" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">then </w:t>
       </w:r>
@@ -16762,51 +15439,51 @@
       </w:pPr>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="13048958" wp14:editId="3015C1C6">
             <wp:extent cx="5142865" cy="1781175"/>
             <wp:effectExtent l="0" t="0" r="635" b="9525"/>
             <wp:docPr id="677379551" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="677379551" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId57"/>
+                    <a:blip r:embed="rId41"/>
                     <a:srcRect t="9755" b="7321"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5154610" cy="1785243"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
@@ -17029,51 +15706,51 @@
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3736D184" wp14:editId="4D108041">
             <wp:extent cx="4010025" cy="2690088"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1382155297" name="Picture 1" descr="A screenshot of a spreadsheet&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1382155297" name="Picture 1" descr="A screenshot of a spreadsheet&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId58"/>
+                    <a:blip r:embed="rId42"/>
                     <a:srcRect b="21061"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4035057" cy="2706880"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
@@ -17168,98 +15845,98 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpi">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251715592" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7CE30722" wp14:editId="520E7D58">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1009967</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>247333</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1415880" cy="447480"/>
                 <wp:effectExtent l="38100" t="38100" r="51435" b="48260"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1304722198" name="Ink 12"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                    <w14:contentPart bwMode="auto" r:id="rId59">
+                    <w14:contentPart bwMode="auto" r:id="rId43">
                       <w14:nvContentPartPr>
                         <w14:cNvContentPartPr/>
                       </w14:nvContentPartPr>
                       <w14:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1415880" cy="447480"/>
                       </w14:xfrm>
                     </w14:contentPart>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="5EC5166C" id="Ink 12" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:79pt;margin-top:19pt;width:112.5pt;height:36.25pt;z-index:251715592;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAEfphvB0AQAACgMAAA4AAABkcnMvZTJvRG9jLnhtbJxSyU7DMBC9I/EP&#10;lu80SZWWKGrSAxVSDywH+ADj2I1F7InGTtP+PZMutAUhpF6isZ/y5i2ezTe2YWuF3oAreDKKOVNO&#10;QmXcquDvb493GWc+CFeJBpwq+FZ5Pi9vb2Z9m6sx1NBUChmROJ/3bcHrENo8iryslRV+BK1yBGpA&#10;KwIdcRVVKHpit000juNp1ANWLYJU3tPtYg/ycsevtZLhRWuvAmsKPk3GJC8cB6Rhkk04+xiGacyj&#10;cibyFYq2NvIgSVyhyArjSMA31UIEwTo0v6iskQgedBhJsBFobaTa+SFnSfzD2dJ9Dq6SVHaYS3BB&#10;ufAqMByz2wHXrLANJdA/QUXtiC4APzBSPP+XsRe9ANlZ0rNvBFUjAj0HX5vWc4a5qQqOyyo56Xfr&#10;h5ODVzz5er4EqJHoYPmvXzYa7RA2KWGbglPB2+G761JtApN0maTJJMsIkoSl6X1K8xn1nuK46Cxb&#10;2n7R4vl5UHb2hMsvAAAA//8DAFBLAwQUAAYACAAAACEAujoUOdoCAACfCAAAEAAAAGRycy9pbmsv&#10;aW5rMS54bWy0VU1v2zAMvQ/YfxDUQy9xLMlOkwZNe2qBARswtB2wHV1HTYz6I7CVJv33o0hZkdtk&#10;h2G7RBT5+PhISc7Vzb4q2atuu6KpF1yOBWe6zptlUa8W/MfjXTTjrDNZvczKptYL/qY7fnP9+dNV&#10;Ub9U5Rx+GTDUnbWqcsHXxmzmcbzb7ca7ZNy0q1gJkcRf6pdvX/m1y1rq56IuDJTselfe1EbvjSWb&#10;F8sFz81eeDxwPzTbNtc+bD1tfkCYNsv1XdNWmfGM66yudcnqrALdPzkzbxswCqiz0i1nVQENR2os&#10;02k6u70ER7Zf8GC/BYkdKKl4fJzz13/gvPvIaWUlanox5cxJWupXqynGmc9P9/69bTa6NYU+jJmG&#10;4gJvLKc9zocG1equKbf2bDh7zcotjEwKAdfC1ZbxkYF85IPZ/FM+mMtJvlDccDSuvXAObmj+SvVH&#10;a4pKw0WvNv6OmQ6IrfvBtPgclFCTSMwiMXmUci4u5kk6vpxNg6Nwt7jnfGq33drzPbWH+4oRPzXq&#10;bFcszdoPXYxFMvFTD2d+LHeti9Xa/GVy3pQNPAh32me3U6lUGnSFBf11O/J48QYy1/y9fl7wM3y/&#10;DDPJgd0nl4liF0oylU6EHJ1H6lyl52IE75BLLkZRGkkGi2LCLikt73YEGcaSYd5g59IdZIj0MTBG&#10;NssuQ4i0asBJMUnUDqko5lj6GEKE0+Dwoa/HIaNACqgLRf5sU01KJnayVcBNHudHTpIY5lIn1BYp&#10;p4YJk6Ae8odRwoR+OqsQQzadDKlyNioZ2KhZMag5GuKtZ8AzyA3w6E+Qoccfcp0qjIaY3g/rCNDw&#10;G0bhXqLH+iXmEkahn3J7v60lXHVrk588PQbPFHPBQrzlP2XbkUAYlgO328CZfPQRzh6XzSKNQw5/&#10;aVFDj6SOe2QyiDkyB3GLr4CFUpTyjsxB6CghZtWeeL4kt2exMgZ/ZP47A1/o698AAAD//wMAUEsD&#10;BBQABgAIAAAAIQBTUmVm3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTE9BTsMwELwj8QdrkbhE&#10;1ClRUBTiVICIBNxaeMA2NnEgXkexm6a/Z3uip53RjGZnqs3iBjGbKfSeFKxXKQhDrdc9dQq+Ppu7&#10;AkSISBoHT0bByQTY1NdXFZbaH2lr5l3sBIdQKFGBjXEspQytNQ7Dyo+GWPv2k8PIdOqknvDI4W6Q&#10;92n6IB32xB8sjubFmvZ3d3AK5o85SQjz2D43b6fXn2T7njZWqdub5ekRRDRL/DfDuT5Xh5o77f2B&#10;dBAD87zgLVFBdr5syIqMwZ6VdZqDrCt5OaH+AwAA//8DAFBLAwQUAAYACAAAACEAeRi8nb8AAAAh&#10;AQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEz7FqxDAMBuC90Hcw2hslHcpR4mQ5DrKW&#10;FG41jpKYxLKxnNJ7+3rswcENGoTQ90tt/+t39UNJXGANTVWDIrZhcrxo+B4vbydQkg1PZg9MGm4k&#10;0HevL+0X7SaXJVldFFUUFg1rzvETUexK3kgVInGZzCF5k0ubFozGbmYhfK/rD0z/DejuTDVMGtIw&#10;NaDGWyzJz+0wz87SOdjDE+cHEWgPycFf/V5QkxbKGhxvWKqpyqGAXYt3j3V/AAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAPQEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAEfphvB0AQAACgMAAA4AAAAAAAAAAAAAAAAAPAIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhALo6FDnaAgAAnwgAABAAAAAAAAAAAAAAAAAA3AMAAGRycy9p&#10;bmsvaW5rMS54bWxQSwECLQAUAAYACAAAACEAU1JlZtwAAAAKAQAADwAAAAAAAAAAAAAAAADkBgAA&#10;ZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAHkYvJ2/AAAAIQEAABkAAAAAAAAAAAAAAAAA&#10;7QcAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB4AQAA4wgAAAAA&#10;">
-                <v:imagedata r:id="rId60" o:title=""/>
+              <v:shape w14:anchorId="768294A6" id="Ink 12" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:79pt;margin-top:19pt;width:112.5pt;height:36.25pt;z-index:251715592;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAEfphvB0AQAACgMAAA4AAABkcnMvZTJvRG9jLnhtbJxSyU7DMBC9I/EP&#10;lu80SZWWKGrSAxVSDywH+ADj2I1F7InGTtP+PZMutAUhpF6isZ/y5i2ezTe2YWuF3oAreDKKOVNO&#10;QmXcquDvb493GWc+CFeJBpwq+FZ5Pi9vb2Z9m6sx1NBUChmROJ/3bcHrENo8iryslRV+BK1yBGpA&#10;KwIdcRVVKHpit000juNp1ANWLYJU3tPtYg/ycsevtZLhRWuvAmsKPk3GJC8cB6Rhkk04+xiGacyj&#10;cibyFYq2NvIgSVyhyArjSMA31UIEwTo0v6iskQgedBhJsBFobaTa+SFnSfzD2dJ9Dq6SVHaYS3BB&#10;ufAqMByz2wHXrLANJdA/QUXtiC4APzBSPP+XsRe9ANlZ0rNvBFUjAj0HX5vWc4a5qQqOyyo56Xfr&#10;h5ODVzz5er4EqJHoYPmvXzYa7RA2KWGbglPB2+G761JtApN0maTJJMsIkoSl6X1K8xn1nuK46Cxb&#10;2n7R4vl5UHb2hMsvAAAA//8DAFBLAwQUAAYACAAAACEAujoUOdoCAACfCAAAEAAAAGRycy9pbmsv&#10;aW5rMS54bWy0VU1v2zAMvQ/YfxDUQy9xLMlOkwZNe2qBARswtB2wHV1HTYz6I7CVJv33o0hZkdtk&#10;h2G7RBT5+PhISc7Vzb4q2atuu6KpF1yOBWe6zptlUa8W/MfjXTTjrDNZvczKptYL/qY7fnP9+dNV&#10;Ub9U5Rx+GTDUnbWqcsHXxmzmcbzb7ca7ZNy0q1gJkcRf6pdvX/m1y1rq56IuDJTselfe1EbvjSWb&#10;F8sFz81eeDxwPzTbNtc+bD1tfkCYNsv1XdNWmfGM66yudcnqrALdPzkzbxswCqiz0i1nVQENR2os&#10;02k6u70ER7Zf8GC/BYkdKKl4fJzz13/gvPvIaWUlanox5cxJWupXqynGmc9P9/69bTa6NYU+jJmG&#10;4gJvLKc9zocG1equKbf2bDh7zcotjEwKAdfC1ZbxkYF85IPZ/FM+mMtJvlDccDSuvXAObmj+SvVH&#10;a4pKw0WvNv6OmQ6IrfvBtPgclFCTSMwiMXmUci4u5kk6vpxNg6Nwt7jnfGq33drzPbWH+4oRPzXq&#10;bFcszdoPXYxFMvFTD2d+LHeti9Xa/GVy3pQNPAh32me3U6lUGnSFBf11O/J48QYy1/y9fl7wM3y/&#10;DDPJgd0nl4liF0oylU6EHJ1H6lyl52IE75BLLkZRGkkGi2LCLikt73YEGcaSYd5g59IdZIj0MTBG&#10;NssuQ4i0asBJMUnUDqko5lj6GEKE0+Dwoa/HIaNACqgLRf5sU01KJnayVcBNHudHTpIY5lIn1BYp&#10;p4YJk6Ae8odRwoR+OqsQQzadDKlyNioZ2KhZMag5GuKtZ8AzyA3w6E+Qoccfcp0qjIaY3g/rCNDw&#10;G0bhXqLH+iXmEkahn3J7v60lXHVrk588PQbPFHPBQrzlP2XbkUAYlgO328CZfPQRzh6XzSKNQw5/&#10;aVFDj6SOe2QyiDkyB3GLr4CFUpTyjsxB6CghZtWeeL4kt2exMgZ/ZP47A1/o698AAAD//wMAUEsD&#10;BBQABgAIAAAAIQBTUmVm3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTE9BTsMwELwj8QdrkbhE&#10;1ClRUBTiVICIBNxaeMA2NnEgXkexm6a/Z3uip53RjGZnqs3iBjGbKfSeFKxXKQhDrdc9dQq+Ppu7&#10;AkSISBoHT0bByQTY1NdXFZbaH2lr5l3sBIdQKFGBjXEspQytNQ7Dyo+GWPv2k8PIdOqknvDI4W6Q&#10;92n6IB32xB8sjubFmvZ3d3AK5o85SQjz2D43b6fXn2T7njZWqdub5ekRRDRL/DfDuT5Xh5o77f2B&#10;dBAD87zgLVFBdr5syIqMwZ6VdZqDrCt5OaH+AwAA//8DAFBLAwQUAAYACAAAACEAeRi8nb8AAAAh&#10;AQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEz7FqxDAMBuC90Hcw2hslHcpR4mQ5DrKW&#10;FG41jpKYxLKxnNJ7+3rswcENGoTQ90tt/+t39UNJXGANTVWDIrZhcrxo+B4vbydQkg1PZg9MGm4k&#10;0HevL+0X7SaXJVldFFUUFg1rzvETUexK3kgVInGZzCF5k0ubFozGbmYhfK/rD0z/DejuTDVMGtIw&#10;NaDGWyzJz+0wz87SOdjDE+cHEWgPycFf/V5QkxbKGhxvWKqpyqGAXYt3j3V/AAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAPQEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAEfphvB0AQAACgMAAA4AAAAAAAAAAAAAAAAAPAIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhALo6FDnaAgAAnwgAABAAAAAAAAAAAAAAAAAA3AMAAGRycy9p&#10;bmsvaW5rMS54bWxQSwECLQAUAAYACAAAACEAU1JlZtwAAAAKAQAADwAAAAAAAAAAAAAAAADkBgAA&#10;ZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAHkYvJ2/AAAAIQEAABkAAAAAAAAAAAAAAAAA&#10;7QcAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB4AQAA4wgAAAAA&#10;">
+                <v:imagedata r:id="rId44" o:title=""/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="007F1009" w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="11AC2BD0" wp14:editId="0DC2FA48">
             <wp:extent cx="4582164" cy="857370"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="146054446" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="146054446" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId61"/>
+                    <a:blip r:embed="rId45"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4582164" cy="857370"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="1599AD20" w14:textId="77777777" w:rsidR="00366775" w:rsidRPr="0096681C" w:rsidRDefault="00366775" w:rsidP="002406E9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -17560,453 +16237,453 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpi">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251697160" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="628E5889" wp14:editId="1498A4A5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2778510</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1317290</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="271440" cy="277200"/>
                 <wp:effectExtent l="57150" t="76200" r="52705" b="85090"/>
                 <wp:wrapNone/>
                 <wp:docPr id="638710505" name="Ink 65"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                    <w14:contentPart bwMode="auto" r:id="rId62">
+                    <w14:contentPart bwMode="auto" r:id="rId46">
                       <w14:nvContentPartPr>
                         <w14:cNvContentPartPr/>
                       </w14:nvContentPartPr>
                       <w14:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="271440" cy="277200"/>
                       </w14:xfrm>
                     </w14:contentPart>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6512C420" id="Ink 65" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:217.4pt;margin-top:100.85pt;width:24.2pt;height:27.5pt;z-index:251697160;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAAEVJc17AQAADQMAAA4AAABkcnMvZTJvRG9jLnhtbJxSyW7CMBC9V+o/&#10;WL6XLITSRgQORZU4dDm0H+A6NrEae6KxIfD3nQQo0KqqxCWS58XPb5nJbGNrtlboDbiCJ4OYM+Uk&#10;lMYtC/7+9nhzx5kPwpWiBqcKvlWez6bXV5O2yVUKFdSlQkYkzudtU/AqhCaPIi8rZYUfQKMcgRrQ&#10;ikBHXEYlipbYbR2lcXwbtYBlgyCV9zSd70A+7fm1VjK8aO1VYDWpu4vTjLNQ8OHofjTkDGk2vh+R&#10;xI9+Nsx4NJ2IfImiqYzcyxIXqLLCOBLxTTUXQbAVml9U1kgEDzoMJNgItDZS9Z7IXRL/cLdwn52z&#10;JJMrzCW4oFx4FRgO+fXAJU/YmiJon6CkhsQqAN8zUkD/F7ITPQe5sqRn1wqqWgRaCV+ZxlPQuSkL&#10;josyOep364ejg1c8+no+B6iRaG/5rysbjbYLm5SwTcFpB7fdt+9SbQKTNEzHSZYRIglKx2PanQ4/&#10;MO8YDqeTaOmXsxJPz931ky2efgEAAP//AwBQSwMEFAAGAAgAAAAhAFAQMzLbAgAAHwcAABAAAABk&#10;cnMvaW5rL2luazEueG1spFRRb5swEH6ftP9guQ99sYNtIJCoaR+mRZq0adXaSdsjJW6CCiYyzpL+&#10;+52NMXTLqk17AOzz3ffdd3fm6ubU1OiH1F3VqhXmM4aRVGW7qdR2hb/er2mOUWcKtSnqVskVfpYd&#10;vrl+++aqUk9NvYQ3AgTV2VVTr/DOmP0yio7H4+wYz1q9jQRjcfRBPX36iK991EY+VqoyQNkNprJV&#10;Rp6MBVtWmxUuzYkFf8C+aw+6lOHYWnQ5ehhdlHLd6qYwAXFXKCVrpIoG8v6GkXnew6ICnq3UGDUV&#10;CKZixpMsyd8vwFCcVniyP0CKHWTS4Og85vf/xIxczZZ/zv1Wt3upTSXHMvWi/MEzKvu909cL1bJr&#10;64OtLUY/ivoAkjlj0FYvh0dnBP2OB9r+Dc+L8QlNM/cnoYlDMU3VSBitZh+6ajrI05rvjHYDKJhI&#10;KcuoWNzzdJkuliyb8QW3DRn4+rkZMB/0odsFvAc9Tog7CTp7bcdqY3ahTGzGQ5WmNToXuZPVdmcm&#10;oeKvQ8u2bmH8fG8u1uv1O2hPGLFzbKbahwAtS7iO21q+HqKLzkj9eYxriu7pVqrXo6qtarW8hRnq&#10;DloGzmnBXX6h/Gdushtn5O/zF/m4whfuMiMX2RtcY+ZJjHg8J5fpJSOYY0YoR4xwxGFBuV9MLQyO&#10;GBj6h5McpeDKaEoY+EO0IDbQwThf2AxfMFpITzKgeCLRM45WlFkUiz7i+dAefTC7HeUpEsANzrnj&#10;6HVYVIZEDp8ELQSJBeVxNqQI2Qwggx6rwq4dqMUIG7vw7uDi3H79eu/Els++rFev19HkYBKMilC8&#10;ntSR2ZJxlJB5oLQML+P9bkwRoIYULSzlcxoTnqHYpt9T93RWqD3PaUZEhjgkauEd16QIVl5osHcY&#10;CEJBgqAXU8LogtCYxjGJATWjGTQuQfmcxC5JEO6y53AMa05TqxokEyoEmifDv8RNbhht+F9d/wQA&#10;AP//AwBQSwMEFAAGAAgAAAAhAEirzI3iAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQ&#10;he+C/2EZwYvYTdLYlphNUUEKUhSr4nWanSbB3dmQ3bTx37ue9DhvHu99r1xP1ogjDb5zrCCdJSCI&#10;a6c7bhS8vz1er0D4gKzROCYF3+RhXZ2flVhod+JXOu5CI2II+wIVtCH0hZS+bsmin7meOP4ObrAY&#10;4jk0Ug94iuHWyCxJFtJix7GhxZ4eWqq/dqNV8LQ9+NS8TM6h/Lgat8+b+3bzqdTlxXR3CyLQFP7M&#10;8Isf0aGKTHs3svbCKMjneUQPCrIkXYKIjnw1z0Dso3KzWIKsSvl/Q/UDAAD//wMAUEsDBBQABgAI&#10;AAAAIQB5GLydvwAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4TPsWrEMAwG4L3Q&#10;dzDaGyUdylHiZDkOspYUbjWOkpjEsrGc0nv7euzBwQ0ahND3S23/63f1Q0lcYA1NVYMitmFyvGj4&#10;Hi9vJ1CSDU9mD0wabiTQd68v7RftJpclWV0UVRQWDWvO8RNR7EreSBUicZnMIXmTS5sWjMZuZiF8&#10;r+sPTP8N6O5MNUwa0jA1oMZbLMnP7TDPztI52MMT5wcRaA/JwV/9XlCTFsoaHG9YqqnKoYBdi3eP&#10;dX8AAAD//wMAUEsBAi0AFAAGAAgAAAAhAJszJzcMAQAALQIAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAA9AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAARUlzXsBAAANAwAADgAAAAAAAAAAAAAA&#10;AAA8AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAUBAzMtsCAAAfBwAAEAAAAAAAAAAA&#10;AAAAAADjAwAAZHJzL2luay9pbmsxLnhtbFBLAQItABQABgAIAAAAIQBIq8yN4gAAAAsBAAAPAAAA&#10;AAAAAAAAAAAAAOwGAABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAeRi8nb8AAAAhAQAA&#10;GQAAAAAAAAAAAAAAAAD7BwAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYAAAAABgAGAHgB&#10;AADxCAAAAAA=&#10;">
-                <v:imagedata r:id="rId63" o:title=""/>
+              <v:shape w14:anchorId="2DFC62A5" id="Ink 65" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:217.4pt;margin-top:100.85pt;width:24.2pt;height:27.5pt;z-index:251697160;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAAEVJc17AQAADQMAAA4AAABkcnMvZTJvRG9jLnhtbJxSyW7CMBC9V+o/&#10;WL6XLITSRgQORZU4dDm0H+A6NrEae6KxIfD3nQQo0KqqxCWS58XPb5nJbGNrtlboDbiCJ4OYM+Uk&#10;lMYtC/7+9nhzx5kPwpWiBqcKvlWez6bXV5O2yVUKFdSlQkYkzudtU/AqhCaPIi8rZYUfQKMcgRrQ&#10;ikBHXEYlipbYbR2lcXwbtYBlgyCV9zSd70A+7fm1VjK8aO1VYDWpu4vTjLNQ8OHofjTkDGk2vh+R&#10;xI9+Nsx4NJ2IfImiqYzcyxIXqLLCOBLxTTUXQbAVml9U1kgEDzoMJNgItDZS9Z7IXRL/cLdwn52z&#10;JJMrzCW4oFx4FRgO+fXAJU/YmiJon6CkhsQqAN8zUkD/F7ITPQe5sqRn1wqqWgRaCV+ZxlPQuSkL&#10;josyOep364ejg1c8+no+B6iRaG/5rysbjbYLm5SwTcFpB7fdt+9SbQKTNEzHSZYRIglKx2PanQ4/&#10;MO8YDqeTaOmXsxJPz931ky2efgEAAP//AwBQSwMEFAAGAAgAAAAhAFAQMzLbAgAAHwcAABAAAABk&#10;cnMvaW5rL2luazEueG1spFRRb5swEH6ftP9guQ99sYNtIJCoaR+mRZq0adXaSdsjJW6CCiYyzpL+&#10;+52NMXTLqk17AOzz3ffdd3fm6ubU1OiH1F3VqhXmM4aRVGW7qdR2hb/er2mOUWcKtSnqVskVfpYd&#10;vrl+++aqUk9NvYQ3AgTV2VVTr/DOmP0yio7H4+wYz1q9jQRjcfRBPX36iK991EY+VqoyQNkNprJV&#10;Rp6MBVtWmxUuzYkFf8C+aw+6lOHYWnQ5ehhdlHLd6qYwAXFXKCVrpIoG8v6GkXnew6ICnq3UGDUV&#10;CKZixpMsyd8vwFCcVniyP0CKHWTS4Og85vf/xIxczZZ/zv1Wt3upTSXHMvWi/MEzKvu909cL1bJr&#10;64OtLUY/ivoAkjlj0FYvh0dnBP2OB9r+Dc+L8QlNM/cnoYlDMU3VSBitZh+6ajrI05rvjHYDKJhI&#10;KcuoWNzzdJkuliyb8QW3DRn4+rkZMB/0odsFvAc9Tog7CTp7bcdqY3ahTGzGQ5WmNToXuZPVdmcm&#10;oeKvQ8u2bmH8fG8u1uv1O2hPGLFzbKbahwAtS7iO21q+HqKLzkj9eYxriu7pVqrXo6qtarW8hRnq&#10;DloGzmnBXX6h/Gdushtn5O/zF/m4whfuMiMX2RtcY+ZJjHg8J5fpJSOYY0YoR4xwxGFBuV9MLQyO&#10;GBj6h5McpeDKaEoY+EO0IDbQwThf2AxfMFpITzKgeCLRM45WlFkUiz7i+dAefTC7HeUpEsANzrnj&#10;6HVYVIZEDp8ELQSJBeVxNqQI2Qwggx6rwq4dqMUIG7vw7uDi3H79eu/Els++rFev19HkYBKMilC8&#10;ntSR2ZJxlJB5oLQML+P9bkwRoIYULSzlcxoTnqHYpt9T93RWqD3PaUZEhjgkauEd16QIVl5osHcY&#10;CEJBgqAXU8LogtCYxjGJATWjGTQuQfmcxC5JEO6y53AMa05TqxokEyoEmifDv8RNbhht+F9d/wQA&#10;AP//AwBQSwMEFAAGAAgAAAAhAEirzI3iAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQ&#10;he+C/2EZwYvYTdLYlphNUUEKUhSr4nWanSbB3dmQ3bTx37ue9DhvHu99r1xP1ogjDb5zrCCdJSCI&#10;a6c7bhS8vz1er0D4gKzROCYF3+RhXZ2flVhod+JXOu5CI2II+wIVtCH0hZS+bsmin7meOP4ObrAY&#10;4jk0Ug94iuHWyCxJFtJix7GhxZ4eWqq/dqNV8LQ9+NS8TM6h/Lgat8+b+3bzqdTlxXR3CyLQFP7M&#10;8Isf0aGKTHs3svbCKMjneUQPCrIkXYKIjnw1z0Dso3KzWIKsSvl/Q/UDAAD//wMAUEsDBBQABgAI&#10;AAAAIQB5GLydvwAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4TPsWrEMAwG4L3Q&#10;dzDaGyUdylHiZDkOspYUbjWOkpjEsrGc0nv7euzBwQ0ahND3S23/63f1Q0lcYA1NVYMitmFyvGj4&#10;Hi9vJ1CSDU9mD0wabiTQd68v7RftJpclWV0UVRQWDWvO8RNR7EreSBUicZnMIXmTS5sWjMZuZiF8&#10;r+sPTP8N6O5MNUwa0jA1oMZbLMnP7TDPztI52MMT5wcRaA/JwV/9XlCTFsoaHG9YqqnKoYBdi3eP&#10;dX8AAAD//wMAUEsBAi0AFAAGAAgAAAAhAJszJzcMAQAALQIAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAA9AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAARUlzXsBAAANAwAADgAAAAAAAAAAAAAA&#10;AAA8AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAUBAzMtsCAAAfBwAAEAAAAAAAAAAA&#10;AAAAAADjAwAAZHJzL2luay9pbmsxLnhtbFBLAQItABQABgAIAAAAIQBIq8yN4gAAAAsBAAAPAAAA&#10;AAAAAAAAAAAAAOwGAABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAeRi8nb8AAAAhAQAA&#10;GQAAAAAAAAAAAAAAAAD7BwAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYAAAAABgAGAHgB&#10;AADxCAAAAAA=&#10;">
+                <v:imagedata r:id="rId47" o:title=""/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpi">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251696136" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D37B30E" wp14:editId="6F2E9B17">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3008190</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1309010</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="73440" cy="233640"/>
                 <wp:effectExtent l="57150" t="76200" r="60325" b="90805"/>
                 <wp:wrapNone/>
                 <wp:docPr id="719599416" name="Ink 64"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                    <w14:contentPart bwMode="auto" r:id="rId64">
+                    <w14:contentPart bwMode="auto" r:id="rId48">
                       <w14:nvContentPartPr>
                         <w14:cNvContentPartPr/>
                       </w14:nvContentPartPr>
                       <w14:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="73440" cy="233640"/>
                       </w14:xfrm>
                     </w14:contentPart>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="1FFA7427" id="Ink 64" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:235.45pt;margin-top:100.2pt;width:8.65pt;height:24.1pt;z-index:251696136;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAIySNP16AQAADAMAAA4AAABkcnMvZTJvRG9jLnhtbJxSXU/CMBR9N/E/&#10;NH2XbTAQFgYPEhMeVB70B9SuZY1r73JbGPx77/iQoTEmviztPdm556PT+c5WbKvQG3A5T3oxZ8pJ&#10;KIxb5/zt9fFuzJkPwhWiAqdyvleez2e3N9OmzlQfSqgKhYxInM+aOudlCHUWRV6Wygrfg1o5AjWg&#10;FYGuuI4KFA2x2yrqx/EoagCLGkEq72m6OIJ8duDXWsnworVXgVWkbhyPJ5yFnA+Gk3TIGbazJO1z&#10;9k6zEeE8mk1FtkZRl0aeZIl/qLLCOBLxRbUQQbANmh9U1kgEDzr0JNgItDZSHTyRuyT+5m7pPlpn&#10;SSo3mElwQbmwEhjO+R2A/6ywFUXQPEFBDYlNAH5ipID+LuQoegFyY0nPsRVUlQj0JHxpak9BZ6bI&#10;OS6L5KLfbR8uDlZ48fV8DVAj0cnyb7/sNNo2bFLCdjmnN7hvv4cu1S4wScP7QZoSIAnpDwYjOneI&#10;jwTnNZ1kafdVh917q6vziGefAAAA//8DAFBLAwQUAAYACAAAACEA7PJvrlQCAAC3BQAAEAAAAGRy&#10;cy9pbmsvaW5rMS54bWykU1FvmzAQfp+0/2C5D33BwXYgCaikD9MiTdrUaO2k7ZESN7ECJjKmSf/9&#10;zgYcpKXRpj0Y7Dt/d993d767P1UlehW6kbXKMJtQjIQq6o1U2wz/eFqRBUaNydUmL2slMvwmGny/&#10;/PjhTqp9VabwRRBBNXZXlRneGXNIw/B4PE6O00mttyGndBp+UftvX/GyR23Ei1TSQMpmMBW1MuJk&#10;bLBUbjJcmBP19yH2Y93qQni3tejifMPovBCrWle58RF3uVKiRCqvgPdPjMzbATYS8myFxqiSIJjw&#10;CYvm0eJzAob8lOHRuQWKDTCpcHg55q//jBm6mqXvc1/r+iC0keJcpk5U73hDRXd2+jqhWjR12dra&#10;YvSaly1IZpRCW3s5LLwg6M94oO3f4vViekJj5r3HN3EoppGVgNGqDr6rpgGe1vxotBtATnlM6Jzw&#10;5InFaZyklE/4gtqGDPm6uRliPuu22fl4z/o8Ic7jdXbajnJjdr5MdMJ8lcY1uoTcCbndmRGU/zW0&#10;qMsaxq/vzc1qtfoE7fEjdimbkQcP0KKA57gtxXWIzhsj9MMZV+XNfi3UdZTcqlqLNcxQ02rhc7JR&#10;wR0/X/4LL9mNM+rf83fxkuEb95iRQ3YG1xi2SBANbtktCzDFhAUUwRr+4CIMDswa4WCXNxAGJ7ve&#10;2djL3j2gr/19nC4NwC0ZkqCIB4ySKIJMFPFFl5CwOZpChphMI0eQWyqJszEY1oBwjqJ5wOYkmgEk&#10;RjEL+IzMEqfPMnNaLctB70hqhNgUHPEw466ivuTwjpa/AQAA//8DAFBLAwQUAAYACAAAACEAMfMb&#10;KN8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbixllK3tmk4I2GmnDTSu&#10;aes1FYlTNdlW3h5zGkfbn/7/c7menBVnHEPvScHjLAGB1Pi2p07B58fmIQMRoqZWW0+o4AcDrKvb&#10;m1IXrb/QDs/72AkOoVBoBSbGoZAyNAadDjM/IPHt6EenI49jJ9tRXzjcWTlPkoV0uiduMHrAV4PN&#10;9/7kFNilPbz14X27ew6Hr3r7lJtNzJW6v5teViAiTvEKw58+q0PFTrU/URuEVZAuk5xRBVyTgmAi&#10;zbI5iJo3abYAWZXy/w/VLwAAAP//AwBQSwMEFAAGAAgAAAAhAHkYvJ2/AAAAIQEAABkAAABkcnMv&#10;X3JlbHMvZTJvRG9jLnhtbC5yZWxzhM+xasQwDAbgvdB3MNobJR3KUeJkOQ6ylhRuNY6SmMSysZzS&#10;e/t67MHBDRqE0PdLbf/rd/VDSVxgDU1VgyK2YXK8aPgeL28nUJINT2YPTBpuJNB3ry/tF+0mlyVZ&#10;XRRVFBYNa87xE1HsSt5IFSJxmcwheZNLmxaMxm5mIXyv6w9M/w3o7kw1TBrSMDWgxlssyc/tMM/O&#10;0jnYwxPnBxFoD8nBX/1eUJMWyhocb1iqqcqhgF2Ld491fwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;mzMnNwwBAAAtAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAD0BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQCMkjT9egEAAAwDAAAOAAAAAAAAAAAAAAAAADwCAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQDs8m+uVAIAALcFAAAQAAAAAAAAAAAAAAAAAOIDAABkcnMvaW5rL2luazEueG1s&#10;UEsBAi0AFAAGAAgAAAAhADHzGyjfAAAACwEAAA8AAAAAAAAAAAAAAAAAZAYAAGRycy9kb3ducmV2&#10;LnhtbFBLAQItABQABgAIAAAAIQB5GLydvwAAACEBAAAZAAAAAAAAAAAAAAAAAHAHAABkcnMvX3Jl&#10;bHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAGAAYAeAEAAGYIAAAAAA==&#10;">
-                <v:imagedata r:id="rId65" o:title=""/>
+              <v:shape w14:anchorId="7704B93F" id="Ink 64" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:235.45pt;margin-top:100.2pt;width:8.65pt;height:24.1pt;z-index:251696136;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAIySNP16AQAADAMAAA4AAABkcnMvZTJvRG9jLnhtbJxSXU/CMBR9N/E/&#10;NH2XbTAQFgYPEhMeVB70B9SuZY1r73JbGPx77/iQoTEmviztPdm556PT+c5WbKvQG3A5T3oxZ8pJ&#10;KIxb5/zt9fFuzJkPwhWiAqdyvleez2e3N9OmzlQfSqgKhYxInM+aOudlCHUWRV6Wygrfg1o5AjWg&#10;FYGuuI4KFA2x2yrqx/EoagCLGkEq72m6OIJ8duDXWsnworVXgVWkbhyPJ5yFnA+Gk3TIGbazJO1z&#10;9k6zEeE8mk1FtkZRl0aeZIl/qLLCOBLxRbUQQbANmh9U1kgEDzr0JNgItDZSHTyRuyT+5m7pPlpn&#10;SSo3mElwQbmwEhjO+R2A/6ywFUXQPEFBDYlNAH5ipID+LuQoegFyY0nPsRVUlQj0JHxpak9BZ6bI&#10;OS6L5KLfbR8uDlZ48fV8DVAj0cnyb7/sNNo2bFLCdjmnN7hvv4cu1S4wScP7QZoSIAnpDwYjOneI&#10;jwTnNZ1kafdVh917q6vziGefAAAA//8DAFBLAwQUAAYACAAAACEA7PJvrlQCAAC3BQAAEAAAAGRy&#10;cy9pbmsvaW5rMS54bWykU1FvmzAQfp+0/2C5D33BwXYgCaikD9MiTdrUaO2k7ZESN7ECJjKmSf/9&#10;zgYcpKXRpj0Y7Dt/d993d767P1UlehW6kbXKMJtQjIQq6o1U2wz/eFqRBUaNydUmL2slMvwmGny/&#10;/PjhTqp9VabwRRBBNXZXlRneGXNIw/B4PE6O00mttyGndBp+UftvX/GyR23Ei1TSQMpmMBW1MuJk&#10;bLBUbjJcmBP19yH2Y93qQni3tejifMPovBCrWle58RF3uVKiRCqvgPdPjMzbATYS8myFxqiSIJjw&#10;CYvm0eJzAob8lOHRuQWKDTCpcHg55q//jBm6mqXvc1/r+iC0keJcpk5U73hDRXd2+jqhWjR12dra&#10;YvSaly1IZpRCW3s5LLwg6M94oO3f4vViekJj5r3HN3EoppGVgNGqDr6rpgGe1vxotBtATnlM6Jzw&#10;5InFaZyklE/4gtqGDPm6uRliPuu22fl4z/o8Ic7jdXbajnJjdr5MdMJ8lcY1uoTcCbndmRGU/zW0&#10;qMsaxq/vzc1qtfoE7fEjdimbkQcP0KKA57gtxXWIzhsj9MMZV+XNfi3UdZTcqlqLNcxQ02rhc7JR&#10;wR0/X/4LL9mNM+rf83fxkuEb95iRQ3YG1xi2SBANbtktCzDFhAUUwRr+4CIMDswa4WCXNxAGJ7ve&#10;2djL3j2gr/19nC4NwC0ZkqCIB4ySKIJMFPFFl5CwOZpChphMI0eQWyqJszEY1oBwjqJ5wOYkmgEk&#10;RjEL+IzMEqfPMnNaLctB70hqhNgUHPEw466ivuTwjpa/AQAA//8DAFBLAwQUAAYACAAAACEAMfMb&#10;KN8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbixllK3tmk4I2GmnDTSu&#10;aes1FYlTNdlW3h5zGkfbn/7/c7menBVnHEPvScHjLAGB1Pi2p07B58fmIQMRoqZWW0+o4AcDrKvb&#10;m1IXrb/QDs/72AkOoVBoBSbGoZAyNAadDjM/IPHt6EenI49jJ9tRXzjcWTlPkoV0uiduMHrAV4PN&#10;9/7kFNilPbz14X27ew6Hr3r7lJtNzJW6v5teViAiTvEKw58+q0PFTrU/URuEVZAuk5xRBVyTgmAi&#10;zbI5iJo3abYAWZXy/w/VLwAAAP//AwBQSwMEFAAGAAgAAAAhAHkYvJ2/AAAAIQEAABkAAABkcnMv&#10;X3JlbHMvZTJvRG9jLnhtbC5yZWxzhM+xasQwDAbgvdB3MNobJR3KUeJkOQ6ylhRuNY6SmMSysZzS&#10;e/t67MHBDRqE0PdLbf/rd/VDSVxgDU1VgyK2YXK8aPgeL28nUJINT2YPTBpuJNB3ry/tF+0mlyVZ&#10;XRRVFBYNa87xE1HsSt5IFSJxmcwheZNLmxaMxm5mIXyv6w9M/w3o7kw1TBrSMDWgxlssyc/tMM/O&#10;0jnYwxPnBxFoD8nBX/1eUJMWyhocb1iqqcqhgF2Ld491fwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;mzMnNwwBAAAtAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAD0BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQCMkjT9egEAAAwDAAAOAAAAAAAAAAAAAAAAADwCAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQDs8m+uVAIAALcFAAAQAAAAAAAAAAAAAAAAAOIDAABkcnMvaW5rL2luazEueG1s&#10;UEsBAi0AFAAGAAgAAAAhADHzGyjfAAAACwEAAA8AAAAAAAAAAAAAAAAAZAYAAGRycy9kb3ducmV2&#10;LnhtbFBLAQItABQABgAIAAAAIQB5GLydvwAAACEBAAAZAAAAAAAAAAAAAAAAAHAHAABkcnMvX3Jl&#10;bHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAGAAYAeAEAAGYIAAAAAA==&#10;">
+                <v:imagedata r:id="rId49" o:title=""/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpi">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251695112" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6801702A" wp14:editId="7A7E40FF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2828910</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1309010</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="247680" cy="28800"/>
                 <wp:effectExtent l="57150" t="76200" r="57150" b="85725"/>
                 <wp:wrapNone/>
                 <wp:docPr id="510907136" name="Ink 63"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                    <w14:contentPart bwMode="auto" r:id="rId66">
+                    <w14:contentPart bwMode="auto" r:id="rId50">
                       <w14:nvContentPartPr>
                         <w14:cNvContentPartPr/>
                       </w14:nvContentPartPr>
                       <w14:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="247680" cy="28800"/>
                       </w14:xfrm>
                     </w14:contentPart>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3AA5B71C" id="Ink 63" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:221.35pt;margin-top:100.2pt;width:22.3pt;height:7.9pt;z-index:251695112;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhABhLxVJ5AQAADAMAAA4AAABkcnMvZTJvRG9jLnhtbJxSy27CMBC8V+o/&#10;WL6XJBRCFBE4FFXi0Meh/QDXsYnV2ButDYG/7yZAgVZVJS5WdseezOzsdL61Ndso9AZcwZNBzJly&#10;EkrjVgV/f3u8yzjzQbhS1OBUwXfK8/ns9mbaNrkaQgV1qZARifN52xS8CqHJo8jLSlnhB9AoR6AG&#10;tCJQiauoRNESu62jYRynUQtYNghSeU/dxR7ks55fayXDi9ZeBVaTuiyOSV8o+H3afyH1JumEeh/U&#10;G2fpmEezqchXKJrKyIMscYUqK4wjEd9UCxEEW6P5RWWNRPCgw0CCjUBrI1Xvidwl8Q93S/fZOUtG&#10;co25BBeUC68Cw3F+PXDNL2xNI2ifoKSExDoAPzDSgP4PZC96AXJtSc8+FVS1CLQSvjKN5wxzUxYc&#10;l2Vy0u82DycHr3jy9XwJUCLRwfJfT7YabTdsUsK2Bac8d93ZZ6m2gUlqDkeTNCNEEjTMaBM6+Ei8&#10;JzhWZ5OlKxcZntfd87Mlnn0BAAD//wMAUEsDBBQABgAIAAAAIQD7kbz4AwIAADUFAAAQAAAAZHJz&#10;L2luay9pbmsxLnhtbLRUTW+cMBC9V+p/sJzDXrpg2BAWFDaHqkiVWmXVpFJ7JDABa8FGttmPf9+B&#10;Zb1E2UQ9tBdkxn5vxm/e+PZu39RkC0pzKRLqOYwSELksuCgT+vMxnS8p0SYTRVZLAQk9gKZ3q48f&#10;brnYNHWMX4IMQverpk5oZUwbu+5ut3N2C0eq0vUZW7hfxeb7N7oaUQU8c8ENptSnUC6Fgb3pyWJe&#10;JDQ3e2bPI/eD7FQOdruPqPx8wqgsh1SqJjOWscqEgJqIrMG6f1FiDi0uOOYpQVHScLzw3He86/B6&#10;+SXCQLZP6OS/wxI1VtJQ9zLn7//Amb7m7Mta+OFNSMlYUgHbviZ30Dx+++5rJVtQhsNZ5qMo48aB&#10;5Mf/QZ+jUAq0rLu+N5Rss7pDyTzG0BZjbs+9IMhrPtTmn/KhLm/yTYt7Kc14vakOo2jWUqfWGt4A&#10;Gr1prceMRuI+/GDUMA4+84M5C+d+9OgFcRDFjDlhEExaMbr4xPmkOl1Zvid19uuwY1U73mzHC1NZ&#10;0ZnjWc2nil9CVsDLykyg/l9Dc1lLHIax01dpmn7GZlvDX8pmeGsBCnJ8HMoa3oeoTBtQ92dck+nN&#10;GsT7KF4KqWCNjtSdApvTmwg+1Gcn4cK7MgwHGfvyA54TejU8LWRAHgNDYxgJI8I+zW6W4WweRjP2&#10;YrxsCvTN6g8AAAD//wMAUEsDBBQABgAIAAAAIQDrYZxJ3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BToQwEIbvJr5DMybe3LJIFoKUjTF6MfGwqyYeu3SkBDoltCzs2zue9DgzX/7/m2q/ukGc&#10;cQqdJwXbTQICqfGmo1bBx/vLXQEiRE1GD55QwQUD7Ovrq0qXxi90wPMxtoJDKJRagY1xLKUMjUWn&#10;w8aPSHz79pPTkceplWbSC4e7QaZJspNOd8QNVo/4ZLHpj7NT0B2Kflk++wv2/WvM82cz2683pW5v&#10;1scHEBHX+AfDrz6rQ81OJz+TCWJQkGVpzqgCrslAMJEV+T2IE2+2uxRkXcn/P9Q/AAAA//8DAFBL&#10;AwQUAAYACAAAACEAeRi8nb8AAAAhAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEz7Fq&#10;xDAMBuC90Hcw2hslHcpR4mQ5DrKWFG41jpKYxLKxnNJ7+3rswcENGoTQ90tt/+t39UNJXGANTVWD&#10;IrZhcrxo+B4vbydQkg1PZg9MGm4k0HevL+0X7SaXJVldFFUUFg1rzvETUexK3kgVInGZzCF5k0ub&#10;FozGbmYhfK/rD0z/DejuTDVMGtIwNaDGWyzJz+0wz87SOdjDE+cHEWgPycFf/V5QkxbKGhxvWKqp&#10;yqGAXYt3j3V/AAAA//8DAFBLAQItABQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAAPQEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABhLxVJ5AQAADAMAAA4AAAAA&#10;AAAAAAAAAAAAPAIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPuRvPgDAgAANQUAABAA&#10;AAAAAAAAAAAAAAAA4QMAAGRycy9pbmsvaW5rMS54bWxQSwECLQAUAAYACAAAACEA62GcSd8AAAAL&#10;AQAADwAAAAAAAAAAAAAAAAASBgAAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAHkYvJ2/&#10;AAAAIQEAABkAAAAAAAAAAAAAAAAAHgcAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAA&#10;AAYABgB4AQAAFAgAAAAA&#10;">
-                <v:imagedata r:id="rId67" o:title=""/>
+              <v:shape w14:anchorId="6E573338" id="Ink 63" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:221.35pt;margin-top:100.2pt;width:22.3pt;height:7.9pt;z-index:251695112;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhABhLxVJ5AQAADAMAAA4AAABkcnMvZTJvRG9jLnhtbJxSy27CMBC8V+o/&#10;WL6XJBRCFBE4FFXi0Meh/QDXsYnV2ButDYG/7yZAgVZVJS5WdseezOzsdL61Ndso9AZcwZNBzJly&#10;EkrjVgV/f3u8yzjzQbhS1OBUwXfK8/ns9mbaNrkaQgV1qZARifN52xS8CqHJo8jLSlnhB9AoR6AG&#10;tCJQiauoRNESu62jYRynUQtYNghSeU/dxR7ks55fayXDi9ZeBVaTuiyOSV8o+H3afyH1JumEeh/U&#10;G2fpmEezqchXKJrKyIMscYUqK4wjEd9UCxEEW6P5RWWNRPCgw0CCjUBrI1Xvidwl8Q93S/fZOUtG&#10;co25BBeUC68Cw3F+PXDNL2xNI2ifoKSExDoAPzDSgP4PZC96AXJtSc8+FVS1CLQSvjKN5wxzUxYc&#10;l2Vy0u82DycHr3jy9XwJUCLRwfJfT7YabTdsUsK2Bac8d93ZZ6m2gUlqDkeTNCNEEjTMaBM6+Ei8&#10;JzhWZ5OlKxcZntfd87Mlnn0BAAD//wMAUEsDBBQABgAIAAAAIQD7kbz4AwIAADUFAAAQAAAAZHJz&#10;L2luay9pbmsxLnhtbLRUTW+cMBC9V+p/sJzDXrpg2BAWFDaHqkiVWmXVpFJ7JDABa8FGttmPf9+B&#10;Zb1E2UQ9tBdkxn5vxm/e+PZu39RkC0pzKRLqOYwSELksuCgT+vMxnS8p0SYTRVZLAQk9gKZ3q48f&#10;brnYNHWMX4IMQverpk5oZUwbu+5ut3N2C0eq0vUZW7hfxeb7N7oaUQU8c8ENptSnUC6Fgb3pyWJe&#10;JDQ3e2bPI/eD7FQOdruPqPx8wqgsh1SqJjOWscqEgJqIrMG6f1FiDi0uOOYpQVHScLzw3He86/B6&#10;+SXCQLZP6OS/wxI1VtJQ9zLn7//Amb7m7Mta+OFNSMlYUgHbviZ30Dx+++5rJVtQhsNZ5qMo48aB&#10;5Mf/QZ+jUAq0rLu+N5Rss7pDyTzG0BZjbs+9IMhrPtTmn/KhLm/yTYt7Kc14vakOo2jWUqfWGt4A&#10;Gr1prceMRuI+/GDUMA4+84M5C+d+9OgFcRDFjDlhEExaMbr4xPmkOl1Zvid19uuwY1U73mzHC1NZ&#10;0ZnjWc2nil9CVsDLykyg/l9Dc1lLHIax01dpmn7GZlvDX8pmeGsBCnJ8HMoa3oeoTBtQ92dck+nN&#10;GsT7KF4KqWCNjtSdApvTmwg+1Gcn4cK7MgwHGfvyA54TejU8LWRAHgNDYxgJI8I+zW6W4WweRjP2&#10;YrxsCvTN6g8AAAD//wMAUEsDBBQABgAIAAAAIQDrYZxJ3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BToQwEIbvJr5DMybe3LJIFoKUjTF6MfGwqyYeu3SkBDoltCzs2zue9DgzX/7/m2q/ukGc&#10;cQqdJwXbTQICqfGmo1bBx/vLXQEiRE1GD55QwQUD7Ovrq0qXxi90wPMxtoJDKJRagY1xLKUMjUWn&#10;w8aPSHz79pPTkceplWbSC4e7QaZJspNOd8QNVo/4ZLHpj7NT0B2Kflk++wv2/WvM82cz2683pW5v&#10;1scHEBHX+AfDrz6rQ81OJz+TCWJQkGVpzqgCrslAMJEV+T2IE2+2uxRkXcn/P9Q/AAAA//8DAFBL&#10;AwQUAAYACAAAACEAeRi8nb8AAAAhAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEz7Fq&#10;xDAMBuC90Hcw2hslHcpR4mQ5DrKWFG41jpKYxLKxnNJ7+3rswcENGoTQ90tt/+t39UNJXGANTVWD&#10;IrZhcrxo+B4vbydQkg1PZg9MGm4k0HevL+0X7SaXJVldFFUUFg1rzvETUexK3kgVInGZzCF5k0ub&#10;FozGbmYhfK/rD0z/DejuTDVMGtIwNaDGWyzJz+0wz87SOdjDE+cHEWgPycFf/V5QkxbKGhxvWKqp&#10;yqGAXYt3j3V/AAAA//8DAFBLAQItABQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAAPQEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABhLxVJ5AQAADAMAAA4AAAAA&#10;AAAAAAAAAAAAPAIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPuRvPgDAgAANQUAABAA&#10;AAAAAAAAAAAAAAAA4QMAAGRycy9pbmsvaW5rMS54bWxQSwECLQAUAAYACAAAACEA62GcSd8AAAAL&#10;AQAADwAAAAAAAAAAAAAAAAASBgAAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAHkYvJ2/&#10;AAAAIQEAABkAAAAAAAAAAAAAAAAAHgcAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAA&#10;AAYABgB4AQAAFAgAAAAA&#10;">
+                <v:imagedata r:id="rId51" o:title=""/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpi">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251693064" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5DC84634" wp14:editId="4BEC5690">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2828910</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1404770</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="237600" cy="26280"/>
                 <wp:effectExtent l="57150" t="76200" r="67310" b="88265"/>
                 <wp:wrapNone/>
                 <wp:docPr id="302471988" name="Ink 61"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                    <w14:contentPart bwMode="auto" r:id="rId68">
+                    <w14:contentPart bwMode="auto" r:id="rId52">
                       <w14:nvContentPartPr>
                         <w14:cNvContentPartPr/>
                       </w14:nvContentPartPr>
                       <w14:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="237600" cy="26280"/>
                       </w14:xfrm>
                     </w14:contentPart>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4E8435AE" id="Ink 61" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:221.35pt;margin-top:107.75pt;width:21.5pt;height:7.7pt;z-index:251693064;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAD64m755AQAADAMAAA4AAABkcnMvZTJvRG9jLnhtbJxSy04CMRTdm/gP&#10;TfcyD+ThhIGFxISFykI/oHZapnHaO7ktDPy9dwYQ0BgTNk3uPenpeXQy29qKbRR6Ay7nSS/mTDkJ&#10;hXGrnL+/Pd2NOfNBuEJU4FTOd8rz2fT2ZtLUmUqhhKpQyIjE+aypc16GUGdR5GWprPA9qJUjUANa&#10;EWjEVVSgaIjdVlEax8OoASxqBKm8p+18D/Jpx6+1kuFVa68Cq0jd6GHU5yzkvD+MY1KK7W6U0u6D&#10;doPxeMCj6URkKxR1aeRBlrhClRXGkYhvqrkIgq3R/KKyRiJ40KEnwUagtZGq80TukviHu4X7bJ0l&#10;93KNmQQXlAtLgeGYXwdc84StKILmGQpqSKwD8AMjBfR/IXvRc5BrS3r2raCqRKAv4UtTewo6M0XO&#10;cVEkJ/1u83hysMSTr5dLgBqJDpb/urLVaNuwSQnb5pya3bVn16XaBiZpmfZHVDpnkqB0mI47+Ei8&#10;JzhOZ8nS2xcdns+trrNPPP0CAAD//wMAUEsDBBQABgAIAAAAIQAm1fVAOwIAAF0FAAAQAAAAZHJz&#10;L2luay9pbmsxLnhtbKRTUW+bMBB+n7T/YLkPfcFgkzBIVNKHaZEmbWq0dtL2SIkLVsCOjGmSf7/D&#10;GCfSsmrTJELwd3ff3Xd3vrs/tg165boTSuaYhRQjLku1FbLK8fenNckw6kwht0WjJM/xiXf4fvX+&#10;3Z2Qu7ZZwhsBg+yGr7bJcW3MfhlFh8MhPMxCpasopnQWfZa7r1/wykVt+YuQwkDKboJKJQ0/moFs&#10;KbY5Ls2Ren/gflS9Lrk3D4guzx5GFyVfK90WxjPWhZS8QbJooe4fGJnTHj4E5Km4xqgVIJjEIZun&#10;8+zTAoDimOOLcw8ldlBJi6PrnD//kzOyPVv+ufaNVnuujeDnNo2inOGEyvFs9Y1CNe9U0w+9xei1&#10;aHqQzCiFsTo5LLoi6Hc+0PZvfE6MK+iycmfxQ5yaaUTLYbXavZ+q6aDOAX402i5gTOOE0JTEiyeW&#10;LJMMnjBJ02EgU75xbybOZ913ted71ucNsRavc9R2EFtT+zbRkPkuXfboWmTNRVWbi9D4r0NL1ShY&#10;Pzebm/V6/RHG41fsWjYj9j5A8xKuY9Xwt0N00RmuH85xbdHtNly+HSUqqTTfwA51veY+J7touK3P&#10;t//KTbbrjNx9/sZfcnxjLzOykSNgB0NREge37JYFmDBMA4rGH4N/wggDgAXjAZABIMwjcBoOgIym&#10;wZd6FxfsAPBw1imFZQanOEXzgMQZmQfpYMtiwsA7tUTJDC1cfssH1ZE4YBn5EMzAA4qcZ4il0yZa&#10;3b4xsO2rXwAAAP//AwBQSwMEFAAGAAgAAAAhAKM1RdbiAAAACwEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FKw0AQhu+C77CM4M1uGhOtMZtSCxahILUW1Ns2OybB7GzY3bbx7R1Pepx/Pv75ppyPthdH&#10;9KFzpGA6SUAg1c501CjYvT5ezUCEqMno3hEq+MYA8+r8rNSFcSd6weM2NoJLKBRaQRvjUEgZ6hat&#10;DhM3IPHu03mrI4++kcbrE5fbXqZJciOt7ogvtHrAZYv11/ZgFSz9YtwMndmsH1b9qnnePb192Hel&#10;Li/GxT2IiGP8g+FXn9WhYqe9O5AJoleQZektowrSaZ6DYCKb5ZzsOblO7kBWpfz/Q/UDAAD//wMA&#10;UEsDBBQABgAIAAAAIQB5GLydvwAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4TP&#10;sWrEMAwG4L3QdzDaGyUdylHiZDkOspYUbjWOkpjEsrGc0nv7euzBwQ0ahND3S23/63f1Q0lcYA1N&#10;VYMitmFyvGj4Hi9vJ1CSDU9mD0wabiTQd68v7RftJpclWV0UVRQWDWvO8RNR7EreSBUicZnMIXmT&#10;S5sWjMZuZiF8r+sPTP8N6O5MNUwa0jA1oMZbLMnP7TDPztI52MMT5wcRaA/JwV/9XlCTFsoaHG9Y&#10;qqnKoYBdi3ePdX8AAAD//wMAUEsBAi0AFAAGAAgAAAAhAJszJzcMAQAALQIAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAA9AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAPribvnkBAAAMAwAADgAA&#10;AAAAAAAAAAAAAAA8AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAJtX1QDsCAABdBQAA&#10;EAAAAAAAAAAAAAAAAADhAwAAZHJzL2luay9pbmsxLnhtbFBLAQItABQABgAIAAAAIQCjNUXW4gAA&#10;AAsBAAAPAAAAAAAAAAAAAAAAAEoGAABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAeRi8&#10;nb8AAAAhAQAAGQAAAAAAAAAAAAAAAABZBwAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYA&#10;AAAABgAGAHgBAABPCAAAAAA=&#10;">
-                <v:imagedata r:id="rId69" o:title=""/>
+              <v:shape w14:anchorId="2C7E7628" id="Ink 61" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:221.35pt;margin-top:107.75pt;width:21.5pt;height:7.7pt;z-index:251693064;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAD64m755AQAADAMAAA4AAABkcnMvZTJvRG9jLnhtbJxSy04CMRTdm/gP&#10;TfcyD+ThhIGFxISFykI/oHZapnHaO7ktDPy9dwYQ0BgTNk3uPenpeXQy29qKbRR6Ay7nSS/mTDkJ&#10;hXGrnL+/Pd2NOfNBuEJU4FTOd8rz2fT2ZtLUmUqhhKpQyIjE+aypc16GUGdR5GWprPA9qJUjUANa&#10;EWjEVVSgaIjdVlEax8OoASxqBKm8p+18D/Jpx6+1kuFVa68Cq0jd6GHU5yzkvD+MY1KK7W6U0u6D&#10;doPxeMCj6URkKxR1aeRBlrhClRXGkYhvqrkIgq3R/KKyRiJ40KEnwUagtZGq80TukviHu4X7bJ0l&#10;93KNmQQXlAtLgeGYXwdc84StKILmGQpqSKwD8AMjBfR/IXvRc5BrS3r2raCqRKAv4UtTewo6M0XO&#10;cVEkJ/1u83hysMSTr5dLgBqJDpb/urLVaNuwSQnb5pya3bVn16XaBiZpmfZHVDpnkqB0mI47+Ei8&#10;JzhOZ8nS2xcdns+trrNPPP0CAAD//wMAUEsDBBQABgAIAAAAIQAm1fVAOwIAAF0FAAAQAAAAZHJz&#10;L2luay9pbmsxLnhtbKRTUW+bMBB+n7T/YLkPfcFgkzBIVNKHaZEmbWq0dtL2SIkLVsCOjGmSf7/D&#10;GCfSsmrTJELwd3ff3Xd3vrs/tg165boTSuaYhRQjLku1FbLK8fenNckw6kwht0WjJM/xiXf4fvX+&#10;3Z2Qu7ZZwhsBg+yGr7bJcW3MfhlFh8MhPMxCpasopnQWfZa7r1/wykVt+YuQwkDKboJKJQ0/moFs&#10;KbY5Ls2Ren/gflS9Lrk3D4guzx5GFyVfK90WxjPWhZS8QbJooe4fGJnTHj4E5Km4xqgVIJjEIZun&#10;8+zTAoDimOOLcw8ldlBJi6PrnD//kzOyPVv+ufaNVnuujeDnNo2inOGEyvFs9Y1CNe9U0w+9xei1&#10;aHqQzCiFsTo5LLoi6Hc+0PZvfE6MK+iycmfxQ5yaaUTLYbXavZ+q6aDOAX402i5gTOOE0JTEiyeW&#10;LJMMnjBJ02EgU75xbybOZ913ted71ucNsRavc9R2EFtT+zbRkPkuXfboWmTNRVWbi9D4r0NL1ShY&#10;Pzebm/V6/RHG41fsWjYj9j5A8xKuY9Xwt0N00RmuH85xbdHtNly+HSUqqTTfwA51veY+J7touK3P&#10;t//KTbbrjNx9/sZfcnxjLzOykSNgB0NREge37JYFmDBMA4rGH4N/wggDgAXjAZABIMwjcBoOgIym&#10;wZd6FxfsAPBw1imFZQanOEXzgMQZmQfpYMtiwsA7tUTJDC1cfssH1ZE4YBn5EMzAA4qcZ4il0yZa&#10;3b4xsO2rXwAAAP//AwBQSwMEFAAGAAgAAAAhAKM1RdbiAAAACwEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FKw0AQhu+C77CM4M1uGhOtMZtSCxahILUW1Ns2OybB7GzY3bbx7R1Pepx/Pv75ppyPthdH&#10;9KFzpGA6SUAg1c501CjYvT5ezUCEqMno3hEq+MYA8+r8rNSFcSd6weM2NoJLKBRaQRvjUEgZ6hat&#10;DhM3IPHu03mrI4++kcbrE5fbXqZJciOt7ogvtHrAZYv11/ZgFSz9YtwMndmsH1b9qnnePb192Hel&#10;Li/GxT2IiGP8g+FXn9WhYqe9O5AJoleQZektowrSaZ6DYCKb5ZzsOblO7kBWpfz/Q/UDAAD//wMA&#10;UEsDBBQABgAIAAAAIQB5GLydvwAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4TP&#10;sWrEMAwG4L3QdzDaGyUdylHiZDkOspYUbjWOkpjEsrGc0nv7euzBwQ0ahND3S23/63f1Q0lcYA1N&#10;VYMitmFyvGj4Hi9vJ1CSDU9mD0wabiTQd68v7RftJpclWV0UVRQWDWvO8RNR7EreSBUicZnMIXmT&#10;S5sWjMZuZiF8r+sPTP8N6O5MNUwa0jA1oMZbLMnP7TDPztI52MMT5wcRaA/JwV/9XlCTFsoaHG9Y&#10;qqnKoYBdi3ePdX8AAAD//wMAUEsBAi0AFAAGAAgAAAAhAJszJzcMAQAALQIAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAA9AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAPribvnkBAAAMAwAADgAA&#10;AAAAAAAAAAAAAAA8AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAJtX1QDsCAABdBQAA&#10;EAAAAAAAAAAAAAAAAADhAwAAZHJzL2luay9pbmsxLnhtbFBLAQItABQABgAIAAAAIQCjNUXW4gAA&#10;AAsBAAAPAAAAAAAAAAAAAAAAAEoGAABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAeRi8&#10;nb8AAAAhAQAAGQAAAAAAAAAAAAAAAABZBwAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYA&#10;AAAABgAGAHgBAABPCAAAAAA=&#10;">
+                <v:imagedata r:id="rId53" o:title=""/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpi">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251692040" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="21497879" wp14:editId="52672E4F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2809830</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1499810</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="247680" cy="10800"/>
                 <wp:effectExtent l="57150" t="76200" r="57150" b="84455"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1996475554" name="Ink 60"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                    <w14:contentPart bwMode="auto" r:id="rId70">
+                    <w14:contentPart bwMode="auto" r:id="rId54">
                       <w14:nvContentPartPr>
                         <w14:cNvContentPartPr/>
                       </w14:nvContentPartPr>
                       <w14:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="247680" cy="10800"/>
                       </w14:xfrm>
                     </w14:contentPart>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3A032BC3" id="Ink 60" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:219.85pt;margin-top:115.25pt;width:22.3pt;height:6.5pt;z-index:251692040;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAEKy99F5AQAADAMAAA4AAABkcnMvZTJvRG9jLnhtbJxSy27CMBC8V+o/&#10;WL6XJBQCikg4FFXi0Meh/QDXsYnV2ButDYG/7yZAgVZVJS5WdseezOzsbL61Ndso9AZczpNBzJly&#10;EkrjVjl/f3u8m3Lmg3ClqMGpnO+U5/Pi9mbWNpkaQgV1qZARifNZ2+S8CqHJosjLSlnhB9AoR6AG&#10;tCJQiauoRNESu62jYRynUQtYNghSeU/dxR7kRc+vtZLhRWuvAqtJ3TSOSV/I+X3afyH1JumEeh/U&#10;G6ejMY+KmchWKJrKyIMscYUqK4wjEd9UCxEEW6P5RWWNRPCgw0CCjUBrI1Xvidwl8Q93S/fZOUtG&#10;co2ZBBeUC68Cw3F+PXDNL2xNI2ifoKSExDoAPzDSgP4PZC96AXJtSc8+FVS1CLQSvjKN5wwzU+Yc&#10;l2Vy0u82DycHr3jy9XwJUCLRwfJfT7YabTdsUsK2Oac8d93ZZ6m2gUlqDkeTdEqIJCiJaRM6+Ei8&#10;JzhWZ5OlKxcZntfd87MlLr4AAAD//wMAUEsDBBQABgAIAAAAIQDIzs36+QEAALkEAAAQAAAAZHJz&#10;L2luay9pbmsxLnhtbKRTy27bMBC8F+g/EMwhF0si6aiWhcg5FDVQoEWMJgHSoyJvJMISaZBUbP99&#10;Vw/TBuoGLXoRpKVmdmd2eHu3b2ryBsZKrTLKQ0YJqEKvpSoz+vS4DBJKrMvVOq+1gowewNK7xccP&#10;t1JtmjrFJ0EGZbu3ps5o5dw2jaLdbhfupqE2ZSQYm0Zf1eb7N7oYUWt4lUo6bGmPpUIrB3vXkaVy&#10;ndHC7Zn/H7kfdGsK8MddxRSnP5zJC1hq0+TOM1a5UlATlTc49zMl7rDFF4l9SjCUNBIFByLkN7Ob&#10;5MscC/k+o2ffLY5ocZKGRpc5f/4nZ9R7lv559pXRWzBOwsmmQdR4cCDF8N3rG4QasLpuO28pecvr&#10;FiVzxnCtoxweXRD0Ox9q+ze+Ucw40Pnk44lf4tFMJxvAaDVbv1Vncc6u/OBMH0DBRBywWSDmjzxO&#10;4ySNP4VJknQLOfYbcnPkfDGtrTzfizklpD/xOgdtO7l2lbeJhdy7dO7RJWQFsqzcGVT8NbTQtcb4&#10;jbu5Wi6Xn3E9PmKXujm59QADBV7Hsob3ISa3Dsz9CdfkdrMC9T5KlkobWGGGbGvA9+Rnhvfzefsv&#10;3OQ+zmS8zz/gNaNX/WUmPXIo9IvhRMwm13w2vRYTypM5DeJJIKY8EGwScM6IYMct95y+KSZp8QsA&#10;AP//AwBQSwMEFAAGAAgAAAAhAHK1UVDgAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj01PhDAQ&#10;hu8m/odmTLwYt7gURaRsjB/JegQ/zoVWINJpQ7sL/nvHkx5n5sk7z1vuVjuxo5nD6FDC1SYBZrBz&#10;esRewtvr82UOLESFWk0OjYRvE2BXnZ6UqtBuwdocm9gzCsFQKAlDjL7gPHSDsSpsnDdIt083WxVp&#10;nHuuZ7VQuJ34NkmuuVUj0odBefMwmO6rOVgJT/usfsmWi8e69eLjvfO5bXiQ8vxsvb8DFs0a/2D4&#10;1Sd1qMipdQfUgU0SRHp7Q6iEbZpkwIgQuUiBtbQRaQa8Kvn/DtUPAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAeRi8nb8AAAAhAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEz7FqxDAMBuC90Hcw&#10;2hslHcpR4mQ5DrKWFG41jpKYxLKxnNJ7+3rswcENGoTQ90tt/+t39UNJXGANTVWDIrZhcrxo+B4v&#10;bydQkg1PZg9MGm4k0HevL+0X7SaXJVldFFUUFg1rzvETUexK3kgVInGZzCF5k0ubFozGbmYhfK/r&#10;D0z/DejuTDVMGtIwNaDGWyzJz+0wz87SOdjDE+cHEWgPycFf/V5QkxbKGhxvWKqpyqGAXYt3j3V/&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;PQEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEKy99F5AQAADAMAAA4AAAAAAAAAAAAAAAAA&#10;PAIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMjOzfr5AQAAuQQAABAAAAAAAAAAAAAA&#10;AAAA4QMAAGRycy9pbmsvaW5rMS54bWxQSwECLQAUAAYACAAAACEAcrVRUOAAAAALAQAADwAAAAAA&#10;AAAAAAAAAAAIBgAAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAHkYvJ2/AAAAIQEAABkA&#10;AAAAAAAAAAAAAAAAFQcAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB4AQAA&#10;CwgAAAAA&#10;">
-                <v:imagedata r:id="rId71" o:title=""/>
+              <v:shape w14:anchorId="25E3D00D" id="Ink 60" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:219.85pt;margin-top:115.25pt;width:22.3pt;height:6.5pt;z-index:251692040;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAEKy99F5AQAADAMAAA4AAABkcnMvZTJvRG9jLnhtbJxSy27CMBC8V+o/&#10;WL6XJBQCikg4FFXi0Meh/QDXsYnV2ButDYG/7yZAgVZVJS5WdseezOzsbL61Ndso9AZczpNBzJly&#10;EkrjVjl/f3u8m3Lmg3ClqMGpnO+U5/Pi9mbWNpkaQgV1qZARifNZ2+S8CqHJosjLSlnhB9AoR6AG&#10;tCJQiauoRNESu62jYRynUQtYNghSeU/dxR7kRc+vtZLhRWuvAqtJ3TSOSV/I+X3afyH1JumEeh/U&#10;G6ejMY+KmchWKJrKyIMscYUqK4wjEd9UCxEEW6P5RWWNRPCgw0CCjUBrI1Xvidwl8Q93S/fZOUtG&#10;co2ZBBeUC68Cw3F+PXDNL2xNI2ifoKSExDoAPzDSgP4PZC96AXJtSc8+FVS1CLQSvjKN5wwzU+Yc&#10;l2Vy0u82DycHr3jy9XwJUCLRwfJfT7YabTdsUsK2Oac8d93ZZ6m2gUlqDkeTdEqIJCiJaRM6+Ei8&#10;JzhWZ5OlKxcZntfd87MlLr4AAAD//wMAUEsDBBQABgAIAAAAIQDIzs36+QEAALkEAAAQAAAAZHJz&#10;L2luay9pbmsxLnhtbKRTy27bMBC8F+g/EMwhF0si6aiWhcg5FDVQoEWMJgHSoyJvJMISaZBUbP99&#10;Vw/TBuoGLXoRpKVmdmd2eHu3b2ryBsZKrTLKQ0YJqEKvpSoz+vS4DBJKrMvVOq+1gowewNK7xccP&#10;t1JtmjrFJ0EGZbu3ps5o5dw2jaLdbhfupqE2ZSQYm0Zf1eb7N7oYUWt4lUo6bGmPpUIrB3vXkaVy&#10;ndHC7Zn/H7kfdGsK8MddxRSnP5zJC1hq0+TOM1a5UlATlTc49zMl7rDFF4l9SjCUNBIFByLkN7Ob&#10;5MscC/k+o2ffLY5ocZKGRpc5f/4nZ9R7lv559pXRWzBOwsmmQdR4cCDF8N3rG4QasLpuO28pecvr&#10;FiVzxnCtoxweXRD0Ox9q+ze+Ucw40Pnk44lf4tFMJxvAaDVbv1Vncc6u/OBMH0DBRBywWSDmjzxO&#10;4ySNP4VJknQLOfYbcnPkfDGtrTzfizklpD/xOgdtO7l2lbeJhdy7dO7RJWQFsqzcGVT8NbTQtcb4&#10;jbu5Wi6Xn3E9PmKXujm59QADBV7Hsob3ISa3Dsz9CdfkdrMC9T5KlkobWGGGbGvA9+Rnhvfzefsv&#10;3OQ+zmS8zz/gNaNX/WUmPXIo9IvhRMwm13w2vRYTypM5DeJJIKY8EGwScM6IYMct95y+KSZp8QsA&#10;AP//AwBQSwMEFAAGAAgAAAAhAHK1UVDgAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj01PhDAQ&#10;hu8m/odmTLwYt7gURaRsjB/JegQ/zoVWINJpQ7sL/nvHkx5n5sk7z1vuVjuxo5nD6FDC1SYBZrBz&#10;esRewtvr82UOLESFWk0OjYRvE2BXnZ6UqtBuwdocm9gzCsFQKAlDjL7gPHSDsSpsnDdIt083WxVp&#10;nHuuZ7VQuJ34NkmuuVUj0odBefMwmO6rOVgJT/usfsmWi8e69eLjvfO5bXiQ8vxsvb8DFs0a/2D4&#10;1Sd1qMipdQfUgU0SRHp7Q6iEbZpkwIgQuUiBtbQRaQa8Kvn/DtUPAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAeRi8nb8AAAAhAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEz7FqxDAMBuC90Hcw&#10;2hslHcpR4mQ5DrKWFG41jpKYxLKxnNJ7+3rswcENGoTQ90tt/+t39UNJXGANTVWDIrZhcrxo+B4v&#10;bydQkg1PZg9MGm4k0HevL+0X7SaXJVldFFUUFg1rzvETUexK3kgVInGZzCF5k0ubFozGbmYhfK/r&#10;D0z/DejuTDVMGtIwNaDGWyzJz+0wz87SOdjDE+cHEWgPycFf/V5QkxbKGhxvWKqpyqGAXYt3j3V/&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;PQEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEKy99F5AQAADAMAAA4AAAAAAAAAAAAAAAAA&#10;PAIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMjOzfr5AQAAuQQAABAAAAAAAAAAAAAA&#10;AAAA4QMAAGRycy9pbmsvaW5rMS54bWxQSwECLQAUAAYACAAAACEAcrVRUOAAAAALAQAADwAAAAAA&#10;AAAAAAAAAAAIBgAAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAHkYvJ2/AAAAIQEAABkA&#10;AAAAAAAAAAAAAAAAFQcAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB4AQAA&#10;CwgAAAAA&#10;">
+                <v:imagedata r:id="rId55" o:title=""/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpi">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251691016" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E7165AD" wp14:editId="67D7E87D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2781390</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1541570</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="279000" cy="6120"/>
                 <wp:effectExtent l="57150" t="76200" r="64135" b="89535"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1293594444" name="Ink 59"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                    <w14:contentPart bwMode="auto" r:id="rId72">
+                    <w14:contentPart bwMode="auto" r:id="rId56">
                       <w14:nvContentPartPr>
                         <w14:cNvContentPartPr/>
                       </w14:nvContentPartPr>
                       <w14:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="279000" cy="6120"/>
                       </w14:xfrm>
                     </w14:contentPart>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4AB62529" id="Ink 59" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:217.6pt;margin-top:118.55pt;width:24.75pt;height:6.15pt;z-index:251691016;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAIeJtad2AQAACwMAAA4AAABkcnMvZTJvRG9jLnhtbJxSyW7CMBC9V+o/&#10;WL6XLGWNCByKKnHocmg/wHVsYjX2RGND4O87CVCgVVWJi6WZJz+/xdP51lZso9AbcDlPejFnykko&#10;jFvl/P3t8W7MmQ/CFaICp3K+U57PZ7c306bOVAolVIVCRiTOZ02d8zKEOosiL0tlhe9BrRyBGtCK&#10;QCOuogJFQ+y2itI4HkYNYFEjSOU9bRd7kM86fq2VDC9aexVYRepGk9GIs5Dz+2Eck1Jsd+NBytlH&#10;t+sPeDSbimyFoi6NPMgSV6iywjgS8U21EEGwNZpfVNZIBA869CTYCLQ2UnWeyF0S/3C3dJ+ts6Qv&#10;15hJcEG58CowHPPrgGuesBVF0DxBQQ2JdQB+YKSA/i9kL3oBcm1Jz74VVJUI9CV8aWpPQWemyDku&#10;i+Sk320eTg5e8eTr+RKgRqKD5b+ubDXaNmxSwrY5p2Z37dl1qbaBSVqmo0nXuSRomKQdeuTd3z9O&#10;Z8HS0xcVns+trLM/PPsCAAD//wMAUEsDBBQABgAIAAAAIQDMKasZ/QEAAMEEAAAQAAAAZHJzL2lu&#10;ay9pbmsxLnhtbKRTy27bMBC8F+g/EMwhFz1I2bJlIXIORQ0UaFGjSYD0qMgbibBEGiQV23/f1cO0&#10;gbpBi14Eclc7uzM7vLs/NDV5A22EkhnlAaMEZKE2QpYZfXpc+QklxuZyk9dKQkaPYOj98uOHOyG3&#10;TZ3ilyCCNN2pqTNaWbtLw3C/3wf7SaB0GUaMTcIvcvvtK12OVRt4FVJYbGlOoUJJCwfbgaVik9HC&#10;Hpj7H7EfVKsLcOkuoovzH1bnBayUbnLrEKtcSqiJzBuc+5kSe9zhQWCfEjQljUDCfhTw6XyafF5g&#10;ID9k9OLe4ogGJ2loeB3z539ihr1m6Z9nX2u1A20FnGUaSI2JIymGe89vIKrBqLrttKXkLa9bpMwZ&#10;w7WOdHh4hdDveMjt3/BGMuNAl5OPGbfEk5hWNIDWanZuq9bgnF34weregBGLYp/N/WjxyOM0TtI4&#10;Dvgk6hZy6jf45oT5oltTObwXfXZIn3E8B257sbGVk4kF3Kl0qdG1ygpEWdmL0uivSwtVK7TfuJub&#10;1Wr1CdfjLHatmxU7V6ChwOdY1vB+ic6NBf39XNfkZrsG+X6VKKXSsEYPmVaD68kvBO/nc/Jfecm9&#10;ncn4nn/Aa0Zv+sdM+soh0C+GET7zbmfJ4pZ51J/NF5R53OeezwnzGB544k/xhtfTtnts1xwdtfwF&#10;AAD//wMAUEsDBBQABgAIAAAAIQCBAVUU4QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/PTsMw&#10;DIfvSLxDZCQuiKXtyv6UptMEmoR2gq0PkDamrWic0mRb4ekxJzja/vzz53wz2V6ccfSdIwXxLAKB&#10;VDvTUaOgPO7uVyB80GR07wgVfKGHTXF9levMuAu94fkQGsEh5DOtoA1hyKT0dYtW+5kbkHj27kar&#10;A5djI82oLxxue5lE0UJa3RFfaPWATy3WH4eTZQ00z9FL9LkoK7qz+9fv3bbsY6Vub6btI4iAU/iD&#10;4Vefd6Bgp8qdyHjRK0jnDwmjCpL5MgbBRLpKlyAq7qTrFGSRy/8/FD8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQB5GLydvwAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4TPsWrEMAwG4L3Q&#10;dzDaGyUdylHiZDkOspYUbjWOkpjEsrGc0nv7euzBwQ0ahND3S23/63f1Q0lcYA1NVYMitmFyvGj4&#10;Hi9vJ1CSDU9mD0wabiTQd68v7RftJpclWV0UVRQWDWvO8RNR7EreSBUicZnMIXmTS5sWjMZuZiF8&#10;r+sPTP8N6O5MNUwa0jA1oMZbLMnP7TDPztI52MMT5wcRaA/JwV/9XlCTFsoaHG9YqqnKoYBdi3eP&#10;dX8AAAD//wMAUEsBAi0AFAAGAAgAAAAhAJszJzcMAQAALQIAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAA9AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAh4m1p3YBAAALAwAADgAAAAAAAAAAAAAA&#10;AAA8AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAzCmrGf0BAADBBAAAEAAAAAAAAAAA&#10;AAAAAADeAwAAZHJzL2luay9pbmsxLnhtbFBLAQItABQABgAIAAAAIQCBAVUU4QAAAAsBAAAPAAAA&#10;AAAAAAAAAAAAAAkGAABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAeRi8nb8AAAAhAQAA&#10;GQAAAAAAAAAAAAAAAAAXBwAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYAAAAABgAGAHgB&#10;AAANCAAAAAA=&#10;">
-                <v:imagedata r:id="rId73" o:title=""/>
+              <v:shape w14:anchorId="010547CC" id="Ink 59" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:217.6pt;margin-top:118.55pt;width:24.75pt;height:6.15pt;z-index:251691016;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAIeJtad2AQAACwMAAA4AAABkcnMvZTJvRG9jLnhtbJxSyW7CMBC9V+o/&#10;WL6XLGWNCByKKnHocmg/wHVsYjX2RGND4O87CVCgVVWJi6WZJz+/xdP51lZso9AbcDlPejFnykko&#10;jFvl/P3t8W7MmQ/CFaICp3K+U57PZ7c306bOVAolVIVCRiTOZ02d8zKEOosiL0tlhe9BrRyBGtCK&#10;QCOuogJFQ+y2itI4HkYNYFEjSOU9bRd7kM86fq2VDC9aexVYRepGk9GIs5Dz+2Eck1Jsd+NBytlH&#10;t+sPeDSbimyFoi6NPMgSV6iywjgS8U21EEGwNZpfVNZIBA869CTYCLQ2UnWeyF0S/3C3dJ+ts6Qv&#10;15hJcEG58CowHPPrgGuesBVF0DxBQQ2JdQB+YKSA/i9kL3oBcm1Jz74VVJUI9CV8aWpPQWemyDku&#10;i+Sk320eTg5e8eTr+RKgRqKD5b+ubDXaNmxSwrY5p2Z37dl1qbaBSVqmo0nXuSRomKQdeuTd3z9O&#10;Z8HS0xcVns+trLM/PPsCAAD//wMAUEsDBBQABgAIAAAAIQDMKasZ/QEAAMEEAAAQAAAAZHJzL2lu&#10;ay9pbmsxLnhtbKRTy27bMBC8F+g/EMwhFz1I2bJlIXIORQ0UaFGjSYD0qMgbibBEGiQV23/f1cO0&#10;gbpBi14Eclc7uzM7vLs/NDV5A22EkhnlAaMEZKE2QpYZfXpc+QklxuZyk9dKQkaPYOj98uOHOyG3&#10;TZ3ilyCCNN2pqTNaWbtLw3C/3wf7SaB0GUaMTcIvcvvtK12OVRt4FVJYbGlOoUJJCwfbgaVik9HC&#10;Hpj7H7EfVKsLcOkuoovzH1bnBayUbnLrEKtcSqiJzBuc+5kSe9zhQWCfEjQljUDCfhTw6XyafF5g&#10;ID9k9OLe4ogGJ2loeB3z539ihr1m6Z9nX2u1A20FnGUaSI2JIymGe89vIKrBqLrttKXkLa9bpMwZ&#10;w7WOdHh4hdDveMjt3/BGMuNAl5OPGbfEk5hWNIDWanZuq9bgnF34weregBGLYp/N/WjxyOM0TtI4&#10;Dvgk6hZy6jf45oT5oltTObwXfXZIn3E8B257sbGVk4kF3Kl0qdG1ygpEWdmL0uivSwtVK7TfuJub&#10;1Wr1CdfjLHatmxU7V6ChwOdY1vB+ic6NBf39XNfkZrsG+X6VKKXSsEYPmVaD68kvBO/nc/Jfecm9&#10;ncn4nn/Aa0Zv+sdM+soh0C+GET7zbmfJ4pZ51J/NF5R53OeezwnzGB544k/xhtfTtnts1xwdtfwF&#10;AAD//wMAUEsDBBQABgAIAAAAIQCBAVUU4QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/PTsMw&#10;DIfvSLxDZCQuiKXtyv6UptMEmoR2gq0PkDamrWic0mRb4ekxJzja/vzz53wz2V6ccfSdIwXxLAKB&#10;VDvTUaOgPO7uVyB80GR07wgVfKGHTXF9levMuAu94fkQGsEh5DOtoA1hyKT0dYtW+5kbkHj27kar&#10;A5djI82oLxxue5lE0UJa3RFfaPWATy3WH4eTZQ00z9FL9LkoK7qz+9fv3bbsY6Vub6btI4iAU/iD&#10;4Vefd6Bgp8qdyHjRK0jnDwmjCpL5MgbBRLpKlyAq7qTrFGSRy/8/FD8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQB5GLydvwAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4TPsWrEMAwG4L3Q&#10;dzDaGyUdylHiZDkOspYUbjWOkpjEsrGc0nv7euzBwQ0ahND3S23/63f1Q0lcYA1NVYMitmFyvGj4&#10;Hi9vJ1CSDU9mD0wabiTQd68v7RftJpclWV0UVRQWDWvO8RNR7EreSBUicZnMIXmTS5sWjMZuZiF8&#10;r+sPTP8N6O5MNUwa0jA1oMZbLMnP7TDPztI52MMT5wcRaA/JwV/9XlCTFsoaHG9YqqnKoYBdi3eP&#10;dX8AAAD//wMAUEsBAi0AFAAGAAgAAAAhAJszJzcMAQAALQIAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAA9AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAh4m1p3YBAAALAwAADgAAAAAAAAAAAAAA&#10;AAA8AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAzCmrGf0BAADBBAAAEAAAAAAAAAAA&#10;AAAAAADeAwAAZHJzL2luay9pbmsxLnhtbFBLAQItABQABgAIAAAAIQCBAVUU4QAAAAsBAAAPAAAA&#10;AAAAAAAAAAAAAAkGAABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAeRi8nb8AAAAhAQAA&#10;GQAAAAAAAAAAAAAAAAAXBwAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYAAAAABgAGAHgB&#10;AAANCAAAAAA=&#10;">
+                <v:imagedata r:id="rId57" o:title=""/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpi">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251689992" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E55375E" wp14:editId="16BFA5A5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2847340</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1337310</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="19050" cy="238125"/>
                 <wp:effectExtent l="57150" t="76200" r="57150" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="740466522" name="Ink 58"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                    <w14:contentPart bwMode="auto" r:id="rId74">
+                    <w14:contentPart bwMode="auto" r:id="rId58">
                       <w14:nvContentPartPr>
                         <w14:cNvContentPartPr/>
                       </w14:nvContentPartPr>
                       <w14:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="19050" cy="238125"/>
                       </w14:xfrm>
                     </w14:contentPart>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="41C6F6BE" id="Ink 58" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:222.8pt;margin-top:102.45pt;width:4.3pt;height:24.4pt;z-index:251689992;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAEvc8sp6AQAADAMAAA4AAABkcnMvZTJvRG9jLnhtbJxSXU/CMBR9N/E/&#10;NH2XrUNAFgYPEhMe/HjQH1C7ljWuvcttcfDvvRsgqDEmviy596yn56OzxdbV7F1jsOALLgYpZ9or&#10;KK1fF/zl+e7qhrMQpS9lDV4XfKcDX8wvL2Ztk+sMKqhLjYxIfMjbpuBVjE2eJEFV2skwgEZ7Ag2g&#10;k5FGXCclypbYXZ1kaTpOWsCyQVA6BNou9yCf9/zGaBUfjQk6sprUTaaTjLNY8OFoOhGcYbcbC9q9&#10;druxSHkyn8l8jbKprDrIkv9Q5aT1JOKTaimjZBu0P6icVQgBTBwocAkYY5XuPZE7kX5zt/JvnTNx&#10;rTaYK/BR+/gkMR7z64H/XOFqiqC9h5IakpsI/MBIAf1dyF70EtTGkZ59K6hrGelJhMo2gYLObVlw&#10;XJXipN+/354cPOHJ18NXgBpJDpZ/O7I16LqwSQnbFpze4K779l3qbWSKlmKajghQhGTDG5GNOvhI&#10;vCc4TmfJ0i9fOjyfu+Nnj3j+AQAA//8DAFBLAwQUAAYACAAAACEAyeIyQwECAAAzBQAAEAAAAGRy&#10;cy9pbmsvaW5rMS54bWy0VE2PmzAQvVfqf7C8h1waMCTkAy3ZQ1WkSq026m6l9sjCLFgBG9kmJP++&#10;AyEOq82uemiFhPCY92b85o1v7w5VSfagNJciop7DKAGRyoyLPKI/H+PpihJtEpElpRQQ0SNoerf5&#10;+OGWi11VhvgmyCB091WVES2MqUPXbdvWaWeOVLnrMzZzv4rd9290M6AyeOaCG0ypz6FUCgMH05GF&#10;PItoag7M/o/cD7JRKdjtLqLSyx9GJSnEUlWJsYxFIgSURCQV1v2LEnOs8YNjnhwUJRXHA099x5sv&#10;56svawwkh4iO1g2WqLGSirrXOX//B874NWdX1sxfLpaUDCVlsO9qcnvNw7fPvlWyBmU4XGQ+iTJs&#10;HEl6Wvf6nIRSoGXZdL2hZJ+UDUrmMYa2GHJ77hVBXvOhNv+UD3V5k29c3EtphuONdRhEs5Y6t9bw&#10;CtDoVW09ZjQSd+EHo/px8JkfTNly6q8fvSAMVuF85QTeetSKwcVnzifV6MLyPamLX/sdq9rpZC3P&#10;TGFFZ45nNR8rfg1ZAM8LM4L6fw1NZSlxGIZO38Rx/BmbbQ1/LZvhtQUoSPFyyEt4H6ISbUDdX3BV&#10;ondbEO+jeC6kgi06UjcKbE5vJHhfn52EK/dKPxxk6MsPeI7oTX+1kB55CvSNYQSfT5PAnywW3oS9&#10;GC6bAF2z+QMAAP//AwBQSwMEFAAGAAgAAAAhALTUkG3fAAAACwEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8tOxDAMRfdI/ENkJHZMSkmnUJqOEBJiwQLN4wMyiaetaJyqSWfK32NWsLR9dH1uvVn8IM44&#10;xT6QhvtVBgLJBtdTq+Gwf7t7BBGTIWeGQKjhGyNsmuur2lQuXGiL511qBYdQrIyGLqWxkjLaDr2J&#10;qzAi8e0UJm8Sj1Mr3WQuHO4HmWfZWnrTE3/ozIivHdqv3ew12D590sm857KcDzTH7Udhy1Lr25vl&#10;5RlEwiX9wfCrz+rQsNMxzOSiGDQoVawZ1ZBn6gkEE6pQOYgjb4qHEmRTy/8dmh8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQB5GLydvwAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4TPsWrE&#10;MAwG4L3QdzDaGyUdylHiZDkOspYUbjWOkpjEsrGc0nv7euzBwQ0ahND3S23/63f1Q0lcYA1NVYMi&#10;tmFyvGj4Hi9vJ1CSDU9mD0wabiTQd68v7RftJpclWV0UVRQWDWvO8RNR7EreSBUicZnMIXmTS5sW&#10;jMZuZiF8r+sPTP8N6O5MNUwa0jA1oMZbLMnP7TDPztI52MMT5wcRaA/JwV/9XlCTFsoaHG9YqqnK&#10;oYBdi3ePdX8AAAD//wMAUEsBAi0AFAAGAAgAAAAhAJszJzcMAQAALQIAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAA9AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAS9zyynoBAAAMAwAADgAAAAAA&#10;AAAAAAAAAAA8AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAyeIyQwECAAAzBQAAEAAA&#10;AAAAAAAAAAAAAADiAwAAZHJzL2luay9pbmsxLnhtbFBLAQItABQABgAIAAAAIQC01JBt3wAAAAsB&#10;AAAPAAAAAAAAAAAAAAAAABEGAABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAeRi8nb8A&#10;AAAhAQAAGQAAAAAAAAAAAAAAAAAdBwAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYAAAAA&#10;BgAGAHgBAAATCAAAAAA=&#10;">
-                <v:imagedata r:id="rId75" o:title=""/>
+              <v:shape w14:anchorId="77DCCE33" id="Ink 58" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:222.8pt;margin-top:102.45pt;width:4.3pt;height:24.4pt;z-index:251689992;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAEvc8sp6AQAADAMAAA4AAABkcnMvZTJvRG9jLnhtbJxSXU/CMBR9N/E/&#10;NH2XrUNAFgYPEhMe/HjQH1C7ljWuvcttcfDvvRsgqDEmviy596yn56OzxdbV7F1jsOALLgYpZ9or&#10;KK1fF/zl+e7qhrMQpS9lDV4XfKcDX8wvL2Ztk+sMKqhLjYxIfMjbpuBVjE2eJEFV2skwgEZ7Ag2g&#10;k5FGXCclypbYXZ1kaTpOWsCyQVA6BNou9yCf9/zGaBUfjQk6sprUTaaTjLNY8OFoOhGcYbcbC9q9&#10;druxSHkyn8l8jbKprDrIkv9Q5aT1JOKTaimjZBu0P6icVQgBTBwocAkYY5XuPZE7kX5zt/JvnTNx&#10;rTaYK/BR+/gkMR7z64H/XOFqiqC9h5IakpsI/MBIAf1dyF70EtTGkZ59K6hrGelJhMo2gYLObVlw&#10;XJXipN+/354cPOHJ18NXgBpJDpZ/O7I16LqwSQnbFpze4K779l3qbWSKlmKajghQhGTDG5GNOvhI&#10;vCc4TmfJ0i9fOjyfu+Nnj3j+AQAA//8DAFBLAwQUAAYACAAAACEAyeIyQwECAAAzBQAAEAAAAGRy&#10;cy9pbmsvaW5rMS54bWy0VE2PmzAQvVfqf7C8h1waMCTkAy3ZQ1WkSq026m6l9sjCLFgBG9kmJP++&#10;AyEOq82uemiFhPCY92b85o1v7w5VSfagNJciop7DKAGRyoyLPKI/H+PpihJtEpElpRQQ0SNoerf5&#10;+OGWi11VhvgmyCB091WVES2MqUPXbdvWaWeOVLnrMzZzv4rd9290M6AyeOaCG0ypz6FUCgMH05GF&#10;PItoag7M/o/cD7JRKdjtLqLSyx9GJSnEUlWJsYxFIgSURCQV1v2LEnOs8YNjnhwUJRXHA099x5sv&#10;56svawwkh4iO1g2WqLGSirrXOX//B874NWdX1sxfLpaUDCVlsO9qcnvNw7fPvlWyBmU4XGQ+iTJs&#10;HEl6Wvf6nIRSoGXZdL2hZJ+UDUrmMYa2GHJ77hVBXvOhNv+UD3V5k29c3EtphuONdRhEs5Y6t9bw&#10;CtDoVW09ZjQSd+EHo/px8JkfTNly6q8fvSAMVuF85QTeetSKwcVnzifV6MLyPamLX/sdq9rpZC3P&#10;TGFFZ45nNR8rfg1ZAM8LM4L6fw1NZSlxGIZO38Rx/BmbbQ1/LZvhtQUoSPFyyEt4H6ISbUDdX3BV&#10;ondbEO+jeC6kgi06UjcKbE5vJHhfn52EK/dKPxxk6MsPeI7oTX+1kB55CvSNYQSfT5PAnywW3oS9&#10;GC6bAF2z+QMAAP//AwBQSwMEFAAGAAgAAAAhALTUkG3fAAAACwEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8tOxDAMRfdI/ENkJHZMSkmnUJqOEBJiwQLN4wMyiaetaJyqSWfK32NWsLR9dH1uvVn8IM44&#10;xT6QhvtVBgLJBtdTq+Gwf7t7BBGTIWeGQKjhGyNsmuur2lQuXGiL511qBYdQrIyGLqWxkjLaDr2J&#10;qzAi8e0UJm8Sj1Mr3WQuHO4HmWfZWnrTE3/ozIivHdqv3ew12D590sm857KcDzTH7Udhy1Lr25vl&#10;5RlEwiX9wfCrz+rQsNMxzOSiGDQoVawZ1ZBn6gkEE6pQOYgjb4qHEmRTy/8dmh8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQB5GLydvwAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4TPsWrE&#10;MAwG4L3QdzDaGyUdylHiZDkOspYUbjWOkpjEsrGc0nv7euzBwQ0ahND3S23/63f1Q0lcYA1NVYMi&#10;tmFyvGj4Hi9vJ1CSDU9mD0wabiTQd68v7RftJpclWV0UVRQWDWvO8RNR7EreSBUicZnMIXmTS5sW&#10;jMZuZiF8r+sPTP8N6O5MNUwa0jA1oMZbLMnP7TDPztI52MMT5wcRaA/JwV/9XlCTFsoaHG9YqqnK&#10;oYBdi3ePdX8AAAD//wMAUEsBAi0AFAAGAAgAAAAhAJszJzcMAQAALQIAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAA9AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAS9zyynoBAAAMAwAADgAAAAAA&#10;AAAAAAAAAAA8AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAyeIyQwECAAAzBQAAEAAA&#10;AAAAAAAAAAAAAADiAwAAZHJzL2luay9pbmsxLnhtbFBLAQItABQABgAIAAAAIQC01JBt3wAAAAsB&#10;AAAPAAAAAAAAAAAAAAAAABEGAABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAeRi8nb8A&#10;AAAhAQAAGQAAAAAAAAAAAAAAAAAdBwAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYAAAAA&#10;BgAGAHgBAAATCAAAAAA=&#10;">
+                <v:imagedata r:id="rId59" o:title=""/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpi">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251687944" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D095FEB" wp14:editId="7B7ADC78">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2867025</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1370330</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="110490" cy="33020"/>
                 <wp:effectExtent l="38100" t="114300" r="41910" b="100330"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1600423229" name="Ink 56"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                    <w14:contentPart bwMode="auto" r:id="rId76">
+                    <w14:contentPart bwMode="auto" r:id="rId60">
                       <w14:nvContentPartPr>
                         <w14:cNvContentPartPr/>
                       </w14:nvContentPartPr>
                       <w14:xfrm rot="-19091495">
                         <a:off x="0" y="0"/>
                         <a:ext cx="110490" cy="33020"/>
                       </w14:xfrm>
                     </w14:contentPart>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6A1A1640" id="Ink 56" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:224.4pt;margin-top:105.4pt;width:11.35pt;height:7.55pt;rotation:2739956fd;z-index:251687944;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAOykQXiEAQAAHAMAAA4AAABkcnMvZTJvRG9jLnhtbJxSy07DMBC8I/EP&#10;lu80cZMWGjXlQIXEAegBPsA4dmMRe6O1S8rfs0lbWkAIiYsl78jjeez8eusa9qYxWPAlF6OUM+0V&#10;VNavS/78dHtxxVmI0leyAa9L/q4Dv16cn827ttBjqKGpNDIi8aHo2pLXMbZFkgRVayfDCFrtCTSA&#10;Tka64jqpUHbE7ppknKbTpAOsWgSlQ6DpcgfyxcBvjFbx0ZigI2tI3aWYXHIWS56JPCdhSLPplcg5&#10;e+lnIst4spjLYo2yra3ay5L/UOWk9STik2opo2QbtD+onFUIAUwcKXAJGGOVHjyRO5F+c3fnX3tn&#10;IlcbLBT4qH1cSYyH/AbgP1+4hiLo7qGihuQmAt8zUkB/F7ITvQS1caRn1wrqRkZaiVDbNlDQha1K&#10;jneVOOr3bzdHBys8+nr4ClAjyd7yb0+2Bh1DoGIvxCydiXw2GcInZWxbctrJ9/4cutXbyBQNhUjz&#10;GSGKoCxLxwN8+KgnPH57kjQNv3R6eu8fnCz14gMAAP//AwBQSwMEFAAGAAgAAAAhAFBaJOIRAgAA&#10;SQUAABAAAABkcnMvaW5rL2luazEueG1stFRNj5swEL1X6n+wvIdcEjDkGy3ZQ1WkSq0adbdSe2Rh&#10;FqyAHdkmJP++w0ccVptd7WErJITHvDfjN298e3csC3IApbkUIfUcRgmIRKZcZCH9/RBNVpRoE4s0&#10;LqSAkJ5A07vN50+3XOzKIsA3QQahm6+yCGluzD5w3bqunXrqSJW5PmNT95vY/fhONz0qhScuuMGU&#10;+hxKpDBwNA1ZwNOQJubI7P/IfS8rlYDdbiIqufxhVJxAJFUZG8uYx0JAQURcYt1/KDGnPX5wzJOB&#10;oqTkeOCJ73iz5Wz1dY2B+BjSwbrCEjVWUlL3Ouff/8AZveRsypr6y8WSkr6kFA5NTW6refD62bdK&#10;7kEZDheZO1H6jRNJunWrTyeUAi2LqukNJYe4qFAyjzG0RZ/bc68I8pIPtflQPtTlVb5hcc+l6Y83&#10;1KEXzVrq3FrDS0Cjl3vrMaORuAnfG9WOg8/8+YQtJ/76wZsH81Uw85zF0h+0onfxmfNRVTq3fI/q&#10;4td2x6rWnazmqcmt6MzxrOZDxa8hc+BZbgZQ/93QRBYSh6Hv9E0URV+w2dbw17IZvrcABQleDlkB&#10;b0NUrA2onxdcGevdFsTbKJ4JqWCLjtSVApvTGwje1mcn4cq90g4H6fvyC55CetNeLaRFdoG2MYzg&#10;Mx5NpyOPzUZsTP35HK8H5lE2nizYmqxx/9nI2bTopc0/AAAA//8DAFBLAwQUAAYACAAAACEAuntT&#10;tuEAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPMU/DMBCFdyT+g3VILBV1HKUlhDgVAjEAE4WB&#10;0Y2PJCI+R7GbhP56jgm2u3dP731X7hbXiwnH0HnSoNYJCKTa244aDe9vj1c5iBANWdN7Qg3fGGBX&#10;nZ+VprB+plec9rERHEKhMBraGIdCylC36ExY+wGJb59+dCbyOjbSjmbmcNfLNEm20pmOuKE1A963&#10;WH/tj07DaqvySU1yNT/PTx/dizypk3vQ+vJiubsFEXGJf2b4xWd0qJjp4I9kg+g1ZFnO6FFDqhIe&#10;2JFdqw2IAyvp5gZkVcr/P1Q/AAAA//8DAFBLAwQUAAYACAAAACEAeRi8nb8AAAAhAQAAGQAAAGRy&#10;cy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEz7FqxDAMBuC90Hcw2hslHcpR4mQ5DrKWFG41jpKYxLKx&#10;nNJ7+3rswcENGoTQ90tt/+t39UNJXGANTVWDIrZhcrxo+B4vbydQkg1PZg9MGm4k0HevL+0X7SaX&#10;JVldFFUUFg1rzvETUexK3kgVInGZzCF5k0ubFozGbmYhfK/rD0z/DejuTDVMGtIwNaDGWyzJz+0w&#10;z87SOdjDE+cHEWgPycFf/V5QkxbKGhxvWKqpyqGAXYt3j3V/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQCbMyc3DAEAAC0CAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAPQEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAOykQXiEAQAAHAMAAA4AAAAAAAAAAAAAAAAAPAIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAFBaJOIRAgAASQUAABAAAAAAAAAAAAAAAAAA7AMAAGRycy9pbmsvaW5rMS54&#10;bWxQSwECLQAUAAYACAAAACEAuntTtuEAAAALAQAADwAAAAAAAAAAAAAAAAArBgAAZHJzL2Rvd25y&#10;ZXYueG1sUEsBAi0AFAAGAAgAAAAhAHkYvJ2/AAAAIQEAABkAAAAAAAAAAAAAAAAAOQcAAGRycy9f&#10;cmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB4AQAALwgAAAAA&#10;">
-                <v:imagedata r:id="rId77" o:title=""/>
+              <v:shape w14:anchorId="787DCA37" id="Ink 56" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:224.4pt;margin-top:105.4pt;width:11.35pt;height:7.55pt;rotation:2739956fd;z-index:251687944;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAOykQXiEAQAAHAMAAA4AAABkcnMvZTJvRG9jLnhtbJxSy07DMBC8I/EP&#10;lu80cZMWGjXlQIXEAegBPsA4dmMRe6O1S8rfs0lbWkAIiYsl78jjeez8eusa9qYxWPAlF6OUM+0V&#10;VNavS/78dHtxxVmI0leyAa9L/q4Dv16cn827ttBjqKGpNDIi8aHo2pLXMbZFkgRVayfDCFrtCTSA&#10;Tka64jqpUHbE7ppknKbTpAOsWgSlQ6DpcgfyxcBvjFbx0ZigI2tI3aWYXHIWS56JPCdhSLPplcg5&#10;e+lnIst4spjLYo2yra3ay5L/UOWk9STik2opo2QbtD+onFUIAUwcKXAJGGOVHjyRO5F+c3fnX3tn&#10;IlcbLBT4qH1cSYyH/AbgP1+4hiLo7qGihuQmAt8zUkB/F7ITvQS1caRn1wrqRkZaiVDbNlDQha1K&#10;jneVOOr3bzdHBys8+nr4ClAjyd7yb0+2Bh1DoGIvxCydiXw2GcInZWxbctrJ9/4cutXbyBQNhUjz&#10;GSGKoCxLxwN8+KgnPH57kjQNv3R6eu8fnCz14gMAAP//AwBQSwMEFAAGAAgAAAAhAFBaJOIRAgAA&#10;SQUAABAAAABkcnMvaW5rL2luazEueG1stFRNj5swEL1X6n+wvIdcEjDkGy3ZQ1WkSq0adbdSe2Rh&#10;FqyAHdkmJP++w0ccVptd7WErJITHvDfjN298e3csC3IApbkUIfUcRgmIRKZcZCH9/RBNVpRoE4s0&#10;LqSAkJ5A07vN50+3XOzKIsA3QQahm6+yCGluzD5w3bqunXrqSJW5PmNT95vY/fhONz0qhScuuMGU&#10;+hxKpDBwNA1ZwNOQJubI7P/IfS8rlYDdbiIqufxhVJxAJFUZG8uYx0JAQURcYt1/KDGnPX5wzJOB&#10;oqTkeOCJ73iz5Wz1dY2B+BjSwbrCEjVWUlL3Ouff/8AZveRsypr6y8WSkr6kFA5NTW6refD62bdK&#10;7kEZDheZO1H6jRNJunWrTyeUAi2LqukNJYe4qFAyjzG0RZ/bc68I8pIPtflQPtTlVb5hcc+l6Y83&#10;1KEXzVrq3FrDS0Cjl3vrMaORuAnfG9WOg8/8+YQtJ/76wZsH81Uw85zF0h+0onfxmfNRVTq3fI/q&#10;4td2x6rWnazmqcmt6MzxrOZDxa8hc+BZbgZQ/93QRBYSh6Hv9E0URV+w2dbw17IZvrcABQleDlkB&#10;b0NUrA2onxdcGevdFsTbKJ4JqWCLjtSVApvTGwje1mcn4cq90g4H6fvyC55CetNeLaRFdoG2MYzg&#10;Mx5NpyOPzUZsTP35HK8H5lE2nizYmqxx/9nI2bTopc0/AAAA//8DAFBLAwQUAAYACAAAACEAuntT&#10;tuEAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPMU/DMBCFdyT+g3VILBV1HKUlhDgVAjEAE4WB&#10;0Y2PJCI+R7GbhP56jgm2u3dP731X7hbXiwnH0HnSoNYJCKTa244aDe9vj1c5iBANWdN7Qg3fGGBX&#10;nZ+VprB+plec9rERHEKhMBraGIdCylC36ExY+wGJb59+dCbyOjbSjmbmcNfLNEm20pmOuKE1A963&#10;WH/tj07DaqvySU1yNT/PTx/dizypk3vQ+vJiubsFEXGJf2b4xWd0qJjp4I9kg+g1ZFnO6FFDqhIe&#10;2JFdqw2IAyvp5gZkVcr/P1Q/AAAA//8DAFBLAwQUAAYACAAAACEAeRi8nb8AAAAhAQAAGQAAAGRy&#10;cy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEz7FqxDAMBuC90Hcw2hslHcpR4mQ5DrKWFG41jpKYxLKx&#10;nNJ7+3rswcENGoTQ90tt/+t39UNJXGANTVWDIrZhcrxo+B4vbydQkg1PZg9MGm4k0HevL+0X7SaX&#10;JVldFFUUFg1rzvETUexK3kgVInGZzCF5k0ubFozGbmYhfK/rD0z/DejuTDVMGtIwNaDGWyzJz+0w&#10;z87SOdjDE+cHEWgPycFf/V5QkxbKGhxvWKqpyqGAXYt3j3V/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQCbMyc3DAEAAC0CAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAPQEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAOykQXiEAQAAHAMAAA4AAAAAAAAAAAAAAAAAPAIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAFBaJOIRAgAASQUAABAAAAAAAAAAAAAAAAAA7AMAAGRycy9pbmsvaW5rMS54&#10;bWxQSwECLQAUAAYACAAAACEAuntTtuEAAAALAQAADwAAAAAAAAAAAAAAAAArBgAAZHJzL2Rvd25y&#10;ZXYueG1sUEsBAi0AFAAGAAgAAAAhAHkYvJ2/AAAAIQEAABkAAAAAAAAAAAAAAAAAOQcAAGRycy9f&#10;cmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB4AQAALwgAAAAA&#10;">
+                <v:imagedata r:id="rId61" o:title=""/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="0096681C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="02F71A09" wp14:editId="2B2D6EFD">
             <wp:extent cx="3486637" cy="1886213"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1086325747" name="Picture 1" descr="A screenshot of a computer program&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1086325747" name="Picture 1" descr="A screenshot of a computer program&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId78"/>
+                    <a:blip r:embed="rId62"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3486637" cy="1886213"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="21C5163A" w14:textId="7AC4D3DF" w:rsidR="007D0690" w:rsidRPr="0096681C" w:rsidRDefault="007D0690" w:rsidP="00E53969">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -18546,139 +17223,50 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="12E340D2"/>
-[...87 lines deleted...]
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="182E4676"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="07187FA8"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -18723,51 +17311,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="19906F71"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="878C6FB4"/>
     <w:lvl w:ilvl="0" w:tplc="0A2C9688">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -18835,51 +17423,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="201E45A9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="35E05C3E"/>
     <w:lvl w:ilvl="0" w:tplc="A61CF698">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -18950,51 +17538,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="357A4E5B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5E4AD282"/>
     <w:lvl w:ilvl="0" w:tplc="A61CF698">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
@@ -19065,51 +17653,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CFE2D54"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="681A259C"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -19154,51 +17742,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47762FDD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CEFAC42A"/>
     <w:lvl w:ilvl="0" w:tplc="A61CF698">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -19269,51 +17857,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51F01C81"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="71BCB4B0"/>
     <w:lvl w:ilvl="0" w:tplc="08090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -19355,51 +17943,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="534663FB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5E30DFA8"/>
     <w:lvl w:ilvl="0" w:tplc="08090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -19444,51 +18032,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61B10F25"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="42B2F7C2"/>
     <w:lvl w:ilvl="0" w:tplc="A61CF698">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -19559,54 +18147,54 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63FD2F77"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="DB503BF6"/>
+    <w:tmpl w:val="7EB43176"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -19672,51 +18260,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64F85182"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="71789A78"/>
     <w:lvl w:ilvl="0" w:tplc="A61CF698">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -19787,51 +18375,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A1D3A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="90269B04"/>
     <w:lvl w:ilvl="0" w:tplc="08090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -19876,51 +18464,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76223650"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9E767CFE"/>
     <w:lvl w:ilvl="0" w:tplc="08090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -19965,51 +18553,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7BA23E07"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="04C8A89E"/>
     <w:lvl w:ilvl="0" w:tplc="08090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -20055,743 +18643,691 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1381830735">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="932083949">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="932083949">
-    <w:abstractNumId w:val="18"/>
+  <w:num w:numId="3" w16cid:durableId="216823754">
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="216823754">
+  <w:num w:numId="4" w16cid:durableId="662780820">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="662780820">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="5" w16cid:durableId="833108943">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1586569478">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="662395577">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1092048043">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1092048043">
+  <w:num w:numId="9" w16cid:durableId="984894219">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="2091584992">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1283612923">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="984894219">
-[...7 lines deleted...]
-  </w:num>
   <w:num w:numId="12" w16cid:durableId="1986540244">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1019115599">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="935480635">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="503980043">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1195800896">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="481118375">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="366564069">
     <w:abstractNumId w:val="3"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EE3FBB"/>
     <w:rsid w:val="00003DC9"/>
     <w:rsid w:val="00006139"/>
     <w:rsid w:val="000141BA"/>
     <w:rsid w:val="000278DB"/>
     <w:rsid w:val="00027FF8"/>
     <w:rsid w:val="00031567"/>
     <w:rsid w:val="00031FC5"/>
     <w:rsid w:val="000344AB"/>
     <w:rsid w:val="00036029"/>
     <w:rsid w:val="00050B88"/>
     <w:rsid w:val="0006136C"/>
     <w:rsid w:val="00065E00"/>
     <w:rsid w:val="00072266"/>
     <w:rsid w:val="000744D1"/>
-    <w:rsid w:val="000826B0"/>
     <w:rsid w:val="000A7A26"/>
     <w:rsid w:val="000B0437"/>
     <w:rsid w:val="000B138B"/>
     <w:rsid w:val="000B189E"/>
     <w:rsid w:val="000B37C1"/>
-    <w:rsid w:val="000C7083"/>
+    <w:rsid w:val="000C50D3"/>
     <w:rsid w:val="000D3A85"/>
     <w:rsid w:val="000D414B"/>
     <w:rsid w:val="000D662F"/>
     <w:rsid w:val="000E330A"/>
     <w:rsid w:val="000E7DEE"/>
     <w:rsid w:val="000F1B16"/>
     <w:rsid w:val="000F3755"/>
     <w:rsid w:val="000F4A6E"/>
     <w:rsid w:val="000F557A"/>
-    <w:rsid w:val="000F6680"/>
     <w:rsid w:val="000F75C5"/>
-    <w:rsid w:val="000F7B4F"/>
     <w:rsid w:val="00101A2F"/>
     <w:rsid w:val="00103E96"/>
     <w:rsid w:val="0010486B"/>
     <w:rsid w:val="00110632"/>
     <w:rsid w:val="001118DD"/>
     <w:rsid w:val="00112D74"/>
     <w:rsid w:val="00116A56"/>
     <w:rsid w:val="0012111F"/>
     <w:rsid w:val="00125086"/>
     <w:rsid w:val="00127B50"/>
     <w:rsid w:val="001311EB"/>
     <w:rsid w:val="001314FF"/>
     <w:rsid w:val="0013499D"/>
+    <w:rsid w:val="001351C1"/>
     <w:rsid w:val="00140E2B"/>
     <w:rsid w:val="0014263B"/>
     <w:rsid w:val="001426CB"/>
     <w:rsid w:val="0014397A"/>
-    <w:rsid w:val="0015125C"/>
     <w:rsid w:val="00161C5E"/>
     <w:rsid w:val="0016357C"/>
     <w:rsid w:val="00165DFC"/>
     <w:rsid w:val="001668A5"/>
     <w:rsid w:val="0018032A"/>
     <w:rsid w:val="00181FA7"/>
     <w:rsid w:val="00187CD2"/>
     <w:rsid w:val="001936A4"/>
     <w:rsid w:val="001A0BEA"/>
     <w:rsid w:val="001A245E"/>
     <w:rsid w:val="001A4D7A"/>
-    <w:rsid w:val="001B6769"/>
     <w:rsid w:val="001B705A"/>
     <w:rsid w:val="001C0843"/>
     <w:rsid w:val="001C4D04"/>
     <w:rsid w:val="001D6DD5"/>
     <w:rsid w:val="001F3659"/>
     <w:rsid w:val="001F3E97"/>
-    <w:rsid w:val="001F796F"/>
     <w:rsid w:val="001F7F30"/>
     <w:rsid w:val="00200991"/>
     <w:rsid w:val="00204241"/>
     <w:rsid w:val="0021033D"/>
     <w:rsid w:val="0021156C"/>
     <w:rsid w:val="002170C8"/>
     <w:rsid w:val="00231595"/>
     <w:rsid w:val="002406E9"/>
     <w:rsid w:val="00244878"/>
     <w:rsid w:val="00252ADD"/>
     <w:rsid w:val="002539F3"/>
     <w:rsid w:val="00257468"/>
     <w:rsid w:val="00260D8A"/>
-    <w:rsid w:val="00265AB2"/>
     <w:rsid w:val="00266DC6"/>
     <w:rsid w:val="00270D9F"/>
-    <w:rsid w:val="0027776D"/>
     <w:rsid w:val="00277EEA"/>
     <w:rsid w:val="002853A8"/>
     <w:rsid w:val="00285406"/>
     <w:rsid w:val="00291FA7"/>
     <w:rsid w:val="00292001"/>
     <w:rsid w:val="00292520"/>
     <w:rsid w:val="00293EF9"/>
     <w:rsid w:val="002962EC"/>
     <w:rsid w:val="002A2A04"/>
     <w:rsid w:val="002A3167"/>
     <w:rsid w:val="002A38EF"/>
     <w:rsid w:val="002B1A6E"/>
     <w:rsid w:val="002B5339"/>
     <w:rsid w:val="002B5367"/>
     <w:rsid w:val="002B54C7"/>
     <w:rsid w:val="002B6896"/>
     <w:rsid w:val="002C11BE"/>
     <w:rsid w:val="002C2FDD"/>
     <w:rsid w:val="002C3935"/>
     <w:rsid w:val="002D2996"/>
     <w:rsid w:val="002D66E4"/>
     <w:rsid w:val="002E0602"/>
-    <w:rsid w:val="002E0AA5"/>
     <w:rsid w:val="002F0866"/>
     <w:rsid w:val="002F3832"/>
     <w:rsid w:val="003032D5"/>
     <w:rsid w:val="00306763"/>
     <w:rsid w:val="00307595"/>
-    <w:rsid w:val="00310C9B"/>
     <w:rsid w:val="00311331"/>
     <w:rsid w:val="00311A95"/>
     <w:rsid w:val="00312C35"/>
     <w:rsid w:val="00312D07"/>
     <w:rsid w:val="00315442"/>
-    <w:rsid w:val="003172F4"/>
     <w:rsid w:val="00317458"/>
     <w:rsid w:val="003207A8"/>
     <w:rsid w:val="00330779"/>
     <w:rsid w:val="0033368B"/>
     <w:rsid w:val="003403E5"/>
+    <w:rsid w:val="00341B52"/>
     <w:rsid w:val="00344290"/>
     <w:rsid w:val="00344F5F"/>
     <w:rsid w:val="00345654"/>
     <w:rsid w:val="00352D51"/>
     <w:rsid w:val="00352EDA"/>
     <w:rsid w:val="00353EE5"/>
     <w:rsid w:val="00356DAA"/>
     <w:rsid w:val="00363566"/>
-    <w:rsid w:val="00363E78"/>
     <w:rsid w:val="00363FFA"/>
     <w:rsid w:val="00366775"/>
-    <w:rsid w:val="00370826"/>
     <w:rsid w:val="003759C4"/>
-    <w:rsid w:val="00387311"/>
+    <w:rsid w:val="00387E0B"/>
     <w:rsid w:val="003942CB"/>
     <w:rsid w:val="003A08D0"/>
-    <w:rsid w:val="003A3839"/>
     <w:rsid w:val="003A45D6"/>
-    <w:rsid w:val="003B0690"/>
     <w:rsid w:val="003B148C"/>
     <w:rsid w:val="003C0414"/>
     <w:rsid w:val="003D22FB"/>
     <w:rsid w:val="003D293F"/>
     <w:rsid w:val="003D6099"/>
     <w:rsid w:val="003E010B"/>
-    <w:rsid w:val="003E12EC"/>
     <w:rsid w:val="003E50D3"/>
     <w:rsid w:val="003E519D"/>
     <w:rsid w:val="003E621B"/>
     <w:rsid w:val="003E6399"/>
     <w:rsid w:val="003E77E6"/>
     <w:rsid w:val="003E7E7E"/>
     <w:rsid w:val="003F1422"/>
     <w:rsid w:val="003F55D2"/>
     <w:rsid w:val="003F6E8C"/>
     <w:rsid w:val="00405164"/>
     <w:rsid w:val="0041159F"/>
     <w:rsid w:val="00413513"/>
     <w:rsid w:val="00415C04"/>
     <w:rsid w:val="00420B02"/>
     <w:rsid w:val="00422E0A"/>
     <w:rsid w:val="004350E2"/>
     <w:rsid w:val="00435ED5"/>
     <w:rsid w:val="0044019A"/>
     <w:rsid w:val="0044154C"/>
     <w:rsid w:val="004416F6"/>
     <w:rsid w:val="00447D37"/>
     <w:rsid w:val="00452ED5"/>
     <w:rsid w:val="0045366D"/>
     <w:rsid w:val="00454656"/>
     <w:rsid w:val="00457207"/>
     <w:rsid w:val="00457BDD"/>
     <w:rsid w:val="0046650A"/>
     <w:rsid w:val="00475B6C"/>
+    <w:rsid w:val="00481FAE"/>
     <w:rsid w:val="004823D8"/>
     <w:rsid w:val="00491724"/>
     <w:rsid w:val="004964DC"/>
     <w:rsid w:val="004A3B57"/>
     <w:rsid w:val="004C0EC8"/>
     <w:rsid w:val="004C4EEB"/>
     <w:rsid w:val="004C69D8"/>
     <w:rsid w:val="004C6A12"/>
     <w:rsid w:val="004C76EC"/>
     <w:rsid w:val="004D22FA"/>
     <w:rsid w:val="004D2B4F"/>
     <w:rsid w:val="004D2D03"/>
     <w:rsid w:val="004E7D85"/>
     <w:rsid w:val="004F4992"/>
-    <w:rsid w:val="004F68FE"/>
     <w:rsid w:val="00502799"/>
     <w:rsid w:val="005036C9"/>
     <w:rsid w:val="0051508B"/>
     <w:rsid w:val="00524E34"/>
     <w:rsid w:val="00525AAF"/>
-    <w:rsid w:val="00537871"/>
-    <w:rsid w:val="005527ED"/>
     <w:rsid w:val="00553CFF"/>
     <w:rsid w:val="00554B83"/>
     <w:rsid w:val="00561036"/>
     <w:rsid w:val="00561678"/>
     <w:rsid w:val="00566059"/>
     <w:rsid w:val="0057018A"/>
     <w:rsid w:val="00575570"/>
-    <w:rsid w:val="00577143"/>
     <w:rsid w:val="005868B9"/>
     <w:rsid w:val="00591B4E"/>
     <w:rsid w:val="00593CCC"/>
     <w:rsid w:val="005A3A39"/>
     <w:rsid w:val="005A3C5C"/>
     <w:rsid w:val="005A492E"/>
     <w:rsid w:val="005A4E74"/>
     <w:rsid w:val="005B0322"/>
     <w:rsid w:val="005B3E05"/>
     <w:rsid w:val="005C043D"/>
     <w:rsid w:val="005C2702"/>
     <w:rsid w:val="005E230B"/>
     <w:rsid w:val="005E3262"/>
     <w:rsid w:val="005E4E5D"/>
     <w:rsid w:val="005E4E88"/>
     <w:rsid w:val="005E6AFC"/>
     <w:rsid w:val="005F16B7"/>
     <w:rsid w:val="005F4949"/>
     <w:rsid w:val="005F692A"/>
     <w:rsid w:val="005F7240"/>
-    <w:rsid w:val="00600261"/>
     <w:rsid w:val="00601382"/>
     <w:rsid w:val="0060288D"/>
-    <w:rsid w:val="00603F6B"/>
+    <w:rsid w:val="00604ED8"/>
     <w:rsid w:val="006100F5"/>
     <w:rsid w:val="00625928"/>
     <w:rsid w:val="00627D71"/>
     <w:rsid w:val="006347D0"/>
     <w:rsid w:val="00637668"/>
     <w:rsid w:val="00641153"/>
-    <w:rsid w:val="00641AFF"/>
     <w:rsid w:val="00643EB8"/>
     <w:rsid w:val="00644E06"/>
     <w:rsid w:val="00646E3D"/>
     <w:rsid w:val="006476F5"/>
     <w:rsid w:val="00647A0B"/>
-    <w:rsid w:val="00651228"/>
     <w:rsid w:val="006539DE"/>
     <w:rsid w:val="00653C34"/>
     <w:rsid w:val="00653ECB"/>
     <w:rsid w:val="00655307"/>
     <w:rsid w:val="00657441"/>
     <w:rsid w:val="00660D59"/>
     <w:rsid w:val="00661DD9"/>
     <w:rsid w:val="0066633F"/>
     <w:rsid w:val="00673A44"/>
     <w:rsid w:val="00675F6A"/>
     <w:rsid w:val="00676888"/>
     <w:rsid w:val="00676905"/>
-    <w:rsid w:val="00681712"/>
+    <w:rsid w:val="006869C8"/>
     <w:rsid w:val="006A4B63"/>
-    <w:rsid w:val="006A5EA7"/>
     <w:rsid w:val="006A67E4"/>
     <w:rsid w:val="006B09C6"/>
     <w:rsid w:val="006B149D"/>
     <w:rsid w:val="006B2BA4"/>
     <w:rsid w:val="006B4B9E"/>
     <w:rsid w:val="006B64CA"/>
     <w:rsid w:val="006B6687"/>
     <w:rsid w:val="006C1051"/>
     <w:rsid w:val="006C3E54"/>
     <w:rsid w:val="006C59A1"/>
     <w:rsid w:val="006E0AF5"/>
     <w:rsid w:val="006E7C2B"/>
     <w:rsid w:val="006E7EB1"/>
     <w:rsid w:val="006F43BC"/>
     <w:rsid w:val="006F476B"/>
     <w:rsid w:val="00700AF9"/>
     <w:rsid w:val="00700F81"/>
     <w:rsid w:val="007020A3"/>
     <w:rsid w:val="0070312B"/>
     <w:rsid w:val="00705E2E"/>
     <w:rsid w:val="007115AF"/>
     <w:rsid w:val="00717CF1"/>
     <w:rsid w:val="00725788"/>
     <w:rsid w:val="00725DF8"/>
     <w:rsid w:val="0072723E"/>
     <w:rsid w:val="00735EEF"/>
     <w:rsid w:val="007361D7"/>
     <w:rsid w:val="00740949"/>
     <w:rsid w:val="0074223E"/>
     <w:rsid w:val="00743FAA"/>
-    <w:rsid w:val="00746899"/>
     <w:rsid w:val="00747B0D"/>
     <w:rsid w:val="007515DA"/>
     <w:rsid w:val="007528ED"/>
     <w:rsid w:val="007571E8"/>
     <w:rsid w:val="00757A43"/>
     <w:rsid w:val="00760316"/>
     <w:rsid w:val="00761F88"/>
     <w:rsid w:val="00762C07"/>
     <w:rsid w:val="00765419"/>
     <w:rsid w:val="00766954"/>
     <w:rsid w:val="00781EED"/>
     <w:rsid w:val="00782AD6"/>
     <w:rsid w:val="0078588C"/>
-    <w:rsid w:val="00792EC4"/>
     <w:rsid w:val="007A23FF"/>
     <w:rsid w:val="007A2A8D"/>
-    <w:rsid w:val="007A38C3"/>
     <w:rsid w:val="007A642C"/>
     <w:rsid w:val="007B00D6"/>
     <w:rsid w:val="007B18C7"/>
     <w:rsid w:val="007B3D58"/>
     <w:rsid w:val="007B5221"/>
     <w:rsid w:val="007B77DD"/>
-    <w:rsid w:val="007C1BDF"/>
     <w:rsid w:val="007C1F30"/>
     <w:rsid w:val="007D0690"/>
     <w:rsid w:val="007D2019"/>
     <w:rsid w:val="007D73BB"/>
-    <w:rsid w:val="007E07BD"/>
     <w:rsid w:val="007E0DB8"/>
     <w:rsid w:val="007F08CC"/>
     <w:rsid w:val="007F1009"/>
     <w:rsid w:val="007F36C6"/>
-    <w:rsid w:val="007F3E8C"/>
     <w:rsid w:val="008016B4"/>
     <w:rsid w:val="00803739"/>
     <w:rsid w:val="00811347"/>
     <w:rsid w:val="0082290A"/>
-    <w:rsid w:val="0083215A"/>
     <w:rsid w:val="00832972"/>
-    <w:rsid w:val="00832A2A"/>
     <w:rsid w:val="00836A08"/>
     <w:rsid w:val="00837201"/>
     <w:rsid w:val="00841F94"/>
     <w:rsid w:val="00845805"/>
-    <w:rsid w:val="00854C99"/>
     <w:rsid w:val="00855434"/>
+    <w:rsid w:val="00861C2D"/>
     <w:rsid w:val="00865082"/>
     <w:rsid w:val="008653C3"/>
     <w:rsid w:val="0086635F"/>
     <w:rsid w:val="00866EE3"/>
     <w:rsid w:val="00881C7F"/>
     <w:rsid w:val="00884908"/>
     <w:rsid w:val="00895415"/>
     <w:rsid w:val="008A3775"/>
     <w:rsid w:val="008A4676"/>
     <w:rsid w:val="008B0318"/>
     <w:rsid w:val="008B09AD"/>
     <w:rsid w:val="008B19D1"/>
     <w:rsid w:val="008B22E6"/>
     <w:rsid w:val="008B6F94"/>
     <w:rsid w:val="008B79FE"/>
     <w:rsid w:val="008C0FE3"/>
     <w:rsid w:val="008C7891"/>
     <w:rsid w:val="008E19B9"/>
     <w:rsid w:val="008E3B35"/>
     <w:rsid w:val="008E603D"/>
     <w:rsid w:val="008E6C5A"/>
     <w:rsid w:val="008F22E9"/>
     <w:rsid w:val="008F66F1"/>
     <w:rsid w:val="00904E10"/>
     <w:rsid w:val="0090505D"/>
     <w:rsid w:val="00906D51"/>
     <w:rsid w:val="00917934"/>
     <w:rsid w:val="00921A2F"/>
     <w:rsid w:val="009254C8"/>
     <w:rsid w:val="00926D03"/>
     <w:rsid w:val="00934DCC"/>
     <w:rsid w:val="00936276"/>
     <w:rsid w:val="00943DCE"/>
     <w:rsid w:val="009600EC"/>
     <w:rsid w:val="009622F0"/>
     <w:rsid w:val="00965464"/>
     <w:rsid w:val="0096681C"/>
-    <w:rsid w:val="009714F4"/>
     <w:rsid w:val="00974D87"/>
     <w:rsid w:val="00980751"/>
-    <w:rsid w:val="00983439"/>
     <w:rsid w:val="00985A94"/>
     <w:rsid w:val="0098702A"/>
     <w:rsid w:val="0099662D"/>
     <w:rsid w:val="00997038"/>
     <w:rsid w:val="009A08DC"/>
     <w:rsid w:val="009A34F2"/>
     <w:rsid w:val="009A5207"/>
     <w:rsid w:val="009A67F8"/>
     <w:rsid w:val="009B0D83"/>
     <w:rsid w:val="009B1098"/>
     <w:rsid w:val="009C12BD"/>
     <w:rsid w:val="009C743A"/>
     <w:rsid w:val="009D3CD8"/>
     <w:rsid w:val="009E30AE"/>
     <w:rsid w:val="009E6850"/>
     <w:rsid w:val="009E7224"/>
     <w:rsid w:val="009F0D19"/>
     <w:rsid w:val="009F1D72"/>
     <w:rsid w:val="009F6AAB"/>
     <w:rsid w:val="00A01375"/>
     <w:rsid w:val="00A02815"/>
     <w:rsid w:val="00A051DA"/>
     <w:rsid w:val="00A137FC"/>
     <w:rsid w:val="00A13FEC"/>
     <w:rsid w:val="00A23E74"/>
     <w:rsid w:val="00A248F9"/>
     <w:rsid w:val="00A256E0"/>
     <w:rsid w:val="00A31C64"/>
     <w:rsid w:val="00A321CB"/>
     <w:rsid w:val="00A372F4"/>
     <w:rsid w:val="00A40698"/>
-    <w:rsid w:val="00A41833"/>
     <w:rsid w:val="00A43FB7"/>
     <w:rsid w:val="00A47FFA"/>
-    <w:rsid w:val="00A517FB"/>
+    <w:rsid w:val="00A51A0F"/>
     <w:rsid w:val="00A642A4"/>
     <w:rsid w:val="00A756DF"/>
     <w:rsid w:val="00A76737"/>
     <w:rsid w:val="00A81440"/>
-    <w:rsid w:val="00A83253"/>
     <w:rsid w:val="00A842A1"/>
     <w:rsid w:val="00A870F2"/>
     <w:rsid w:val="00A9372F"/>
     <w:rsid w:val="00A93FFC"/>
     <w:rsid w:val="00AA00E9"/>
     <w:rsid w:val="00AA0A4A"/>
     <w:rsid w:val="00AA16DB"/>
     <w:rsid w:val="00AA20C7"/>
     <w:rsid w:val="00AA6DAE"/>
     <w:rsid w:val="00AB02B3"/>
     <w:rsid w:val="00AB249E"/>
     <w:rsid w:val="00AB6A85"/>
-    <w:rsid w:val="00AC0359"/>
     <w:rsid w:val="00AC3B4F"/>
     <w:rsid w:val="00AD3317"/>
     <w:rsid w:val="00AD641A"/>
     <w:rsid w:val="00AE1D44"/>
     <w:rsid w:val="00AE57CE"/>
     <w:rsid w:val="00AE6513"/>
-    <w:rsid w:val="00AE6ECF"/>
     <w:rsid w:val="00AE7BF9"/>
     <w:rsid w:val="00AF1A9F"/>
     <w:rsid w:val="00AF27FF"/>
     <w:rsid w:val="00AF2F3B"/>
     <w:rsid w:val="00AF63C7"/>
-    <w:rsid w:val="00B01A60"/>
     <w:rsid w:val="00B02495"/>
     <w:rsid w:val="00B20A4F"/>
     <w:rsid w:val="00B258E5"/>
     <w:rsid w:val="00B27CB8"/>
     <w:rsid w:val="00B35A4E"/>
     <w:rsid w:val="00B374E0"/>
     <w:rsid w:val="00B42D40"/>
     <w:rsid w:val="00B46305"/>
     <w:rsid w:val="00B466B5"/>
-    <w:rsid w:val="00B506E9"/>
     <w:rsid w:val="00B51E3D"/>
+    <w:rsid w:val="00B605B1"/>
     <w:rsid w:val="00B63409"/>
     <w:rsid w:val="00B91308"/>
     <w:rsid w:val="00B94321"/>
-    <w:rsid w:val="00BA1943"/>
     <w:rsid w:val="00BA245A"/>
     <w:rsid w:val="00BA2B12"/>
     <w:rsid w:val="00BA6F7B"/>
     <w:rsid w:val="00BB63D4"/>
     <w:rsid w:val="00BB6D73"/>
     <w:rsid w:val="00BC1FF5"/>
     <w:rsid w:val="00BC3C5A"/>
     <w:rsid w:val="00BC7CAB"/>
     <w:rsid w:val="00BC7DC9"/>
     <w:rsid w:val="00BC7EB6"/>
     <w:rsid w:val="00BE50EE"/>
     <w:rsid w:val="00BE58B7"/>
     <w:rsid w:val="00BE794B"/>
+    <w:rsid w:val="00BF419D"/>
     <w:rsid w:val="00BF5BD8"/>
-    <w:rsid w:val="00C02AF7"/>
     <w:rsid w:val="00C02B57"/>
     <w:rsid w:val="00C0571B"/>
     <w:rsid w:val="00C06584"/>
     <w:rsid w:val="00C23E74"/>
     <w:rsid w:val="00C251F6"/>
     <w:rsid w:val="00C25D1E"/>
-    <w:rsid w:val="00C3119C"/>
     <w:rsid w:val="00C325F0"/>
     <w:rsid w:val="00C347E5"/>
     <w:rsid w:val="00C36664"/>
     <w:rsid w:val="00C41AC1"/>
     <w:rsid w:val="00C4463A"/>
     <w:rsid w:val="00C459B5"/>
     <w:rsid w:val="00C52EE1"/>
     <w:rsid w:val="00C561DF"/>
     <w:rsid w:val="00C608D5"/>
+    <w:rsid w:val="00C8450A"/>
     <w:rsid w:val="00C86356"/>
-    <w:rsid w:val="00C87859"/>
     <w:rsid w:val="00C94800"/>
-    <w:rsid w:val="00C96FFA"/>
     <w:rsid w:val="00CA4F8C"/>
     <w:rsid w:val="00CB206F"/>
     <w:rsid w:val="00CB39D2"/>
     <w:rsid w:val="00CB515B"/>
     <w:rsid w:val="00CB56F8"/>
     <w:rsid w:val="00CB7FD1"/>
     <w:rsid w:val="00CC0FA2"/>
     <w:rsid w:val="00CD1C58"/>
     <w:rsid w:val="00CD7A45"/>
     <w:rsid w:val="00CE23A0"/>
     <w:rsid w:val="00CE662E"/>
     <w:rsid w:val="00CF2ACD"/>
     <w:rsid w:val="00CF3379"/>
     <w:rsid w:val="00CF5657"/>
     <w:rsid w:val="00CF5BA7"/>
     <w:rsid w:val="00CF710E"/>
     <w:rsid w:val="00D0109B"/>
     <w:rsid w:val="00D02471"/>
     <w:rsid w:val="00D04837"/>
     <w:rsid w:val="00D171B5"/>
     <w:rsid w:val="00D27943"/>
-    <w:rsid w:val="00D33F40"/>
-    <w:rsid w:val="00D35883"/>
     <w:rsid w:val="00D4158B"/>
     <w:rsid w:val="00D460B0"/>
     <w:rsid w:val="00D506BC"/>
-    <w:rsid w:val="00D50A00"/>
     <w:rsid w:val="00D511E5"/>
     <w:rsid w:val="00D6409F"/>
     <w:rsid w:val="00D64722"/>
-    <w:rsid w:val="00D66356"/>
     <w:rsid w:val="00D67570"/>
     <w:rsid w:val="00D716F1"/>
     <w:rsid w:val="00D73FE4"/>
-    <w:rsid w:val="00D77FA6"/>
     <w:rsid w:val="00D82FB2"/>
     <w:rsid w:val="00D87D9E"/>
     <w:rsid w:val="00D937BA"/>
     <w:rsid w:val="00D97990"/>
     <w:rsid w:val="00DA0867"/>
     <w:rsid w:val="00DA1C60"/>
     <w:rsid w:val="00DA2EAB"/>
-    <w:rsid w:val="00DA6E91"/>
     <w:rsid w:val="00DB3F35"/>
     <w:rsid w:val="00DC0B45"/>
     <w:rsid w:val="00DC2C65"/>
     <w:rsid w:val="00DD1C2F"/>
     <w:rsid w:val="00DD2D00"/>
     <w:rsid w:val="00DD4636"/>
     <w:rsid w:val="00DD5312"/>
     <w:rsid w:val="00DD56FE"/>
     <w:rsid w:val="00DD5860"/>
     <w:rsid w:val="00DD633D"/>
-    <w:rsid w:val="00DE405A"/>
     <w:rsid w:val="00DE5F23"/>
     <w:rsid w:val="00DE610E"/>
     <w:rsid w:val="00DE61DD"/>
     <w:rsid w:val="00DE6932"/>
     <w:rsid w:val="00DE7CA3"/>
     <w:rsid w:val="00DF010C"/>
+    <w:rsid w:val="00DF4C93"/>
     <w:rsid w:val="00DF66C0"/>
     <w:rsid w:val="00E00838"/>
     <w:rsid w:val="00E01BC7"/>
     <w:rsid w:val="00E07F52"/>
     <w:rsid w:val="00E10701"/>
     <w:rsid w:val="00E11042"/>
-    <w:rsid w:val="00E159E1"/>
     <w:rsid w:val="00E175DB"/>
     <w:rsid w:val="00E221BE"/>
     <w:rsid w:val="00E22436"/>
     <w:rsid w:val="00E33370"/>
     <w:rsid w:val="00E351B0"/>
     <w:rsid w:val="00E37C78"/>
     <w:rsid w:val="00E40CDF"/>
     <w:rsid w:val="00E40DB3"/>
-    <w:rsid w:val="00E449CB"/>
     <w:rsid w:val="00E4754D"/>
     <w:rsid w:val="00E52D91"/>
     <w:rsid w:val="00E53969"/>
     <w:rsid w:val="00E53BE9"/>
     <w:rsid w:val="00E55054"/>
     <w:rsid w:val="00E575C8"/>
     <w:rsid w:val="00E57801"/>
     <w:rsid w:val="00E61F45"/>
     <w:rsid w:val="00E6219F"/>
     <w:rsid w:val="00E72BCB"/>
     <w:rsid w:val="00E732BB"/>
     <w:rsid w:val="00E77351"/>
     <w:rsid w:val="00E81047"/>
     <w:rsid w:val="00E84341"/>
     <w:rsid w:val="00E8693C"/>
     <w:rsid w:val="00E878FD"/>
     <w:rsid w:val="00E90CC2"/>
     <w:rsid w:val="00E9373F"/>
     <w:rsid w:val="00E9461E"/>
     <w:rsid w:val="00E9501A"/>
     <w:rsid w:val="00EA2110"/>
-    <w:rsid w:val="00EA68A8"/>
     <w:rsid w:val="00EA6EB3"/>
     <w:rsid w:val="00EB2263"/>
     <w:rsid w:val="00EB29FD"/>
     <w:rsid w:val="00EB40E0"/>
     <w:rsid w:val="00EE3FBB"/>
-    <w:rsid w:val="00EE5901"/>
     <w:rsid w:val="00EF4C8D"/>
     <w:rsid w:val="00EF6882"/>
     <w:rsid w:val="00F00452"/>
     <w:rsid w:val="00F01E95"/>
     <w:rsid w:val="00F045D4"/>
     <w:rsid w:val="00F05D92"/>
     <w:rsid w:val="00F139B3"/>
     <w:rsid w:val="00F169ED"/>
     <w:rsid w:val="00F201AA"/>
     <w:rsid w:val="00F20574"/>
     <w:rsid w:val="00F21A37"/>
     <w:rsid w:val="00F23D9B"/>
     <w:rsid w:val="00F2457C"/>
     <w:rsid w:val="00F24B20"/>
     <w:rsid w:val="00F32275"/>
     <w:rsid w:val="00F36FFA"/>
-    <w:rsid w:val="00F470D2"/>
     <w:rsid w:val="00F55A06"/>
     <w:rsid w:val="00F567AA"/>
     <w:rsid w:val="00F61257"/>
     <w:rsid w:val="00F6393F"/>
     <w:rsid w:val="00F64564"/>
     <w:rsid w:val="00F73503"/>
     <w:rsid w:val="00F7363B"/>
     <w:rsid w:val="00F861CA"/>
     <w:rsid w:val="00F93EE2"/>
     <w:rsid w:val="00FA0B7A"/>
     <w:rsid w:val="00FA34CB"/>
     <w:rsid w:val="00FA4824"/>
     <w:rsid w:val="00FA50CA"/>
     <w:rsid w:val="00FB3780"/>
     <w:rsid w:val="00FB3C26"/>
     <w:rsid w:val="00FC3470"/>
     <w:rsid w:val="00FC6623"/>
     <w:rsid w:val="00FC68C8"/>
     <w:rsid w:val="00FD1575"/>
     <w:rsid w:val="00FD2A0E"/>
     <w:rsid w:val="00FE2AF7"/>
     <w:rsid w:val="00FF2017"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
@@ -21476,668 +20012,484 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1705786791">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink1.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image39.png"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink17.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink7.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image36.png"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink16.xml"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink20.xml"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image38.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink4.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image34.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink15.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image42.png"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image46.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink19.xml"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink3.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink10.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink13.xml"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image41.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink8.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink14.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink18.xml"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image45.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink2.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image35.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink6.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink9.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink12.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image37.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image40.png"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image44.png"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image47.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ebsontrackprospect-hcc.tribal-ebs.com/Page/findcourse" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink11.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.png"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image43.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ebsontrackprospect-hcc.tribal-ebs.com/Page/findcourse" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink5.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink10.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink14.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image36.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink4.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink7.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink9.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink13.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink2.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink8.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image35.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink12.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image37.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink3.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink6.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image34.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink11.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink15.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/ink/ink1.xml><?xml version="1.0" encoding="utf-8"?>
 <inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
   <inkml:definitions>
     <inkml:context xml:id="ctx0">
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="F" type="integer" max="32767" units="dev"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
         </inkml:channelProperties>
       </inkml:inkSource>
-      <inkml:timestamp xml:id="ts0" timeString="2026-01-08T13:21:48.702"/>
-[...114 lines deleted...]
-      <inkml:timestamp xml:id="ts0" timeString="2025-08-05T11:06:34.987"/>
+      <inkml:timestamp xml:id="ts0" timeString="2025-08-04T15:54:43.172"/>
     </inkml:context>
     <inkml:brush xml:id="br0">
       <inkml:brushProperty name="width" value="0.035" units="cm"/>
       <inkml:brushProperty name="height" value="0.035" units="cm"/>
       <inkml:brushProperty name="color" value="#E71224"/>
     </inkml:brush>
   </inkml:definitions>
-  <inkml:trace contextRef="#ctx0" brushRef="#br0">3932 621 24501,'-2'24'0,"-2"1"0,-4-1 0,-2 0 0,-4 0 0,-2 0 0,-4 0 0,-2-1 0,-4 0 0,-2 0 0,-3-1 0,-2 0 0,-4-1 0,-2 0 0,-2 0 0,-3-1 0,-3-1 0,-2 0 0,-2 0 0,-3-2 0,-1 0 0,-3-1 0,-2 0 0,-1-2 0,-3 0 0,-1-1 0,-1 0 0,-2-2 0,-2 0 0,-1-1 0,-1-1 0,0-1 0,-2-1 0,-1-1 0,0-1 0,-1-1 0,-1 0 0,0-2 0,0 0 0,0-2 0,0 0 0,0-2 0,0 0 0,0-2 0,1 0 0,1-1 0,0-1 0,1-1 0,2-1 0,0-1 0,1-1 0,1-1 0,2 0 0,2-2 0,1 0 0,1-1 0,3 0 0,1-2 0,2 0 0,3-1 0,1 0 0,3-2 0,2 0 0,2 0 0,3-1 0,3-1 0,2 0 0,2 0 0,4-1 0,2 0 0,3-1 0,2 0 0,4 0 0,2-1 0,4 0 0,2 0 0,4 0 0,2 0 0,4-1 0,2 1 0,4 0 0,2-1 0,4 1 0,2 0 0,4 0 0,2 0 0,4 0 0,2 1 0,4 0 0,2 0 0,3 1 0,2 0 0,4 1 0,2 0 0,2 0 0,3 1 0,3 1 0,2 0 0,2 0 0,3 2 0,1 0 0,3 1 0,2 0 0,1 2 0,3 0 0,1 1 0,1 0 0,2 2 0,2 0 0,1 1 0,1 1 0,0 1 0,2 1 0,1 1 0,0 1 0,1 1 0,1 0 0,0 2 0,0 0 0,0 2 0,0 0 0,0 2 0,0 0 0,0 2 0,-1 0 0,-1 1 0,0 1 0,-1 1 0,-2 1 0,0 1 0,-1 1 0,-1 1 0,-2 0 0,-2 2 0,-1 0 0,-1 1 0,-3 0 0,-1 2 0,-2 0 0,-3 1 0,-1 0 0,-3 2 0,-2 0 0,-2 0 0,-3 1 0,-3 1 0,-2 0 0,-2 0 0,-4 1 0,-2 0 0,-3 1 0,-2 0 0,-4 0 0,-2 1 0,-4 0 0,-2 0 0,-4 0 0,-2 0 0,-4 1 0,-2-1 0</inkml:trace>
+  <inkml:trace contextRef="#ctx0" brushRef="#br0">1550 282 24515,'-1'11'0,"0"0"0,-2 0 0,-2 0 0,0 0 0,-1 0 0,-2 0 0,-1-1 0,-1 1 0,-1-1 0,-1 0 0,-1 0 0,-2 0 0,0-1 0,-2 1 0,0-1 0,-1 0 0,-2-1 0,0 0 0,-1 0 0,-1 0 0,-1-1 0,0 0 0,-1 0 0,-1-1 0,-1 0 0,0 0 0,-1-1 0,-1 0 0,1 0 0,-2-1 0,0-1 0,0 0 0,0 0 0,-1 0 0,0-1 0,0-1 0,0 0 0,-1 0 0,1-1 0,0 0 0,-1-1 0,1 0 0,0 0 0,0-1 0,0-1 0,1 0 0,0 0 0,0 0 0,0-1 0,2-1 0,-1 0 0,1 0 0,1-1 0,0 0 0,1 0 0,1-1 0,1 0 0,0 0 0,1-1 0,1 0 0,1 0 0,0 0 0,2-1 0,1 0 0,0-1 0,2 1 0,0-1 0,2 0 0,1 0 0,1 0 0,1-1 0,1 1 0,1-1 0,2 0 0,1 0 0,0 0 0,2 0 0,2 0 0,0 0 0,2 0 0,0 0 0,2 0 0,2 0 0,0 0 0,1 0 0,2 0 0,1 1 0,1-1 0,1 1 0,1 0 0,1 0 0,2 0 0,0 1 0,2-1 0,0 1 0,1 0 0,2 1 0,0 0 0,1 0 0,1 0 0,1 1 0,0 0 0,1 0 0,1 1 0,1 0 0,0 0 0,1 1 0,1 0 0,-1 0 0,2 1 0,0 1 0,0 0 0,0 0 0,1 0 0,0 1 0,0 1 0,0 0 0,1 0 0,-1 1 0,0 0 0,1 1 0,-1 0 0,0 0 0,0 1 0,0 1 0,-1 0 0,0 0 0,0 0 0,0 1 0,-2 1 0,1 0 0,-1 0 0,-1 1 0,0 0 0,-1 0 0,-1 1 0,-1 0 0,0 0 0,-1 1 0,-1 0 0,-1 0 0,0 0 0,-2 1 0,-1 0 0,0 1 0,-2-1 0,0 1 0,-2 0 0,-1 0 0,-1 0 0,-1 1 0,-1-1 0,-1 1 0,-2 0 0,-1 0 0,0 0 0,-2 0 0,-2 0 0,0 0 0</inkml:trace>
 </inkml:ink>
 </file>
 
-<file path=word/ink/ink14.xml><?xml version="1.0" encoding="utf-8"?>
-[...57 lines deleted...]
-<file path=word/ink/ink16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/ink/ink10.xml><?xml version="1.0" encoding="utf-8"?>
 <inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
   <inkml:definitions>
     <inkml:context xml:id="ctx0">
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="F" type="integer" max="32767" units="dev"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
         </inkml:channelProperties>
       </inkml:inkSource>
       <inkml:timestamp xml:id="ts0" timeString="2025-07-29T15:59:00.755"/>
     </inkml:context>
     <inkml:brush xml:id="br0">
       <inkml:brushProperty name="width" value="0.1" units="cm"/>
       <inkml:brushProperty name="height" value="0.2" units="cm"/>
       <inkml:brushProperty name="color" value="#FFFC00"/>
       <inkml:brushProperty name="tip" value="rectangle"/>
       <inkml:brushProperty name="rasterOp" value="maskPen"/>
       <inkml:brushProperty name="ignorePressure" value="1"/>
     </inkml:brush>
   </inkml:definitions>
   <inkml:trace contextRef="#ctx0" brushRef="#br0">0 79 0,'687'-79'0</inkml:trace>
 </inkml:ink>
 </file>
 
-<file path=word/ink/ink17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/ink/ink11.xml><?xml version="1.0" encoding="utf-8"?>
 <inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
   <inkml:definitions>
     <inkml:context xml:id="ctx0">
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
         </inkml:channelProperties>
       </inkml:inkSource>
       <inkml:timestamp xml:id="ts0" timeString="2025-07-29T15:58:58.577"/>
     </inkml:context>
     <inkml:brush xml:id="br0">
       <inkml:brushProperty name="width" value="0.1" units="cm"/>
       <inkml:brushProperty name="height" value="0.2" units="cm"/>
       <inkml:brushProperty name="color" value="#FFFC00"/>
       <inkml:brushProperty name="tip" value="rectangle"/>
       <inkml:brushProperty name="rasterOp" value="maskPen"/>
       <inkml:brushProperty name="ignorePressure" value="1"/>
     </inkml:brush>
   </inkml:definitions>
   <inkml:trace contextRef="#ctx0" brushRef="#br0">0 52,'1'1,"-1"0,0 0,0 0,1 0,-1-1,0 1,1 0,-1 0,1-1,-1 1,1 0,-1-1,1 1,-1 0,1-1,0 1,0-1,-1 1,1-1,0 1,0-1,-1 0,1 1,0-1,0 0,0 0,0 1,1-1,27 4,-28-4,70 0,82-10,17-1,-153 9,1 0,-1-1,0 0,0-2,18-6,37-10,-48 17</inkml:trace>
 </inkml:ink>
 </file>
 
-<file path=word/ink/ink18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/ink/ink12.xml><?xml version="1.0" encoding="utf-8"?>
 <inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
   <inkml:definitions>
     <inkml:context xml:id="ctx0">
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
         </inkml:channelProperties>
       </inkml:inkSource>
       <inkml:timestamp xml:id="ts0" timeString="2025-07-29T15:58:56.888"/>
     </inkml:context>
     <inkml:brush xml:id="br0">
       <inkml:brushProperty name="width" value="0.1" units="cm"/>
       <inkml:brushProperty name="height" value="0.2" units="cm"/>
       <inkml:brushProperty name="color" value="#FFFC00"/>
       <inkml:brushProperty name="tip" value="rectangle"/>
       <inkml:brushProperty name="rasterOp" value="maskPen"/>
       <inkml:brushProperty name="ignorePressure" value="1"/>
     </inkml:brush>
   </inkml:definitions>
   <inkml:trace contextRef="#ctx0" brushRef="#br0">1 27,'173'2,"189"-5,-231-20,-110 20</inkml:trace>
 </inkml:ink>
 </file>
 
-<file path=word/ink/ink19.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/ink/ink13.xml><?xml version="1.0" encoding="utf-8"?>
 <inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
   <inkml:definitions>
     <inkml:context xml:id="ctx0">
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
         </inkml:channelProperties>
       </inkml:inkSource>
       <inkml:timestamp xml:id="ts0" timeString="2025-07-29T15:58:55.132"/>
     </inkml:context>
     <inkml:brush xml:id="br0">
       <inkml:brushProperty name="width" value="0.1" units="cm"/>
       <inkml:brushProperty name="height" value="0.2" units="cm"/>
       <inkml:brushProperty name="color" value="#FFFC00"/>
       <inkml:brushProperty name="tip" value="rectangle"/>
       <inkml:brushProperty name="rasterOp" value="maskPen"/>
       <inkml:brushProperty name="ignorePressure" value="1"/>
     </inkml:brush>
   </inkml:definitions>
   <inkml:trace contextRef="#ctx0" brushRef="#br0">0 16,'689'0,"-679"0,1-1,-1 0,0-1,18-4,-11 0</inkml:trace>
 </inkml:ink>
 </file>
 
-<file path=word/ink/ink2.xml><?xml version="1.0" encoding="utf-8"?>
-[...30 lines deleted...]
-<file path=word/ink/ink20.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/ink/ink14.xml><?xml version="1.0" encoding="utf-8"?>
 <inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
   <inkml:definitions>
     <inkml:context xml:id="ctx0">
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="F" type="integer" max="32767" units="dev"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
         </inkml:channelProperties>
       </inkml:inkSource>
       <inkml:timestamp xml:id="ts0" timeString="2025-07-29T15:58:48.519"/>
     </inkml:context>
     <inkml:brush xml:id="br0">
       <inkml:brushProperty name="width" value="0.1" units="cm"/>
       <inkml:brushProperty name="height" value="0.2" units="cm"/>
       <inkml:brushProperty name="color" value="#FFFC00"/>
       <inkml:brushProperty name="tip" value="rectangle"/>
       <inkml:brushProperty name="rasterOp" value="maskPen"/>
       <inkml:brushProperty name="ignorePressure" value="1"/>
     </inkml:brush>
   </inkml:definitions>
   <inkml:trace contextRef="#ctx0" brushRef="#br0">0 0 0,'52'661'0</inkml:trace>
 </inkml:ink>
 </file>
 
-<file path=word/ink/ink21.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/ink/ink15.xml><?xml version="1.0" encoding="utf-8"?>
 <inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
   <inkml:definitions>
     <inkml:context xml:id="ctx0">
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="F" type="integer" max="32767" units="dev"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
         </inkml:channelProperties>
       </inkml:inkSource>
       <inkml:timestamp xml:id="ts0" timeString="2025-07-29T15:58:41.672"/>
     </inkml:context>
     <inkml:brush xml:id="br0">
       <inkml:brushProperty name="width" value="0.1" units="cm"/>
       <inkml:brushProperty name="height" value="0.2" units="cm"/>
       <inkml:brushProperty name="color" value="#FFFC00"/>
       <inkml:brushProperty name="tip" value="rectangle"/>
       <inkml:brushProperty name="rasterOp" value="maskPen"/>
       <inkml:brushProperty name="ignorePressure" value="1"/>
     </inkml:brush>
   </inkml:definitions>
   <inkml:trace contextRef="#ctx0" brushRef="#br0">0 0 0,'33'104'0,"255"-201"0,-609 90 0</inkml:trace>
 </inkml:ink>
 </file>
 
-<file path=word/ink/ink3.xml><?xml version="1.0" encoding="utf-8"?>
-[...149 lines deleted...]
-<file path=word/ink/ink8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/ink/ink2.xml><?xml version="1.0" encoding="utf-8"?>
 <inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
   <inkml:definitions>
     <inkml:context xml:id="ctx0">
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="F" type="integer" max="32767" units="dev"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
         </inkml:channelProperties>
       </inkml:inkSource>
       <inkml:timestamp xml:id="ts0" timeString="2025-07-29T11:46:10.598"/>
     </inkml:context>
     <inkml:brush xml:id="br0">
       <inkml:brushProperty name="width" value="0.05" units="cm"/>
       <inkml:brushProperty name="height" value="0.05" units="cm"/>
       <inkml:brushProperty name="color" value="#E71224"/>
     </inkml:brush>
   </inkml:definitions>
   <inkml:trace contextRef="#ctx0" brushRef="#br0">1891 946 24527,'-1'37'0,"-1"0"0,-2 0 0,-1-1 0,-1 1 0,-2-1 0,-1 0 0,-2 0 0,-1-1 0,-2-1 0,-1 0 0,-1 0 0,-2-2 0,0 1 0,-2-2 0,-2-1 0,0 0 0,-2-1 0,0-2 0,-2 0 0,-1-1 0,0-2 0,-2 0 0,-1-2 0,0 0 0,-1-2 0,-2-2 0,1 0 0,-2-2 0,0-1 0,0-1 0,-1-2 0,-1-1 0,0-2 0,0-1 0,-1-2 0,1-1 0,-1-1 0,0-2 0,0-1 0,-1-2 0,1-1 0,0-2 0,1-1 0,-1-1 0,1-2 0,0-1 0,0-2 0,1-1 0,1-2 0,0-1 0,0-1 0,2-2 0,-1 0 0,2-2 0,1-2 0,0 0 0,1-2 0,2 0 0,0-2 0,1-1 0,2 0 0,0-2 0,2-1 0,0 0 0,2-1 0,2-2 0,0 1 0,2-2 0,1 0 0,1 0 0,2-1 0,1-1 0,2 0 0,1 0 0,2-1 0,1 1 0,1-1 0,2 0 0,1 0 0,2-1 0,1 1 0,2 0 0,1 1 0,1-1 0,2 1 0,1 0 0,2 0 0,1 1 0,2 1 0,1 0 0,1 0 0,2 2 0,0-1 0,2 2 0,2 1 0,0 0 0,2 1 0,0 2 0,2 0 0,1 1 0,0 2 0,2 0 0,1 2 0,0 0 0,1 2 0,2 2 0,-1 0 0,2 2 0,0 1 0,0 1 0,1 2 0,1 1 0,0 2 0,0 1 0,1 2 0,-1 1 0,1 1 0,0 2 0,1 1 0,-1 2 0,0 1 0,0 2 0,-1 1 0,1 1 0,-1 2 0,0 1 0,0 2 0,-1 1 0,-1 2 0,0 1 0,0 1 0,-2 2 0,1 0 0,-2 2 0,-1 2 0,0 0 0,-1 2 0,-2 0 0,0 2 0,-1 1 0,-2 0 0,0 2 0,-2 1 0,0 0 0,-2 1 0,-2 2 0,0-1 0,-2 2 0,-1 0 0,-1 0 0,-2 1 0,-1 1 0,-2 0 0,-1 0 0,-2 1 0,-1-1 0,-1 1 0,-2 0 0,-1 1 0</inkml:trace>
 </inkml:ink>
 </file>
 
-<file path=word/ink/ink9.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/ink/ink3.xml><?xml version="1.0" encoding="utf-8"?>
 <inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
   <inkml:definitions>
     <inkml:context xml:id="ctx0">
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="F" type="integer" max="32767" units="dev"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
         </inkml:channelProperties>
       </inkml:inkSource>
       <inkml:timestamp xml:id="ts0" timeString="2025-07-29T11:45:47.530"/>
     </inkml:context>
     <inkml:brush xml:id="br0">
       <inkml:brushProperty name="width" value="0.05" units="cm"/>
       <inkml:brushProperty name="height" value="0.05" units="cm"/>
       <inkml:brushProperty name="color" value="#E71224"/>
     </inkml:brush>
   </inkml:definitions>
   <inkml:trace contextRef="#ctx0" brushRef="#br0">0 1 24575,'0'0'-8191</inkml:trace>
+</inkml:ink>
+</file>
+
+<file path=word/ink/ink4.xml><?xml version="1.0" encoding="utf-8"?>
+<inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
+  <inkml:definitions>
+    <inkml:context xml:id="ctx0">
+      <inkml:inkSource xml:id="inkSrc0">
+        <inkml:traceFormat>
+          <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="F" type="integer" max="32767" units="dev"/>
+        </inkml:traceFormat>
+        <inkml:channelProperties>
+          <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
+        </inkml:channelProperties>
+      </inkml:inkSource>
+      <inkml:timestamp xml:id="ts0" timeString="2025-07-29T11:48:28.783"/>
+    </inkml:context>
+    <inkml:brush xml:id="br0">
+      <inkml:brushProperty name="width" value="0.1" units="cm"/>
+      <inkml:brushProperty name="height" value="0.1" units="cm"/>
+      <inkml:brushProperty name="color" value="#FFC114"/>
+    </inkml:brush>
+  </inkml:definitions>
+  <inkml:trace contextRef="#ctx0" brushRef="#br0">2140 1894 24499,'-1'75'0,"-2"-1"0,-1 0 0,-2 0 0,-1-1 0,-2-1 0,-2 0 0,-1 0 0,-2-2 0,-1-1 0,-2-1 0,-1-1 0,-2-1 0,-1-2 0,-2-1 0,-1-2 0,-1-2 0,-2-2 0,-1-1 0,-1-2 0,-1-3 0,-1-1 0,-2-3 0,0-2 0,-2-3 0,0-2 0,-2-2 0,0-3 0,0-3 0,-2-2 0,0-3 0,-1-2 0,0-4 0,-1-2 0,0-3 0,0-3 0,-1-3 0,1-2 0,-1-4 0,0-3 0,0-2 0,0-3 0,0-4 0,0-2 0,1-3 0,0-3 0,0-3 0,1-2 0,0-4 0,1-2 0,1-3 0,0-2 0,1-3 0,1-3 0,0-2 0,2-2 0,0-3 0,2-2 0,1-3 0,0-1 0,2-3 0,1-2 0,2-1 0,0-2 0,2-2 0,2-2 0,0-1 0,3-2 0,0-1 0,2-1 0,2-1 0,1-1 0,2-2 0,2 0 0,1 0 0,1-1 0,2-1 0,2 0 0,2 0 0,1-1 0,2 1 0,1 0 0,2 0 0,2 0 0,2 1 0,1 0 0,1 1 0,2 1 0,2 1 0,1 0 0,2 2 0,2 1 0,0 2 0,3 0 0,0 3 0,2 1 0,2 2 0,0 1 0,2 2 0,1 3 0,2 1 0,0 3 0,1 2 0,2 2 0,0 2 0,2 3 0,0 3 0,1 1 0,1 4 0,0 2 0,1 3 0,1 3 0,0 2 0,1 3 0,0 3 0,0 3 0,1 3 0,0 3 0,0 2 0,0 4 0,0 2 0,0 4 0,-1 2 0,1 3 0,-1 3 0,0 3 0,0 3 0,-1 3 0,0 2 0,-1 3 0,0 3 0,-2 2 0,0 4 0,0 1 0,-2 3 0,0 3 0,-2 2 0,0 2 0,-2 2 0,-1 3 0,-1 1 0,-1 3 0,-1 2 0,-2 1 0,-1 2 0,-1 2 0,-2 1 0,-1 1 0,-2 2 0,-1 1 0,-2 2 0,-1 0 0,-2 1 0,-1 1 0,-2 1 0,-2 0 0,-1 1 0,-2 0 0,-1 0 0,-2 0 0</inkml:trace>
+</inkml:ink>
+</file>
+
+<file path=word/ink/ink5.xml><?xml version="1.0" encoding="utf-8"?>
+<inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
+  <inkml:definitions>
+    <inkml:context xml:id="ctx0">
+      <inkml:inkSource xml:id="inkSrc0">
+        <inkml:traceFormat>
+          <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="F" type="integer" max="32767" units="dev"/>
+        </inkml:traceFormat>
+        <inkml:channelProperties>
+          <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
+        </inkml:channelProperties>
+      </inkml:inkSource>
+      <inkml:timestamp xml:id="ts0" timeString="2025-07-29T12:06:37.447"/>
+    </inkml:context>
+    <inkml:brush xml:id="br0">
+      <inkml:brushProperty name="width" value="0.1" units="cm"/>
+      <inkml:brushProperty name="height" value="0.1" units="cm"/>
+      <inkml:brushProperty name="color" value="#FFC114"/>
+    </inkml:brush>
+  </inkml:definitions>
+  <inkml:trace contextRef="#ctx0" brushRef="#br0">2690 839 24509,'-1'33'0,"-2"0"0,-2 0 0,-3-1 0,-1 1 0,-2-1 0,-2 0 0,-3-1 0,-1 0 0,-2 0 0,-3-1 0,-1 0 0,-1-1 0,-3-1 0,-2 0 0,-1-1 0,-2-1 0,-1 0 0,-2-1 0,-2-2 0,-1 0 0,-1-1 0,-2-1 0,-1-1 0,-2-1 0,0-2 0,-2 0 0,0-1 0,-2-2 0,0-1 0,-1-1 0,-1-1 0,-1-1 0,0-2 0,-1-1 0,0-1 0,0-2 0,0-1 0,-1-1 0,0-1 0,0-2 0,0-1 0,1-1 0,0-1 0,0-2 0,0-1 0,1-1 0,0-2 0,1-1 0,1-1 0,1-1 0,0-1 0,2-2 0,0-1 0,2 0 0,0-2 0,2-1 0,1-1 0,2-1 0,1-1 0,1 0 0,2-2 0,2-1 0,1 0 0,2-1 0,1-1 0,2 0 0,3-1 0,1-1 0,1 0 0,3-1 0,2 0 0,1 0 0,3-1 0,2 0 0,2-1 0,1 1 0,3-1 0,2 0 0,2 0 0,2 0 0,2 0 0,2 0 0,3 1 0,1-1 0,2 1 0,2 0 0,3 1 0,1 0 0,2 0 0,3 1 0,1 0 0,1 1 0,3 1 0,2 0 0,1 1 0,2 1 0,1 0 0,2 1 0,2 2 0,1 0 0,1 1 0,2 1 0,1 1 0,2 1 0,0 2 0,2 0 0,0 1 0,2 2 0,0 1 0,1 1 0,1 1 0,1 2 0,0 0 0,1 2 0,0 1 0,0 2 0,0 1 0,1 1 0,0 1 0,0 2 0,0 1 0,-1 1 0,0 1 0,0 2 0,0 1 0,-1 2 0,0 0 0,-1 2 0,-1 1 0,-1 1 0,0 1 0,-2 2 0,0 1 0,-2 0 0,0 2 0,-2 1 0,-1 1 0,-2 1 0,-1 1 0,-1 0 0,-2 2 0,-2 1 0,-1 0 0,-2 1 0,-1 1 0,-2 0 0,-3 1 0,-1 1 0,-1 0 0,-3 1 0,-2 0 0,-1 0 0,-3 1 0,-2 0 0,-2 1 0,-1-1 0,-3 1 0,-2 0 0,-2 0 0</inkml:trace>
+</inkml:ink>
+</file>
+
+<file path=word/ink/ink6.xml><?xml version="1.0" encoding="utf-8"?>
+<inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
+  <inkml:definitions>
+    <inkml:context xml:id="ctx0">
+      <inkml:inkSource xml:id="inkSrc0">
+        <inkml:traceFormat>
+          <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="F" type="integer" max="32767" units="dev"/>
+        </inkml:traceFormat>
+        <inkml:channelProperties>
+          <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
+        </inkml:channelProperties>
+      </inkml:inkSource>
+      <inkml:timestamp xml:id="ts0" timeString="2025-07-29T12:05:55.602"/>
+    </inkml:context>
+    <inkml:brush xml:id="br0">
+      <inkml:brushProperty name="width" value="0.05" units="cm"/>
+      <inkml:brushProperty name="height" value="0.05" units="cm"/>
+      <inkml:brushProperty name="color" value="#E71224"/>
+    </inkml:brush>
+  </inkml:definitions>
+  <inkml:trace contextRef="#ctx0" brushRef="#br0">3793 1342 24507,'1483'-990'0,"-6759"638"0,5714 1470 0,2917-894 0</inkml:trace>
+</inkml:ink>
+</file>
+
+<file path=word/ink/ink7.xml><?xml version="1.0" encoding="utf-8"?>
+<inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
+  <inkml:definitions>
+    <inkml:context xml:id="ctx0">
+      <inkml:inkSource xml:id="inkSrc0">
+        <inkml:traceFormat>
+          <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="F" type="integer" max="32767" units="dev"/>
+        </inkml:traceFormat>
+        <inkml:channelProperties>
+          <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
+        </inkml:channelProperties>
+      </inkml:inkSource>
+      <inkml:timestamp xml:id="ts0" timeString="2025-08-05T11:06:34.987"/>
+    </inkml:context>
+    <inkml:brush xml:id="br0">
+      <inkml:brushProperty name="width" value="0.035" units="cm"/>
+      <inkml:brushProperty name="height" value="0.035" units="cm"/>
+      <inkml:brushProperty name="color" value="#E71224"/>
+    </inkml:brush>
+  </inkml:definitions>
+  <inkml:trace contextRef="#ctx0" brushRef="#br0">3932 621 24501,'-2'24'0,"-2"1"0,-4-1 0,-2 0 0,-4 0 0,-2 0 0,-4 0 0,-2-1 0,-4 0 0,-2 0 0,-3-1 0,-2 0 0,-4-1 0,-2 0 0,-2 0 0,-3-1 0,-3-1 0,-2 0 0,-2 0 0,-3-2 0,-1 0 0,-3-1 0,-2 0 0,-1-2 0,-3 0 0,-1-1 0,-1 0 0,-2-2 0,-2 0 0,-1-1 0,-1-1 0,0-1 0,-2-1 0,-1-1 0,0-1 0,-1-1 0,-1 0 0,0-2 0,0 0 0,0-2 0,0 0 0,0-2 0,0 0 0,0-2 0,1 0 0,1-1 0,0-1 0,1-1 0,2-1 0,0-1 0,1-1 0,1-1 0,2 0 0,2-2 0,1 0 0,1-1 0,3 0 0,1-2 0,2 0 0,3-1 0,1 0 0,3-2 0,2 0 0,2 0 0,3-1 0,3-1 0,2 0 0,2 0 0,4-1 0,2 0 0,3-1 0,2 0 0,4 0 0,2-1 0,4 0 0,2 0 0,4 0 0,2 0 0,4-1 0,2 1 0,4 0 0,2-1 0,4 1 0,2 0 0,4 0 0,2 0 0,4 0 0,2 1 0,4 0 0,2 0 0,3 1 0,2 0 0,4 1 0,2 0 0,2 0 0,3 1 0,3 1 0,2 0 0,2 0 0,3 2 0,1 0 0,3 1 0,2 0 0,1 2 0,3 0 0,1 1 0,1 0 0,2 2 0,2 0 0,1 1 0,1 1 0,0 1 0,2 1 0,1 1 0,0 1 0,1 1 0,1 0 0,0 2 0,0 0 0,0 2 0,0 0 0,0 2 0,0 0 0,0 2 0,-1 0 0,-1 1 0,0 1 0,-1 1 0,-2 1 0,0 1 0,-1 1 0,-1 1 0,-2 0 0,-2 2 0,-1 0 0,-1 1 0,-3 0 0,-1 2 0,-2 0 0,-3 1 0,-1 0 0,-3 2 0,-2 0 0,-2 0 0,-3 1 0,-3 1 0,-2 0 0,-2 0 0,-4 1 0,-2 0 0,-3 1 0,-2 0 0,-4 0 0,-2 1 0,-4 0 0,-2 0 0,-4 0 0,-2 0 0,-4 1 0,-2-1 0</inkml:trace>
+</inkml:ink>
+</file>
+
+<file path=word/ink/ink8.xml><?xml version="1.0" encoding="utf-8"?>
+<inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
+  <inkml:definitions>
+    <inkml:context xml:id="ctx0">
+      <inkml:inkSource xml:id="inkSrc0">
+        <inkml:traceFormat>
+          <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+        </inkml:traceFormat>
+        <inkml:channelProperties>
+          <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
+        </inkml:channelProperties>
+      </inkml:inkSource>
+      <inkml:timestamp xml:id="ts0" timeString="2025-07-29T15:59:07.191"/>
+    </inkml:context>
+    <inkml:brush xml:id="br0">
+      <inkml:brushProperty name="width" value="0.1" units="cm"/>
+      <inkml:brushProperty name="height" value="0.2" units="cm"/>
+      <inkml:brushProperty name="color" value="#FFFC00"/>
+      <inkml:brushProperty name="tip" value="rectangle"/>
+      <inkml:brushProperty name="rasterOp" value="maskPen"/>
+      <inkml:brushProperty name="ignorePressure" value="1"/>
+    </inkml:brush>
+  </inkml:definitions>
+  <inkml:trace contextRef="#ctx0" brushRef="#br0">643 136,'5'0,"1"0,-1 0,1 1,-1-1,1 1,-1 0,1 1,-1-1,0 1,0 0,0 0,0 1,8 5,-10-5,0-1,-1 2,1-1,-1 0,0 1,0-1,0 1,0-1,-1 1,1 0,-1 0,0 0,0 0,-1-1,1 2,-1-1,0 0,0 0,-1 7,-1 5,-1-1,-1 0,0 0,-1 0,-1 0,0-1,-1 0,-1 0,-15 22,11-18,1 0,1 0,1 2,-10 28,-14 92,32-137,1-1,-1 1,1-1,-1 0,0 0,0 1,0-1,0 0,-1 0,1 0,0 0,-1 0,0 0,1-1,-1 1,0-1,0 1,0-1,0 1,0-1,0 0,0 0,-4 1,-4 1,0-1,1 0,-1-1,-18 1,20-2,0 0,0 1,0 0,0 0,-1 1,-11 4,6 0,0 0,-1-1,0-1,1 0,-1-1,-1-1,1 0,0-1,0 0,-1-2,1 0,0 0,0-2,-16-3,17 3,-1 1,1 0,0-2,0 1,1-2,-18-7,27 10,0-1,0 0,0 1,1-1,-1 0,1-1,0 1,0 0,0-1,0 0,1 0,0 0,-1 0,1 0,1 0,-1-1,1 1,-1-1,1 1,0-9,-3-33,3 0,7-75,-4 86,3-2,1 1,2-1,1 1,3 1,21-50,-1-11,-22 64</inkml:trace>
+</inkml:ink>
+</file>
+
+<file path=word/ink/ink9.xml><?xml version="1.0" encoding="utf-8"?>
+<inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
+  <inkml:definitions>
+    <inkml:context xml:id="ctx0">
+      <inkml:inkSource xml:id="inkSrc0">
+        <inkml:traceFormat>
+          <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+          <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
+        </inkml:traceFormat>
+        <inkml:channelProperties>
+          <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
+          <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
+        </inkml:channelProperties>
+      </inkml:inkSource>
+      <inkml:timestamp xml:id="ts0" timeString="2025-07-29T15:59:02.280"/>
+    </inkml:context>
+    <inkml:brush xml:id="br0">
+      <inkml:brushProperty name="width" value="0.1" units="cm"/>
+      <inkml:brushProperty name="height" value="0.2" units="cm"/>
+      <inkml:brushProperty name="color" value="#FFFC00"/>
+      <inkml:brushProperty name="tip" value="rectangle"/>
+      <inkml:brushProperty name="rasterOp" value="maskPen"/>
+      <inkml:brushProperty name="ignorePressure" value="1"/>
+    </inkml:brush>
+  </inkml:definitions>
+  <inkml:trace contextRef="#ctx0" brushRef="#br0">189 0,'1'1,"0"-1,0 1,0-1,0 1,0 0,-1-1,1 1,0 0,0 0,-1-1,1 1,-1 0,1 0,-1 0,1 0,-1 0,1 0,-1 0,0 0,1 0,-1 0,0 0,0 0,0 0,0 0,0 0,0 0,0 0,0 0,0 0,-1 0,1 0,0 0,-1 0,0 1,-9 42,10-44,-10 28,-1 0,-17 30,15-34,1 1,2 0,-9 30,11-29,-22 47,17-46,-15 51,26-69,0-1,1 0,0 1,0 0,1-1,0 1,0-1,1 1,0 0,4 13,1-5</inkml:trace>
 </inkml:ink>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -22403,128 +20755,54 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...45 lines deleted...]
-</spe:Receivers>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...26 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010082B2C58A1F3B5F40B9DAB2C1A41FA8E9" ma:contentTypeVersion="536" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d910969e0fcf5d7ea07031dde4968eab">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="189d6819-42bb-40a9-9aa1-b6cfbddd55fc" xmlns:ns3="ef834189-ea37-43c1-b23c-fe8cd9c72e41" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1a1cb5a26f2b5c93be6e58d676392be3" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="189d6819-42bb-40a9-9aa1-b6cfbddd55fc"/>
     <xsd:import namespace="ef834189-ea37-43c1-b23c-fe8cd9c72e41"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns4:IconOverlay" minOccurs="0"/>
                 <xsd:element ref="ns1:_vti_ItemDeclaredRecord" minOccurs="0"/>
                 <xsd:element ref="ns1:_vti_ItemHoldRecordStatus" minOccurs="0"/>
                 <xsd:element ref="ns3:Open" minOccurs="0"/>
@@ -22780,142 +21058,216 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <IconOverlay xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ef834189-ea37-43c1-b23c-fe8cd9c72e41">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Open xmlns="ef834189-ea37-43c1-b23c-fe8cd9c72e41">true</Open>
+    <_dlc_DocId xmlns="189d6819-42bb-40a9-9aa1-b6cfbddd55fc">HFUTUREDOCID-1165664543-179494</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="189d6819-42bb-40a9-9aa1-b6cfbddd55fc">
+      <Url>https://hants.sharepoint.com/sites/HF/_layouts/15/DocIdRedir.aspx?ID=HFUTUREDOCID-1165664543-179494</Url>
+      <Description>HFUTUREDOCID-1165664543-179494</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D15D8C01-E1A5-49A5-8D28-C2698624222D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0B59310-33F2-4710-944F-168D336E6443}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E897E132-A8C0-445D-B98E-35C82D4EAC82}">
-[...19 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4187A060-05B8-433A-8256-08DDEA5338A1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="189d6819-42bb-40a9-9aa1-b6cfbddd55fc"/>
     <ds:schemaRef ds:uri="ef834189-ea37-43c1-b23c-fe8cd9c72e41"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{29D7FBE0-BB11-4A33-9C8E-A432C273DF68}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E897E132-A8C0-445D-B98E-35C82D4EAC82}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
+    <ds:schemaRef ds:uri="ef834189-ea37-43c1-b23c-fe8cd9c72e41"/>
+    <ds:schemaRef ds:uri="189d6819-42bb-40a9-9aa1-b6cfbddd55fc"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0B59310-33F2-4710-944F-168D336E6443}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D15D8C01-E1A5-49A5-8D28-C2698624222D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>31</Pages>
-[...1 lines deleted...]
-  <Characters>20370</Characters>
+  <Pages>28</Pages>
+  <Words>3459</Words>
+  <Characters>19722</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>536</Lines>
-  <Paragraphs>396</Paragraphs>
+  <Lines>164</Lines>
+  <Paragraphs>46</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hampshire County Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>23795</CharactersWithSpaces>
+  <CharactersWithSpaces>23135</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>5046281</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://ebsontrackprospect-hcc.tribal-ebs.com/Page/findcourse</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>1900667</vt:i4>
       </vt:variant>
       <vt:variant>