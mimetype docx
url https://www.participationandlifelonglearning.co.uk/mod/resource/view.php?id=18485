--- v0 (2025-12-03)
+++ v1 (2026-01-19)
@@ -1,3043 +1,2943 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/documenttasks/documenttasks1.xml" ContentType="application/vnd.ms-office.documenttasks+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10348" w:type="dxa"/>
         <w:tblInd w:w="-572" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2548"/>
         <w:gridCol w:w="1197"/>
         <w:gridCol w:w="209"/>
         <w:gridCol w:w="896"/>
         <w:gridCol w:w="211"/>
         <w:gridCol w:w="1659"/>
         <w:gridCol w:w="3628"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="006A4672" w:rsidR="00015640" w:rsidTr="009D7B4E" w14:paraId="3F5A47CD" w14:textId="77777777">
+      <w:tr w:rsidR="00015640" w:rsidRPr="006A4672" w14:paraId="3F5A47CD" w14:textId="77777777" w:rsidTr="009D7B4E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3745" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00854D94" w:rsidR="00015640" w:rsidP="00B3423B" w:rsidRDefault="00015640" w14:paraId="0D05EBD8" w14:textId="00177257">
+          <w:p w14:paraId="0D05EBD8" w14:textId="00177257" w:rsidR="00015640" w:rsidRPr="00854D94" w:rsidRDefault="00015640" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00B3423B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Tutor</w:t>
             </w:r>
             <w:r w:rsidRPr="006A4672">
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2975" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B3423B" w:rsidR="00015640" w:rsidP="00B3423B" w:rsidRDefault="00015640" w14:paraId="37356D93" w14:textId="354C3F54">
+          <w:p w14:paraId="37356D93" w14:textId="354C3F54" w:rsidR="00015640" w:rsidRPr="00B3423B" w:rsidRDefault="00015640" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3423B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Tutor Code: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3628" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00052455" w:rsidR="00015640" w:rsidP="00B3423B" w:rsidRDefault="00015640" w14:paraId="17B96B69" w14:textId="52E01EA2">
+          <w:p w14:paraId="17B96B69" w14:textId="52E01EA2" w:rsidR="00015640" w:rsidRPr="00052455" w:rsidRDefault="00015640" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="006A4672">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Tutor Status:</w:t>
             </w:r>
             <w:r w:rsidRPr="006A4672">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00052455">
               <w:t>casual/part-time/full-time</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="006A4672" w:rsidR="00052455" w:rsidTr="009D7B4E" w14:paraId="686BB9B7" w14:textId="77777777">
+      <w:tr w:rsidR="00052455" w:rsidRPr="006A4672" w14:paraId="686BB9B7" w14:textId="77777777" w:rsidTr="009D7B4E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3745" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00854D94" w:rsidR="00052455" w:rsidP="00B3423B" w:rsidRDefault="00052455" w14:paraId="05816735" w14:textId="1E8A28CF">
+          <w:p w14:paraId="05816735" w14:textId="1E8A28CF" w:rsidR="00052455" w:rsidRPr="00854D94" w:rsidRDefault="00052455" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00B3423B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Observer</w:t>
             </w:r>
             <w:r w:rsidRPr="006A4672">
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6603" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A4672" w:rsidR="00052455" w:rsidP="00B3423B" w:rsidRDefault="00052455" w14:paraId="5EE3E8ED" w14:textId="61539923">
+          <w:p w14:paraId="5EE3E8ED" w14:textId="61539923" w:rsidR="00052455" w:rsidRPr="006A4672" w:rsidRDefault="00052455" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00B3423B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Date of observation</w:t>
             </w:r>
             <w:r w:rsidRPr="006A4672">
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="006A4672" w:rsidR="00015640" w:rsidTr="009D7B4E" w14:paraId="3BB1DDC2" w14:textId="77777777">
+      <w:tr w:rsidR="00015640" w:rsidRPr="006A4672" w14:paraId="3BB1DDC2" w14:textId="77777777" w:rsidTr="009D7B4E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3745" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A4672" w:rsidR="00015640" w:rsidP="00B3423B" w:rsidRDefault="00015640" w14:paraId="07C097B9" w14:textId="557942C3">
+          <w:p w14:paraId="07C097B9" w14:textId="557942C3" w:rsidR="00015640" w:rsidRPr="006A4672" w:rsidRDefault="00015640" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00B3423B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Date of previous observation</w:t>
             </w:r>
             <w:r w:rsidRPr="006A4672">
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2975" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EF55EB" w:rsidR="00015640" w:rsidP="00B3423B" w:rsidRDefault="00EF55EB" w14:paraId="656DAED1" w14:textId="2C4E5EAB">
+          <w:p w14:paraId="656DAED1" w14:textId="2C4E5EAB" w:rsidR="00015640" w:rsidRPr="00EF55EB" w:rsidRDefault="00EF55EB" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00B3423B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Tutor in place less than a year</w:t>
             </w:r>
             <w:r w:rsidRPr="006A4672">
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00854D94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00854D94" w:rsidR="00854D94">
+            <w:r w:rsidR="00854D94" w:rsidRPr="00854D94">
               <w:t>yes/no</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3628" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B3423B" w:rsidR="00015640" w:rsidP="00B3423B" w:rsidRDefault="00015640" w14:paraId="7975EA7E" w14:textId="5F293681">
+          <w:p w14:paraId="7975EA7E" w14:textId="5F293681" w:rsidR="00015640" w:rsidRPr="00B3423B" w:rsidRDefault="00015640" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3423B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Time of observation</w:t>
             </w:r>
             <w:r w:rsidRPr="006A4672">
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="006A4672" w:rsidR="00015640" w:rsidTr="009D7B4E" w14:paraId="3563302C" w14:textId="77777777">
+      <w:tr w:rsidR="00015640" w:rsidRPr="006A4672" w14:paraId="3563302C" w14:textId="77777777" w:rsidTr="009D7B4E">
         <w:trPr>
           <w:trHeight w:val="342"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3745" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00854D94" w:rsidR="00015640" w:rsidP="00B3423B" w:rsidRDefault="00015640" w14:paraId="31952A3A" w14:textId="68AD2535">
+          <w:p w14:paraId="31952A3A" w14:textId="68AD2535" w:rsidR="00015640" w:rsidRPr="00854D94" w:rsidRDefault="00015640" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3423B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Provider</w:t>
             </w:r>
             <w:r w:rsidRPr="006A4672">
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2975" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00854D94" w:rsidR="00015640" w:rsidP="00B3423B" w:rsidRDefault="00015640" w14:paraId="4281C93D" w14:textId="0005DC38">
+          <w:p w14:paraId="4281C93D" w14:textId="0005DC38" w:rsidR="00015640" w:rsidRPr="00854D94" w:rsidRDefault="00015640" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3423B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Venue</w:t>
             </w:r>
             <w:r w:rsidRPr="006A4672">
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3628" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A4672" w:rsidR="00015640" w:rsidP="00B3423B" w:rsidRDefault="00015640" w14:paraId="0811FEA8" w14:textId="0838FC01">
+          <w:p w14:paraId="0811FEA8" w14:textId="0838FC01" w:rsidR="00015640" w:rsidRPr="006A4672" w:rsidRDefault="00015640" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00B3423B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Session</w:t>
             </w:r>
             <w:r w:rsidRPr="006A4672">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="006A4672" w:rsidR="00E32A99">
+            <w:r w:rsidR="00E32A99" w:rsidRPr="006A4672">
               <w:t xml:space="preserve">x </w:t>
             </w:r>
             <w:r w:rsidRPr="006A4672">
               <w:t xml:space="preserve"> of</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="006A4672">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="006A4672" w:rsidR="00E32A99">
+            <w:r w:rsidR="00E32A99" w:rsidRPr="006A4672">
               <w:t xml:space="preserve"> x</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="006A4672" w:rsidR="00015640" w:rsidTr="009D7B4E" w14:paraId="55CCF64C" w14:textId="77777777">
+      <w:tr w:rsidR="00015640" w:rsidRPr="006A4672" w14:paraId="55CCF64C" w14:textId="77777777" w:rsidTr="009D7B4E">
         <w:trPr>
           <w:trHeight w:val="277"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6720" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00854D94" w:rsidR="00015640" w:rsidP="00B3423B" w:rsidRDefault="00015640" w14:paraId="393BEA37" w14:textId="15869FCC">
+          <w:p w14:paraId="393BEA37" w14:textId="15869FCC" w:rsidR="00015640" w:rsidRPr="00854D94" w:rsidRDefault="00015640" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3423B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Course title</w:t>
             </w:r>
             <w:r w:rsidRPr="006A4672">
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3628" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00854D94" w:rsidR="00015640" w:rsidP="00B3423B" w:rsidRDefault="00015640" w14:paraId="4A951ED7" w14:textId="56AC9732">
+          <w:p w14:paraId="4A951ED7" w14:textId="56AC9732" w:rsidR="00015640" w:rsidRPr="00854D94" w:rsidRDefault="00015640" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3423B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Course code</w:t>
             </w:r>
             <w:r w:rsidRPr="006A4672">
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="006A4672" w:rsidR="00015640" w:rsidTr="009D7B4E" w14:paraId="39DA9727" w14:textId="77777777">
+      <w:tr w:rsidR="00015640" w:rsidRPr="006A4672" w14:paraId="39DA9727" w14:textId="77777777" w:rsidTr="009D7B4E">
         <w:trPr>
           <w:trHeight w:val="322"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3745" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00854D94" w:rsidR="00015640" w:rsidP="00B3423B" w:rsidRDefault="00015640" w14:paraId="3311936F" w14:textId="5F5330DE">
+          <w:p w14:paraId="3311936F" w14:textId="5F5330DE" w:rsidR="00015640" w:rsidRPr="00854D94" w:rsidRDefault="00015640" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3423B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Session times</w:t>
             </w:r>
             <w:r w:rsidRPr="006A4672">
               <w:t xml:space="preserve">:  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2975" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00854D94" w:rsidR="00015640" w:rsidP="00B3423B" w:rsidRDefault="00015640" w14:paraId="4451CA4A" w14:textId="064D5219">
+          <w:p w14:paraId="4451CA4A" w14:textId="064D5219" w:rsidR="00015640" w:rsidRPr="00854D94" w:rsidRDefault="00015640" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3423B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Course dates</w:t>
             </w:r>
             <w:r w:rsidRPr="006A4672">
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3628" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00854D94" w:rsidR="00015640" w:rsidP="00B3423B" w:rsidRDefault="00015640" w14:paraId="10CA3EDE" w14:textId="36314A02">
+          <w:p w14:paraId="10CA3EDE" w14:textId="36314A02" w:rsidR="00015640" w:rsidRPr="00854D94" w:rsidRDefault="00015640" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3423B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Level of course</w:t>
             </w:r>
             <w:r w:rsidRPr="006A4672">
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="006A4672" w:rsidR="00015640" w:rsidTr="009D7B4E" w14:paraId="7458ECD4" w14:textId="77777777">
+      <w:tr w:rsidR="00015640" w:rsidRPr="006A4672" w14:paraId="7458ECD4" w14:textId="77777777" w:rsidTr="009D7B4E">
         <w:trPr>
           <w:trHeight w:val="500"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3745" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B3423B" w:rsidR="00015640" w:rsidP="00B3423B" w:rsidRDefault="00015640" w14:paraId="2B3D5B7B" w14:textId="3B0ED69B">
+          <w:p w14:paraId="2B3D5B7B" w14:textId="3B0ED69B" w:rsidR="00015640" w:rsidRPr="00B3423B" w:rsidRDefault="00015640" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3423B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Programme type</w:t>
             </w:r>
             <w:r w:rsidRPr="006A4672">
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2975" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00854D94" w:rsidR="00015640" w:rsidP="00B3423B" w:rsidRDefault="00B3423B" w14:paraId="6BEB55F2" w14:textId="4C6E28A2">
+          <w:p w14:paraId="6BEB55F2" w14:textId="4C6E28A2" w:rsidR="00015640" w:rsidRPr="00854D94" w:rsidRDefault="00B3423B" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B3423B" w:rsidR="00015640">
+            <w:r w:rsidR="00015640" w:rsidRPr="00B3423B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>ge of Learners</w:t>
             </w:r>
-            <w:r w:rsidRPr="006A4672" w:rsidR="00015640">
+            <w:r w:rsidR="00015640" w:rsidRPr="006A4672">
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3628" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B3423B" w:rsidR="00015640" w:rsidP="00B3423B" w:rsidRDefault="00015640" w14:paraId="306D8375" w14:textId="0A977E3C">
+          <w:p w14:paraId="306D8375" w14:textId="0A977E3C" w:rsidR="00015640" w:rsidRPr="00B3423B" w:rsidRDefault="00015640" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3423B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>LSA present</w:t>
             </w:r>
             <w:r w:rsidRPr="006A4672">
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="006A4672" w:rsidR="00015640" w:rsidTr="009D7B4E" w14:paraId="053E164E" w14:textId="77777777">
+      <w:tr w:rsidR="00015640" w:rsidRPr="006A4672" w14:paraId="053E164E" w14:textId="77777777" w:rsidTr="009D7B4E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3745" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A4672" w:rsidR="00015640" w:rsidP="00B3423B" w:rsidRDefault="00015640" w14:paraId="12826C3E" w14:textId="56B0DE35">
+          <w:p w14:paraId="12826C3E" w14:textId="56B0DE35" w:rsidR="00015640" w:rsidRPr="006A4672" w:rsidRDefault="00015640" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00B3423B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Number on register at start of course</w:t>
             </w:r>
             <w:r w:rsidRPr="006A4672">
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2975" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A4672" w:rsidR="00015640" w:rsidP="00B3423B" w:rsidRDefault="00015640" w14:paraId="307F374E" w14:textId="66211B25">
+          <w:p w14:paraId="307F374E" w14:textId="66211B25" w:rsidR="00015640" w:rsidRPr="006A4672" w:rsidRDefault="00015640" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00B3423B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>No on course register currently</w:t>
             </w:r>
             <w:r w:rsidRPr="006A4672">
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="008D3115">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3628" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="008D3115" w:rsidR="00015640" w:rsidP="00B3423B" w:rsidRDefault="00015640" w14:paraId="1BA432D0" w14:textId="0DF2227B">
+          <w:p w14:paraId="1BA432D0" w14:textId="0DF2227B" w:rsidR="00015640" w:rsidRPr="008D3115" w:rsidRDefault="00015640" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00B3423B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Learners present</w:t>
             </w:r>
             <w:r w:rsidRPr="006A4672">
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="008D3115">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="006A4672" w:rsidR="00015640" w:rsidTr="00E90F79" w14:paraId="03F0CD94" w14:textId="77777777">
+      <w:tr w:rsidR="00015640" w:rsidRPr="006A4672" w14:paraId="03F0CD94" w14:textId="77777777" w:rsidTr="00E90F79">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B3423B" w:rsidR="00015640" w:rsidP="00B3423B" w:rsidRDefault="00015640" w14:paraId="64B77F4C" w14:textId="6DDA330B">
+          <w:p w14:paraId="64B77F4C" w14:textId="6DDA330B" w:rsidR="00015640" w:rsidRPr="00B3423B" w:rsidRDefault="00015640" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A4672">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Context of session:</w:t>
             </w:r>
-            <w:r w:rsidRPr="006A4672" w:rsidR="00410081">
+            <w:r w:rsidR="00410081" w:rsidRPr="006A4672">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B3423B" w:rsidR="00410081">
+            <w:r w:rsidR="00410081" w:rsidRPr="00B3423B">
               <w:rPr>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
               </w:rPr>
               <w:t xml:space="preserve">include </w:t>
             </w:r>
             <w:r w:rsidR="00B3423B">
               <w:rPr>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
               </w:rPr>
               <w:t xml:space="preserve">intent of course and </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B3423B" w:rsidR="00C504DE">
+            <w:r w:rsidR="00C504DE" w:rsidRPr="00B3423B">
               <w:rPr>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
               </w:rPr>
               <w:t>session objectives and any relevant information about the course and or learners.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006B3236" w:rsidR="006B3236" w:rsidP="00B3423B" w:rsidRDefault="006B3236" w14:paraId="09119E41" w14:textId="66E5234E">
+          <w:p w14:paraId="09119E41" w14:textId="66E5234E" w:rsidR="006B3236" w:rsidRPr="006B3236" w:rsidRDefault="006B3236" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:color w:val="7030A0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="006A4672" w:rsidR="00015640" w:rsidTr="009D7B4E" w14:paraId="4C66E622" w14:textId="77777777">
+      <w:tr w:rsidR="00015640" w:rsidRPr="006A4672" w14:paraId="4C66E622" w14:textId="77777777" w:rsidTr="009D7B4E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2548" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A4672" w:rsidR="00951C30" w:rsidP="00B3423B" w:rsidRDefault="0045113E" w14:paraId="5E36FE1B" w14:textId="64753C8A">
+          <w:p w14:paraId="5E36FE1B" w14:textId="64753C8A" w:rsidR="00951C30" w:rsidRPr="006A4672" w:rsidRDefault="0045113E" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00553519">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Quality of teaching learning and assessment</w:t>
             </w:r>
-            <w:r w:rsidRPr="006A4672" w:rsidR="00951C30">
+            <w:r w:rsidR="00951C30" w:rsidRPr="006A4672">
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006A4672" w:rsidR="00015640" w:rsidP="00B3423B" w:rsidRDefault="00015640" w14:paraId="52C6FD2A" w14:textId="1E8B852E">
+          <w:p w14:paraId="52C6FD2A" w14:textId="1E8B852E" w:rsidR="00015640" w:rsidRPr="006A4672" w:rsidRDefault="00015640" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="006A4672">
               <w:t>Delivery</w:t>
             </w:r>
-            <w:r w:rsidRPr="006A4672" w:rsidR="000011FE">
+            <w:r w:rsidR="000011FE" w:rsidRPr="006A4672">
               <w:t xml:space="preserve"> (implementation)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006A4672" w:rsidR="00015640" w:rsidP="00B3423B" w:rsidRDefault="00015640" w14:paraId="4C0B0A15" w14:textId="77777777">
+          <w:p w14:paraId="4C0B0A15" w14:textId="77777777" w:rsidR="00015640" w:rsidRPr="006A4672" w:rsidRDefault="00015640" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="006A4672">
               <w:t>Teaching (pedagogy)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006A4672" w:rsidR="00015640" w:rsidP="00B3423B" w:rsidRDefault="00015640" w14:paraId="5EED8080" w14:textId="5192E484">
+          <w:p w14:paraId="5EED8080" w14:textId="5192E484" w:rsidR="00015640" w:rsidRPr="006A4672" w:rsidRDefault="00015640" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A4672">
               <w:t>Assessment</w:t>
             </w:r>
-            <w:r w:rsidRPr="006A4672" w:rsidR="00E54B8E">
+            <w:r w:rsidR="00E54B8E" w:rsidRPr="006A4672">
               <w:t xml:space="preserve"> (formative + summa</w:t>
             </w:r>
-            <w:r w:rsidRPr="006A4672" w:rsidR="00216537">
+            <w:r w:rsidR="00216537" w:rsidRPr="006A4672">
               <w:t>tive)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00015640" w:rsidP="00B3423B" w:rsidRDefault="00D556ED" w14:paraId="48BCF545" w14:textId="77777777">
+          <w:p w14:paraId="48BCF545" w14:textId="77777777" w:rsidR="00015640" w:rsidRDefault="00D556ED" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00553519">
               <w:rPr>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
               </w:rPr>
               <w:t>Include judgements and evidence of how learners are being supported in learning and how they are being assessed – see guidance booklet for more detail</w:t>
             </w:r>
             <w:r w:rsidRPr="006A4672">
               <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00630549" w:rsidP="00B3423B" w:rsidRDefault="00630549" w14:paraId="4DED8C73" w14:textId="77777777">
-[...4 lines deleted...]
-          <w:p w:rsidRPr="006A4672" w:rsidR="00630549" w:rsidP="00B3423B" w:rsidRDefault="00630549" w14:paraId="05CE0A1E" w14:textId="429690B7">
+          <w:p w14:paraId="4DED8C73" w14:textId="77777777" w:rsidR="00630549" w:rsidRDefault="00630549" w:rsidP="00B3423B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="05CE0A1E" w14:textId="429690B7" w:rsidR="00630549" w:rsidRPr="006A4672" w:rsidRDefault="00630549" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00553519" w:rsidR="00015640" w:rsidTr="009D7B4E" w14:paraId="42E0A188" w14:textId="77777777">
+      <w:tr w:rsidR="00015640" w:rsidRPr="00553519" w14:paraId="42E0A188" w14:textId="77777777" w:rsidTr="009D7B4E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4850" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00553519" w:rsidR="00015640" w:rsidP="00B3423B" w:rsidRDefault="0062668E" w14:paraId="68A23CB3" w14:textId="03B23594">
+          <w:p w14:paraId="68A23CB3" w14:textId="03B23594" w:rsidR="00015640" w:rsidRPr="00553519" w:rsidRDefault="0062668E" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00553519">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Behaviour and attitudes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5498" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00553519" w:rsidR="00015640" w:rsidP="00B3423B" w:rsidRDefault="006D40C9" w14:paraId="282C3456" w14:textId="0E066B41">
+          <w:p w14:paraId="282C3456" w14:textId="0E066B41" w:rsidR="00015640" w:rsidRPr="00553519" w:rsidRDefault="006D40C9" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00553519">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Personal development</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="006A4672" w:rsidR="00015640" w:rsidTr="009D7B4E" w14:paraId="7681AA39" w14:textId="77777777">
+      <w:tr w:rsidR="00015640" w:rsidRPr="006A4672" w14:paraId="7681AA39" w14:textId="77777777" w:rsidTr="009D7B4E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4850" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00553519" w:rsidR="00F60602" w:rsidP="00B3423B" w:rsidRDefault="00F60602" w14:paraId="592AC754" w14:textId="77777777">
+          <w:p w14:paraId="592AC754" w14:textId="77777777" w:rsidR="00F60602" w:rsidRPr="00553519" w:rsidRDefault="00F60602" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00553519">
               <w:rPr>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
               </w:rPr>
               <w:t>Attendance and punctuality</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00553519" w:rsidR="00F60602" w:rsidP="00B3423B" w:rsidRDefault="00F60602" w14:paraId="592DC4B8" w14:textId="77777777">
+          <w:p w14:paraId="592DC4B8" w14:textId="77777777" w:rsidR="00F60602" w:rsidRPr="00553519" w:rsidRDefault="00F60602" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00553519">
               <w:rPr>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
               </w:rPr>
               <w:t>Respect</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00553519" w:rsidR="00F60602" w:rsidP="00B3423B" w:rsidRDefault="00F60602" w14:paraId="4BE0B390" w14:textId="77777777">
+          <w:p w14:paraId="4BE0B390" w14:textId="77777777" w:rsidR="00F60602" w:rsidRPr="00553519" w:rsidRDefault="00F60602" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00553519">
               <w:rPr>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
               </w:rPr>
               <w:t>Behaviour</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00553519" w:rsidR="00F60602" w:rsidP="00B3423B" w:rsidRDefault="00F60602" w14:paraId="06558AA9" w14:textId="77777777">
+          <w:p w14:paraId="06558AA9" w14:textId="77777777" w:rsidR="00F60602" w:rsidRPr="00553519" w:rsidRDefault="00F60602" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00553519">
               <w:rPr>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
               </w:rPr>
               <w:t>Attitudes to learning</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006A4672" w:rsidR="00015640" w:rsidP="00B3423B" w:rsidRDefault="00015640" w14:paraId="147C5B8D" w14:textId="4BB6E975">
+          <w:p w14:paraId="147C5B8D" w14:textId="4BB6E975" w:rsidR="00015640" w:rsidRPr="006A4672" w:rsidRDefault="00015640" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5498" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00553519" w:rsidR="00F60602" w:rsidP="00B3423B" w:rsidRDefault="00F60602" w14:paraId="4B823FB8" w14:textId="77777777">
+          <w:p w14:paraId="4B823FB8" w14:textId="77777777" w:rsidR="00F60602" w:rsidRPr="00553519" w:rsidRDefault="00F60602" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00553519">
               <w:rPr>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
               </w:rPr>
               <w:t>Health and wellbeing</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00553519" w:rsidR="00F60602" w:rsidP="00B3423B" w:rsidRDefault="00F60602" w14:paraId="5ED3560D" w14:textId="77777777">
+          <w:p w14:paraId="5ED3560D" w14:textId="77777777" w:rsidR="00F60602" w:rsidRPr="00553519" w:rsidRDefault="00F60602" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00553519">
               <w:rPr>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
               </w:rPr>
               <w:t>Equality and diversity</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00553519" w:rsidR="00F60602" w:rsidP="00B3423B" w:rsidRDefault="00F60602" w14:paraId="6C991340" w14:textId="77777777">
+          <w:p w14:paraId="6C991340" w14:textId="77777777" w:rsidR="00F60602" w:rsidRPr="00553519" w:rsidRDefault="00F60602" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00553519">
               <w:rPr>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
               </w:rPr>
               <w:t>British Values</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00553519" w:rsidR="00175B63" w:rsidP="00B3423B" w:rsidRDefault="00175B63" w14:paraId="6F0F2ACE" w14:textId="77777777">
+          <w:p w14:paraId="6F0F2ACE" w14:textId="77777777" w:rsidR="00175B63" w:rsidRPr="00553519" w:rsidRDefault="00175B63" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00553519">
               <w:rPr>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
               </w:rPr>
               <w:t xml:space="preserve">Employability </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006A4672" w:rsidR="00015640" w:rsidP="00B3423B" w:rsidRDefault="00F0467C" w14:paraId="5C7102B4" w14:textId="485F45D4">
+          <w:p w14:paraId="5C7102B4" w14:textId="485F45D4" w:rsidR="00015640" w:rsidRPr="006A4672" w:rsidRDefault="00F0467C" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00553519">
               <w:rPr>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progression + </w:t>
             </w:r>
-            <w:r w:rsidRPr="00553519" w:rsidR="00F60602">
+            <w:r w:rsidR="00F60602" w:rsidRPr="00553519">
               <w:rPr>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
               </w:rPr>
               <w:t>Next steps</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="006A4672" w:rsidR="009D7B4E" w:rsidTr="00584470" w14:paraId="78E10D34" w14:textId="77777777">
+      <w:tr w:rsidR="009D7B4E" w:rsidRPr="006A4672" w14:paraId="78E10D34" w14:textId="77777777" w:rsidTr="00584470">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00553519" w:rsidR="009D7B4E" w:rsidP="00B3423B" w:rsidRDefault="009D7B4E" w14:paraId="79F6B8DD" w14:textId="77777777">
+          <w:p w14:paraId="79F6B8DD" w14:textId="77777777" w:rsidR="009D7B4E" w:rsidRPr="00553519" w:rsidRDefault="009D7B4E" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00553519">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Safeguarding:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00367B75" w:rsidR="009D7B4E" w:rsidP="00B3423B" w:rsidRDefault="00182BE9" w14:paraId="554D6997" w14:textId="67889E43">
+          <w:p w14:paraId="554D6997" w14:textId="67889E43" w:rsidR="009D7B4E" w:rsidRPr="00367B75" w:rsidRDefault="00182BE9" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00367B75">
               <w:t>Safeguarding arrangements are effective and adhered to Yes/No</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="009D7B4E" w:rsidR="00182BE9" w:rsidP="00B3423B" w:rsidRDefault="00182BE9" w14:paraId="125F9B9A" w14:textId="2BCEC5A2">
+          <w:p w14:paraId="125F9B9A" w14:textId="2BCEC5A2" w:rsidR="00182BE9" w:rsidRPr="009D7B4E" w:rsidRDefault="00182BE9" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:color w:val="7030A0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00367B75">
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="006A4672" w:rsidR="00487AE8" w:rsidTr="00E90F79" w14:paraId="60AE7535" w14:textId="77777777">
+      <w:tr w:rsidR="00487AE8" w:rsidRPr="006A4672" w14:paraId="60AE7535" w14:textId="77777777" w:rsidTr="00E90F79">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A4672" w:rsidR="00487AE8" w:rsidP="00B3423B" w:rsidRDefault="00487AE8" w14:paraId="44F86306" w14:textId="77777777">
+          <w:p w14:paraId="44F86306" w14:textId="77777777" w:rsidR="00487AE8" w:rsidRPr="006A4672" w:rsidRDefault="00487AE8" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00553519">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Learner comments</w:t>
             </w:r>
             <w:r w:rsidRPr="006A4672">
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006A4672" w:rsidR="00487AE8" w:rsidP="00B3423B" w:rsidRDefault="00487AE8" w14:paraId="07FBC482" w14:textId="77777777">
+          <w:p w14:paraId="07FBC482" w14:textId="77777777" w:rsidR="00487AE8" w:rsidRPr="006A4672" w:rsidRDefault="00487AE8" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00553519">
               <w:rPr>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
               </w:rPr>
               <w:t>See guidance book for suggested questions to ask</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="006A4672" w:rsidR="00487AE8" w:rsidTr="00E90F79" w14:paraId="6FAF2B32" w14:textId="77777777">
+      <w:tr w:rsidR="00487AE8" w:rsidRPr="006A4672" w14:paraId="6FAF2B32" w14:textId="77777777" w:rsidTr="00E90F79">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A4672" w:rsidR="00487AE8" w:rsidP="00B3423B" w:rsidRDefault="00487AE8" w14:paraId="1FD3651F" w14:textId="73DC8A77">
+          <w:p w14:paraId="1FD3651F" w14:textId="73DC8A77" w:rsidR="00487AE8" w:rsidRPr="006A4672" w:rsidRDefault="00487AE8" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00553519">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Tutor comments</w:t>
             </w:r>
-            <w:r w:rsidRPr="00553519" w:rsidR="00151D85">
+            <w:r w:rsidR="00151D85" w:rsidRPr="00553519">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>/record of tutor discu</w:t>
             </w:r>
-            <w:r w:rsidRPr="00553519" w:rsidR="0048530D">
+            <w:r w:rsidR="0048530D" w:rsidRPr="00553519">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>ssion</w:t>
             </w:r>
             <w:r w:rsidRPr="006A4672">
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006A4672" w:rsidR="00487AE8" w:rsidP="00B3423B" w:rsidRDefault="00487AE8" w14:paraId="0BDB1B33" w14:textId="77777777">
+          <w:p w14:paraId="0BDB1B33" w14:textId="77777777" w:rsidR="00487AE8" w:rsidRPr="006A4672" w:rsidRDefault="00487AE8" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00553519">
               <w:rPr>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
               </w:rPr>
               <w:t>See guidance book for suggested questions to ask</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00553519" w:rsidR="00C20A7B" w:rsidTr="00727498" w14:paraId="4D1CEA4C" w14:textId="77777777">
+      <w:tr w:rsidR="00C20A7B" w:rsidRPr="00553519" w14:paraId="4D1CEA4C" w14:textId="77777777" w:rsidTr="00727498">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3954" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00553519" w:rsidR="00C20A7B" w:rsidP="00B3423B" w:rsidRDefault="00C20A7B" w14:paraId="72D142E6" w14:textId="32E27EF4">
+          <w:p w14:paraId="72D142E6" w14:textId="32E27EF4" w:rsidR="00C20A7B" w:rsidRPr="00553519" w:rsidRDefault="00C20A7B" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00553519">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Area of strength</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6394" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00553519" w:rsidR="00C20A7B" w:rsidP="00B3423B" w:rsidRDefault="00C20A7B" w14:paraId="685983A9" w14:textId="489D72C5">
+          <w:p w14:paraId="685983A9" w14:textId="489D72C5" w:rsidR="00C20A7B" w:rsidRPr="00553519" w:rsidRDefault="00C20A7B" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00553519">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Example of strength</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="006A4672" w:rsidR="0040642E" w:rsidTr="00727498" w14:paraId="22AFB362" w14:textId="77777777">
+      <w:tr w:rsidR="0040642E" w:rsidRPr="006A4672" w14:paraId="22AFB362" w14:textId="77777777" w:rsidTr="00727498">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3954" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B3423B" w:rsidR="0040642E" w:rsidP="00B3423B" w:rsidRDefault="0040642E" w14:paraId="7D2F0502" w14:textId="30A50309">
+          <w:p w14:paraId="7D2F0502" w14:textId="30A50309" w:rsidR="0040642E" w:rsidRPr="00B3423B" w:rsidRDefault="0040642E" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6394" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00367B75" w:rsidR="0040642E" w:rsidP="00B3423B" w:rsidRDefault="0040642E" w14:paraId="0FE015C4" w14:textId="77777777">
+          <w:p w14:paraId="0FE015C4" w14:textId="77777777" w:rsidR="0040642E" w:rsidRPr="00367B75" w:rsidRDefault="0040642E" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="006A4672" w:rsidR="00553519" w:rsidTr="00727498" w14:paraId="566B9B27" w14:textId="77777777">
+      <w:tr w:rsidR="00553519" w:rsidRPr="006A4672" w14:paraId="566B9B27" w14:textId="77777777" w:rsidTr="00727498">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3954" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B3423B" w:rsidR="00553519" w:rsidP="00B3423B" w:rsidRDefault="00553519" w14:paraId="45D32BD1" w14:textId="35279C25">
+          <w:p w14:paraId="45D32BD1" w14:textId="35279C25" w:rsidR="00553519" w:rsidRPr="00B3423B" w:rsidRDefault="00553519" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6394" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00367B75" w:rsidR="00553519" w:rsidP="00B3423B" w:rsidRDefault="00553519" w14:paraId="5144C5F8" w14:textId="77777777">
+          <w:p w14:paraId="5144C5F8" w14:textId="77777777" w:rsidR="00553519" w:rsidRPr="00367B75" w:rsidRDefault="00553519" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="006A4672" w:rsidR="002D1570" w:rsidTr="00E90F79" w14:paraId="6E5751E9" w14:textId="77777777">
+      <w:tr w:rsidR="002D1570" w:rsidRPr="006A4672" w14:paraId="6E5751E9" w14:textId="77777777" w:rsidTr="00E90F79">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00940241" w:rsidR="002D1570" w:rsidP="00B3423B" w:rsidRDefault="007F20DF" w14:paraId="0D510155" w14:textId="77777777">
+          <w:p w14:paraId="0D510155" w14:textId="77777777" w:rsidR="002D1570" w:rsidRPr="00940241" w:rsidRDefault="007F20DF" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00940241">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Examples of best practice to share</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00367B75" w:rsidR="007F20DF" w:rsidP="00B3423B" w:rsidRDefault="007F20DF" w14:paraId="141114CA" w14:textId="10B08454">
+          <w:p w14:paraId="141114CA" w14:textId="10B08454" w:rsidR="007F20DF" w:rsidRPr="00367B75" w:rsidRDefault="007F20DF" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00940241">
               <w:rPr>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Include here examples of best practice seen </w:t>
             </w:r>
-            <w:r w:rsidRPr="00940241" w:rsidR="002D7018">
+            <w:r w:rsidR="002D7018" w:rsidRPr="00940241">
               <w:rPr>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
               </w:rPr>
               <w:t>that would benefit</w:t>
             </w:r>
-            <w:r w:rsidRPr="00940241" w:rsidR="00DE6D51">
+            <w:r w:rsidR="00DE6D51" w:rsidRPr="00940241">
               <w:rPr>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
               </w:rPr>
               <w:t xml:space="preserve"> other tutors</w:t>
             </w:r>
-            <w:r w:rsidRPr="00940241" w:rsidR="00D63158">
+            <w:r w:rsidR="00D63158" w:rsidRPr="00940241">
               <w:rPr>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
               </w:rPr>
               <w:t xml:space="preserve">, delete box if </w:t>
             </w:r>
-            <w:r w:rsidRPr="00940241" w:rsidR="00CF30B8">
+            <w:r w:rsidR="00CF30B8" w:rsidRPr="00940241">
               <w:rPr>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
               </w:rPr>
               <w:t>no best practice to share</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00940241" w:rsidR="00D937AF" w:rsidTr="00D937AF" w14:paraId="329E65D0" w14:textId="77777777">
+      <w:tr w:rsidR="00D937AF" w:rsidRPr="00940241" w14:paraId="329E65D0" w14:textId="77777777" w:rsidTr="00D937AF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3954" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00940241" w:rsidR="00D937AF" w:rsidP="00B3423B" w:rsidRDefault="00D937AF" w14:paraId="5C24CF0D" w14:textId="4FBBDB47">
+          <w:p w14:paraId="5C24CF0D" w14:textId="4FBBDB47" w:rsidR="00D937AF" w:rsidRPr="00940241" w:rsidRDefault="00D937AF" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00940241">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Development Area:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6394" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00940241" w:rsidR="00D937AF" w:rsidP="00B3423B" w:rsidRDefault="00D937AF" w14:paraId="290B53E6" w14:textId="18783DDB">
+          <w:p w14:paraId="290B53E6" w14:textId="18783DDB" w:rsidR="00D937AF" w:rsidRPr="00940241" w:rsidRDefault="00D937AF" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00940241">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Development Action:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00A76A72" w:rsidR="00D937AF" w:rsidTr="00D937AF" w14:paraId="6CB16CC2" w14:textId="77777777">
+      <w:tr w:rsidR="00D937AF" w:rsidRPr="00A76A72" w14:paraId="6CB16CC2" w14:textId="77777777" w:rsidTr="00D937AF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3954" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidRPr="007E79DF" w:rsidR="00D937AF" w:rsidP="00B3423B" w:rsidRDefault="00D937AF" w14:paraId="3DAD4C0C" w14:textId="518C6997">
+          <w:p w14:paraId="3DAD4C0C" w14:textId="518C6997" w:rsidR="00D937AF" w:rsidRPr="007E79DF" w:rsidRDefault="00D937AF" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6394" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidRPr="007E79DF" w:rsidR="00D937AF" w:rsidP="00B3423B" w:rsidRDefault="00D937AF" w14:paraId="2DECB390" w14:textId="77777777">
+          <w:p w14:paraId="2DECB390" w14:textId="77777777" w:rsidR="00D937AF" w:rsidRPr="007E79DF" w:rsidRDefault="00D937AF" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00A76A72" w:rsidR="00D937AF" w:rsidTr="00D937AF" w14:paraId="464FFB39" w14:textId="77777777">
+      <w:tr w:rsidR="00D937AF" w:rsidRPr="00A76A72" w14:paraId="464FFB39" w14:textId="77777777" w:rsidTr="00D937AF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3954" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidRPr="007E79DF" w:rsidR="00D937AF" w:rsidP="00B3423B" w:rsidRDefault="00D937AF" w14:paraId="23D8C5CA" w14:textId="77777777">
+          <w:p w14:paraId="23D8C5CA" w14:textId="77777777" w:rsidR="00D937AF" w:rsidRPr="007E79DF" w:rsidRDefault="00D937AF" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6394" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidRPr="007E79DF" w:rsidR="00D937AF" w:rsidP="00B3423B" w:rsidRDefault="00D937AF" w14:paraId="06069A09" w14:textId="77777777">
+          <w:p w14:paraId="06069A09" w14:textId="77777777" w:rsidR="00D937AF" w:rsidRPr="007E79DF" w:rsidRDefault="00D937AF" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="006A4672" w:rsidR="00487AE8" w:rsidTr="00E90F79" w14:paraId="6D9A551D" w14:textId="77777777">
+      <w:tr w:rsidR="00487AE8" w:rsidRPr="006A4672" w14:paraId="6D9A551D" w14:textId="77777777" w:rsidTr="00E90F79">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A4672" w:rsidR="00487AE8" w:rsidP="00B3423B" w:rsidRDefault="00487AE8" w14:paraId="6CEFE930" w14:textId="77777777">
+          <w:p w14:paraId="6CEFE930" w14:textId="77777777" w:rsidR="00487AE8" w:rsidRPr="006A4672" w:rsidRDefault="00487AE8" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00940241">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Developing good practice</w:t>
             </w:r>
             <w:r w:rsidRPr="006A4672">
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006A4672" w:rsidR="00487AE8" w:rsidP="00B3423B" w:rsidRDefault="00487AE8" w14:paraId="4AD1CC60" w14:textId="77777777">
+          <w:p w14:paraId="4AD1CC60" w14:textId="77777777" w:rsidR="00487AE8" w:rsidRPr="006A4672" w:rsidRDefault="00487AE8" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00940241">
               <w:rPr>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
               </w:rPr>
               <w:t>Suggestions for things to try, develop, resources, methodology – the aim of this section is not to judge but to encourage, how could the tutor be even better still</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="006A4672" w:rsidR="00487AE8" w:rsidTr="00E90F79" w14:paraId="240BA52F" w14:textId="77777777">
+      <w:tr w:rsidR="00487AE8" w:rsidRPr="006A4672" w14:paraId="240BA52F" w14:textId="77777777" w:rsidTr="00E90F79">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A4672" w:rsidR="00487AE8" w:rsidP="00B3423B" w:rsidRDefault="00487AE8" w14:paraId="54C03C5C" w14:textId="77777777">
+          <w:p w14:paraId="54C03C5C" w14:textId="77777777" w:rsidR="00487AE8" w:rsidRPr="006A4672" w:rsidRDefault="00487AE8" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00940241">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Actions for Centre Manager/Curriculum Manager</w:t>
             </w:r>
             <w:r w:rsidRPr="006A4672">
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006A4672" w:rsidR="00487AE8" w:rsidP="00B3423B" w:rsidRDefault="00487AE8" w14:paraId="6DD874F4" w14:textId="77777777">
+          <w:p w14:paraId="6DD874F4" w14:textId="77777777" w:rsidR="00487AE8" w:rsidRPr="006A4672" w:rsidRDefault="00487AE8" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00940241">
               <w:rPr>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
               </w:rPr>
               <w:t xml:space="preserve">Need for tutor support, environment, course leaflets, enrolment </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="006A4672" w:rsidR="00487AE8" w:rsidTr="009D7B4E" w14:paraId="08F7DD60" w14:textId="77777777">
+      <w:tr w:rsidR="00487AE8" w:rsidRPr="006A4672" w14:paraId="08F7DD60" w14:textId="77777777" w:rsidTr="009D7B4E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5061" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A4672" w:rsidR="00487AE8" w:rsidP="00B3423B" w:rsidRDefault="00487AE8" w14:paraId="6DCCCF51" w14:textId="429EE9AD">
+          <w:p w14:paraId="6DCCCF51" w14:textId="429EE9AD" w:rsidR="00487AE8" w:rsidRPr="006A4672" w:rsidRDefault="00487AE8" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="007C5764">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Tutor file </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C5764" w:rsidR="002325E3">
+            <w:r w:rsidR="002325E3" w:rsidRPr="007C5764">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>checklist completed</w:t>
             </w:r>
             <w:r w:rsidRPr="006A4672">
               <w:t>: Yes/no</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5287" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A4672" w:rsidR="00487AE8" w:rsidP="00B3423B" w:rsidRDefault="00487AE8" w14:paraId="653A4F0F" w14:textId="77777777">
+          <w:p w14:paraId="653A4F0F" w14:textId="77777777" w:rsidR="00487AE8" w:rsidRPr="006A4672" w:rsidRDefault="00487AE8" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="007C5764">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Tutor file meets expected standard</w:t>
             </w:r>
             <w:r w:rsidRPr="006A4672">
               <w:t>: Yes/no</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="006A4672" w:rsidR="00487AE8" w:rsidTr="009D7B4E" w14:paraId="63937746" w14:textId="77777777">
+      <w:tr w:rsidR="00487AE8" w:rsidRPr="006A4672" w14:paraId="63937746" w14:textId="77777777" w:rsidTr="009D7B4E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5061" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A4672" w:rsidR="00487AE8" w:rsidP="00B3423B" w:rsidRDefault="00487AE8" w14:paraId="27F46712" w14:textId="77777777">
+          <w:p w14:paraId="27F46712" w14:textId="77777777" w:rsidR="00487AE8" w:rsidRPr="006A4672" w:rsidRDefault="00487AE8" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="007C5764">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Actions from previous observation</w:t>
             </w:r>
             <w:r w:rsidRPr="006A4672">
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5287" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A4672" w:rsidR="00487AE8" w:rsidP="00B3423B" w:rsidRDefault="00487AE8" w14:paraId="6622E40B" w14:textId="77777777">
+          <w:p w14:paraId="6622E40B" w14:textId="77777777" w:rsidR="00487AE8" w:rsidRPr="006A4672" w:rsidRDefault="00487AE8" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="007C5764">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Comment on changes in practice</w:t>
             </w:r>
             <w:r w:rsidRPr="006A4672">
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="006A4672" w:rsidR="001D6E90" w:rsidTr="004401EF" w14:paraId="1AEF3EB1" w14:textId="77777777">
+      <w:tr w:rsidR="001D6E90" w:rsidRPr="006A4672" w14:paraId="1AEF3EB1" w14:textId="77777777" w:rsidTr="004401EF">
         <w:trPr>
           <w:trHeight w:val="229"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A4672" w:rsidR="001D6E90" w:rsidP="00B3423B" w:rsidRDefault="001D6E90" w14:paraId="76BB85F7" w14:textId="3662289B">
+          <w:p w14:paraId="76BB85F7" w14:textId="3662289B" w:rsidR="001D6E90" w:rsidRPr="006A4672" w:rsidRDefault="001D6E90" w:rsidP="00B3423B">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="007C5764">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Observation </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C5764" w:rsidR="00840F18">
+            <w:r w:rsidR="00840F18" w:rsidRPr="007C5764">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
             <w:r w:rsidRPr="007C5764">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>utcome</w:t>
             </w:r>
             <w:r w:rsidRPr="006A4672">
               <w:t xml:space="preserve"> (delete as appropriate)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="007C5764" w:rsidR="001D6E90" w:rsidP="009B2DAF" w:rsidRDefault="001D6E90" w14:paraId="130F3AB6" w14:textId="5E24B81F">
+          <w:p w14:paraId="130F3AB6" w14:textId="5E24B81F" w:rsidR="001D6E90" w:rsidRPr="007C5764" w:rsidRDefault="001D6E90" w:rsidP="009B2DAF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
             </w:pPr>
             <w:r w:rsidRPr="007C5764">
               <w:t xml:space="preserve">Tutor meets </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C5764" w:rsidR="002B37B7">
+            <w:r w:rsidR="002B37B7" w:rsidRPr="007C5764">
               <w:t xml:space="preserve">or exceeds </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5764">
               <w:t>expected standard of teaching learning and assessment</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006722EC" w:rsidR="00FB0BB4" w:rsidP="009B2DAF" w:rsidRDefault="00FB0BB4" w14:paraId="442A042E" w14:textId="11CA5407">
+          <w:p w14:paraId="442A042E" w14:textId="11CA5407" w:rsidR="00FB0BB4" w:rsidRPr="006722EC" w:rsidRDefault="00FB0BB4" w:rsidP="009B2DAF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C5764">
               <w:t>Tutor needs further support to achieve minimum expectations, reobservation needed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00015386" w:rsidP="00B3423B" w:rsidRDefault="00015386" w14:paraId="5A6FF764" w14:textId="122F42E7">
+    <w:p w14:paraId="5A6FF764" w14:textId="122F42E7" w:rsidR="00015386" w:rsidRDefault="00015386" w:rsidP="00B3423B">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="006A4672" w:rsidR="00822C3C" w:rsidP="00B3423B" w:rsidRDefault="00822C3C" w14:paraId="799FF56E" w14:textId="77777777">
+    <w:p w14:paraId="799FF56E" w14:textId="77777777" w:rsidR="00822C3C" w:rsidRPr="006A4672" w:rsidRDefault="00822C3C" w:rsidP="00B3423B">
       <w:r w:rsidRPr="006A4672">
         <w:t xml:space="preserve">Signed: XXX     Print: </w:t>
       </w:r>
       <w:r w:rsidRPr="006A4672">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>XXX</w:t>
       </w:r>
       <w:r w:rsidRPr="006A4672">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006A4672">
         <w:t xml:space="preserve">Observer)   </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006A4672">
         <w:t xml:space="preserve">  Date: XXX </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="006A4672" w:rsidR="00822C3C" w:rsidP="00B3423B" w:rsidRDefault="00822C3C" w14:paraId="0897747A" w14:textId="77777777">
+    <w:p w14:paraId="0897747A" w14:textId="77777777" w:rsidR="00822C3C" w:rsidRPr="006A4672" w:rsidRDefault="00822C3C" w:rsidP="00B3423B">
       <w:r w:rsidRPr="006A4672">
         <w:t xml:space="preserve">Signed: XXX     Print: </w:t>
       </w:r>
       <w:r w:rsidRPr="006A4672">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>XXX</w:t>
       </w:r>
       <w:r w:rsidRPr="006A4672">
         <w:t xml:space="preserve"> (Joint </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006A4672">
         <w:t xml:space="preserve">Observer)   </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006A4672">
         <w:t xml:space="preserve">  Date: XXX </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="006A4672" w:rsidR="00822C3C" w:rsidP="00B3423B" w:rsidRDefault="00822C3C" w14:paraId="355C1502" w14:textId="77777777">
+    <w:p w14:paraId="355C1502" w14:textId="77777777" w:rsidR="00822C3C" w:rsidRPr="006A4672" w:rsidRDefault="00822C3C" w:rsidP="00B3423B">
       <w:r w:rsidRPr="006A4672">
         <w:t xml:space="preserve">Have you given verbal feedback to the tutor? </w:t>
       </w:r>
       <w:r w:rsidRPr="006A4672">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Yes / No</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="006A4672" w:rsidR="00822C3C" w:rsidP="00B3423B" w:rsidRDefault="00822C3C" w14:paraId="289EB968" w14:textId="4DA26174">
+    <w:p w14:paraId="289EB968" w14:textId="4DA26174" w:rsidR="00822C3C" w:rsidRPr="006A4672" w:rsidRDefault="00822C3C" w:rsidP="00B3423B">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A4672">
         <w:t>Completed observation reports to be returned to</w:t>
       </w:r>
       <w:r w:rsidR="00C220E8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId10">
-        <w:r w:rsidRPr="000F4E20" w:rsidR="00B75793">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="00B75793" w:rsidRPr="000F4E20">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>HAQuality@hants.gov.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B75793">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0046214C">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">within </w:t>
       </w:r>
       <w:r w:rsidRPr="00F04BFC">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>3 working days</w:t>
       </w:r>
       <w:r w:rsidRPr="0046214C">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the observation taking place.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00822C3C" w:rsidP="00B3423B" w:rsidRDefault="00822C3C" w14:paraId="6C3B8FCA" w14:textId="77777777">
+    <w:p w14:paraId="6C3B8FCA" w14:textId="77777777" w:rsidR="00822C3C" w:rsidRDefault="00822C3C" w:rsidP="00B3423B">
       <w:r>
         <w:t>Please delete the blue guidance notes before submission.</w:t>
       </w:r>
     </w:p>
-    <w:commentRangeStart w:id="0"/>
-    <w:p w:rsidR="00015386" w:rsidP="258FC166" w:rsidRDefault="7E7BDA61" w14:paraId="14728FE5" w14:textId="1912E69E">
+    <w:p w14:paraId="14728FE5" w14:textId="1912E69E" w:rsidR="00015386" w:rsidRDefault="7E7BDA61" w:rsidP="258FC166">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="Ra0095a489e3e4e82">
-        <w:r w:rsidRPr="563FF7EC" w:rsidR="7E7BDA61">
+      <w:hyperlink r:id="rId11">
+        <w:r w:rsidRPr="563FF7EC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial"/>
           </w:rPr>
           <w:t>Observation of teaching learning and assessment policy</w:t>
         </w:r>
       </w:hyperlink>
-      <w:commentRangeEnd w:id="0"/>
-[...5 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9537" w:type="dxa"/>
         <w:tblInd w:w="-289" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8335"/>
         <w:gridCol w:w="1202"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00386039" w:rsidR="00F53310" w:rsidTr="3BB39FA1" w14:paraId="617703E3" w14:textId="77777777">
+      <w:tr w:rsidR="00F53310" w:rsidRPr="00386039" w14:paraId="617703E3" w14:textId="77777777" w:rsidTr="3BB39FA1">
         <w:trPr>
           <w:trHeight w:val="853"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8335" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00255051" w:rsidR="00F53310" w:rsidP="00255051" w:rsidRDefault="00F53310" w14:paraId="051CC27F" w14:textId="77777777">
+          <w:p w14:paraId="051CC27F" w14:textId="77777777" w:rsidR="00F53310" w:rsidRPr="00450116" w:rsidRDefault="00F53310" w:rsidP="00255051">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00450116">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Hampshire Achieves</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B5E2B59" w14:textId="77777777" w:rsidR="00F53310" w:rsidRPr="00255051" w:rsidRDefault="00F53310" w:rsidP="00255051">
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00255051">
-[...25 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00450116">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Tutor’s Course File Checklist (YPL) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1202" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00386039" w:rsidR="00F53310" w:rsidP="00091930" w:rsidRDefault="00F53310" w14:paraId="26B1CB6D" w14:textId="77777777">
+          <w:p w14:paraId="26B1CB6D" w14:textId="77777777" w:rsidR="00F53310" w:rsidRPr="00386039" w:rsidRDefault="00F53310" w:rsidP="00091930">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00386039" w:rsidR="00F53310" w:rsidP="00091930" w:rsidRDefault="00F53310" w14:paraId="0DD5E320" w14:textId="77777777">
+          <w:p w14:paraId="0DD5E320" w14:textId="77777777" w:rsidR="00F53310" w:rsidRPr="00386039" w:rsidRDefault="00F53310" w:rsidP="00091930">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0A610668">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings"/>
+                <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>ü</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001601AA" w:rsidR="00F53310" w:rsidTr="3BB39FA1" w14:paraId="13527BD3" w14:textId="77777777">
+      <w:tr w:rsidR="00F53310" w:rsidRPr="001601AA" w14:paraId="13527BD3" w14:textId="77777777" w:rsidTr="3BB39FA1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8335" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003B0A77" w:rsidR="00F53310" w:rsidP="006B7D25" w:rsidRDefault="00F53310" w14:paraId="2DDCFD53" w14:textId="77777777">
+          <w:p w14:paraId="2DDCFD53" w14:textId="77777777" w:rsidR="00F53310" w:rsidRPr="003B0A77" w:rsidRDefault="00F53310" w:rsidP="006B7D25">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B0A77">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Marked Register</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="001601AA" w:rsidR="00F53310" w:rsidP="006B7D25" w:rsidRDefault="00F53310" w14:paraId="11EF152C" w14:textId="77777777">
+          <w:p w14:paraId="11EF152C" w14:textId="77777777" w:rsidR="00F53310" w:rsidRPr="001601AA" w:rsidRDefault="00F53310" w:rsidP="006B7D25">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00AE244E">
               <w:t>For each session record attendance and punctuality. For paper registers these should be initialled and dated by the Tutor.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1202" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="001601AA" w:rsidR="00F53310" w:rsidP="00091930" w:rsidRDefault="00F53310" w14:paraId="1C0BFF6B" w14:textId="77777777">
+          <w:p w14:paraId="1C0BFF6B" w14:textId="77777777" w:rsidR="00F53310" w:rsidRPr="001601AA" w:rsidRDefault="00F53310" w:rsidP="00091930">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001601AA" w:rsidR="00F53310" w:rsidTr="3BB39FA1" w14:paraId="5150A593" w14:textId="77777777">
+      <w:tr w:rsidR="00F53310" w:rsidRPr="001601AA" w14:paraId="5150A593" w14:textId="77777777" w:rsidTr="3BB39FA1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8335" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00186FF3" w:rsidR="00F53310" w:rsidP="006B7D25" w:rsidRDefault="00F53310" w14:paraId="5E64F9DC" w14:textId="77777777">
+          <w:p w14:paraId="5E64F9DC" w14:textId="77777777" w:rsidR="00F53310" w:rsidRPr="00186FF3" w:rsidRDefault="00F53310" w:rsidP="006B7D25">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00186FF3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Information about the Course </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00AE244E" w:rsidR="00F53310" w:rsidP="006B7D25" w:rsidRDefault="00F53310" w14:paraId="62D24D34" w14:textId="77777777">
+          <w:p w14:paraId="62D24D34" w14:textId="77777777" w:rsidR="00F53310" w:rsidRPr="00AE244E" w:rsidRDefault="00F53310" w:rsidP="006B7D25">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B811A0">
               <w:t>e.g., course information leaflet and/or flyer, this should include course aims (Intent), learning objectives, and progression opportunities.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1202" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="001601AA" w:rsidR="00F53310" w:rsidP="00091930" w:rsidRDefault="00F53310" w14:paraId="38E8AD64" w14:textId="77777777">
+          <w:p w14:paraId="38E8AD64" w14:textId="77777777" w:rsidR="00F53310" w:rsidRPr="001601AA" w:rsidRDefault="00F53310" w:rsidP="00091930">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001601AA" w:rsidR="00F53310" w:rsidTr="3BB39FA1" w14:paraId="2C21EE93" w14:textId="77777777">
+      <w:tr w:rsidR="00F53310" w:rsidRPr="001601AA" w14:paraId="2C21EE93" w14:textId="77777777" w:rsidTr="3BB39FA1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8335" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="001601AA" w:rsidR="00F53310" w:rsidP="006B7D25" w:rsidRDefault="00F53310" w14:paraId="1DECE6D9" w14:textId="77777777">
+          <w:p w14:paraId="1DECE6D9" w14:textId="77777777" w:rsidR="00F53310" w:rsidRPr="001601AA" w:rsidRDefault="00F53310" w:rsidP="006B7D25">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001601AA">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Learner Induction Checklist</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="0043420A" w:rsidR="00F53310" w:rsidP="006B7D25" w:rsidRDefault="00F53310" w14:paraId="2460E2A2" w14:textId="77777777">
+          <w:p w14:paraId="2460E2A2" w14:textId="77777777" w:rsidR="00F53310" w:rsidRPr="0043420A" w:rsidRDefault="00F53310" w:rsidP="006B7D25">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="001601AA">
               <w:t>(Signed by Tutor)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1202" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="001601AA" w:rsidR="00F53310" w:rsidP="00091930" w:rsidRDefault="00F53310" w14:paraId="33E3257D" w14:textId="77777777">
+          <w:p w14:paraId="33E3257D" w14:textId="77777777" w:rsidR="00F53310" w:rsidRPr="001601AA" w:rsidRDefault="00F53310" w:rsidP="00091930">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001601AA" w:rsidR="00F53310" w:rsidTr="3BB39FA1" w14:paraId="5524BD25" w14:textId="77777777">
+      <w:tr w:rsidR="00F53310" w:rsidRPr="001601AA" w14:paraId="5524BD25" w14:textId="77777777" w:rsidTr="3BB39FA1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8335" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="001601AA" w:rsidR="00F53310" w:rsidP="006B7D25" w:rsidRDefault="00F53310" w14:paraId="2CCA3FCA" w14:textId="77777777">
+          <w:p w14:paraId="2CCA3FCA" w14:textId="77777777" w:rsidR="00F53310" w:rsidRPr="001601AA" w:rsidRDefault="00F53310" w:rsidP="006B7D25">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E06A9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t>Planning documentation</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> (Implementation)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="003453C1" w:rsidR="00F53310" w:rsidP="006B7D25" w:rsidRDefault="00F53310" w14:paraId="65FDFFAC" w14:textId="77777777">
+          <w:p w14:paraId="65FDFFAC" w14:textId="77777777" w:rsidR="00F53310" w:rsidRPr="003453C1" w:rsidRDefault="00F53310" w:rsidP="006B7D25">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C7C55">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Curriculum Plan/s documentation </w:t>
             </w:r>
             <w:r w:rsidRPr="003453C1">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">should </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>clearly identify:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00473736" w:rsidR="00F53310" w:rsidP="009B2DAF" w:rsidRDefault="00F53310" w14:paraId="5C465AC6" w14:textId="77777777">
+          <w:p w14:paraId="5C465AC6" w14:textId="77777777" w:rsidR="00F53310" w:rsidRPr="00473736" w:rsidRDefault="00F53310" w:rsidP="009B2DAF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:ind w:left="675"/>
             </w:pPr>
             <w:r w:rsidRPr="00C72C9E">
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidRPr="00473736">
               <w:t xml:space="preserve">MART objectives </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00473736" w:rsidR="00F53310" w:rsidP="009B2DAF" w:rsidRDefault="00F53310" w14:paraId="12155059" w14:textId="77777777">
+          <w:p w14:paraId="12155059" w14:textId="77777777" w:rsidR="00F53310" w:rsidRPr="00473736" w:rsidRDefault="00F53310" w:rsidP="009B2DAF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:ind w:left="675"/>
             </w:pPr>
             <w:r w:rsidRPr="00473736">
               <w:lastRenderedPageBreak/>
               <w:t>Assessment; Differentiation; Resources</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00473736" w:rsidR="00F53310" w:rsidP="009B2DAF" w:rsidRDefault="00F53310" w14:paraId="56B827D1" w14:textId="77777777">
+          <w:p w14:paraId="56B827D1" w14:textId="77777777" w:rsidR="00F53310" w:rsidRPr="00473736" w:rsidRDefault="00F53310" w:rsidP="009B2DAF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:ind w:left="675"/>
             </w:pPr>
             <w:r w:rsidRPr="00473736">
               <w:t xml:space="preserve">Opportunities for promoting Health and Safety; Safeguarding and Prevent; &amp; Equality and Diversity </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00473736" w:rsidR="00F53310" w:rsidP="009B2DAF" w:rsidRDefault="00F53310" w14:paraId="71DC73AF" w14:textId="77777777">
+          <w:p w14:paraId="71DC73AF" w14:textId="77777777" w:rsidR="00F53310" w:rsidRPr="00473736" w:rsidRDefault="00F53310" w:rsidP="009B2DAF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:ind w:left="675"/>
             </w:pPr>
             <w:r w:rsidRPr="00473736">
               <w:t>Embedding of English, maths, and British values (where appropriate)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00473736" w:rsidR="00F53310" w:rsidP="009B2DAF" w:rsidRDefault="00F53310" w14:paraId="314EFCF5" w14:textId="77777777">
+          <w:p w14:paraId="314EFCF5" w14:textId="77777777" w:rsidR="00F53310" w:rsidRPr="00473736" w:rsidRDefault="00F53310" w:rsidP="009B2DAF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:ind w:left="675"/>
             </w:pPr>
             <w:r w:rsidRPr="00473736">
               <w:t xml:space="preserve">Session plan review and evaluation (completed after each unit). </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="0043420A" w:rsidR="00F53310" w:rsidP="006B7D25" w:rsidRDefault="00F53310" w14:paraId="3E4B0A90" w14:textId="77777777">
+          <w:p w14:paraId="3E4B0A90" w14:textId="77777777" w:rsidR="00F53310" w:rsidRPr="0043420A" w:rsidRDefault="00F53310" w:rsidP="006B7D25">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1202" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="001601AA" w:rsidR="00F53310" w:rsidP="00091930" w:rsidRDefault="00F53310" w14:paraId="5FE0FBB2" w14:textId="77777777">
+          <w:p w14:paraId="5FE0FBB2" w14:textId="77777777" w:rsidR="00F53310" w:rsidRPr="001601AA" w:rsidRDefault="00F53310" w:rsidP="00091930">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001601AA" w:rsidR="00F53310" w:rsidTr="3BB39FA1" w14:paraId="298894EA" w14:textId="77777777">
+      <w:tr w:rsidR="00F53310" w:rsidRPr="001601AA" w14:paraId="298894EA" w14:textId="77777777" w:rsidTr="3BB39FA1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8335" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00A35D71" w:rsidR="00F53310" w:rsidP="006B7D25" w:rsidRDefault="00F53310" w14:paraId="7D791A57" w14:textId="77777777">
+          <w:p w14:paraId="7D791A57" w14:textId="77777777" w:rsidR="00F53310" w:rsidRPr="00A35D71" w:rsidRDefault="00F53310" w:rsidP="006B7D25">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE6E94">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Learner Records</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> of Achievement and Progress</w:t>
             </w:r>
             <w:r w:rsidRPr="00A35D71">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E81EAD">
               <w:t>(Impact)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00473736" w:rsidR="00F53310" w:rsidP="006B7D25" w:rsidRDefault="00F53310" w14:paraId="29F47D02" w14:textId="77777777">
+          <w:p w14:paraId="29F47D02" w14:textId="77777777" w:rsidR="00F53310" w:rsidRPr="00473736" w:rsidRDefault="00F53310" w:rsidP="006B7D25">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00473736">
               <w:t>This includes:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00473736" w:rsidR="00F53310" w:rsidP="009B2DAF" w:rsidRDefault="00F53310" w14:paraId="236C83E1" w14:textId="77777777">
+          <w:p w14:paraId="236C83E1" w14:textId="77777777" w:rsidR="00F53310" w:rsidRPr="00473736" w:rsidRDefault="00F53310" w:rsidP="009B2DAF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="675" w:right="479"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00473736">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial"/>
               </w:rPr>
               <w:t>Recorded detail on individual learners, including outcomes of initial assessment, prior knowledge, and skills, learning style and additional support needs</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00AF3B31" w:rsidR="00F53310" w:rsidP="009B2DAF" w:rsidRDefault="00F53310" w14:paraId="150C1387" w14:textId="77777777">
+          <w:p w14:paraId="150C1387" w14:textId="77777777" w:rsidR="00F53310" w:rsidRPr="00AF3B31" w:rsidRDefault="00F53310" w:rsidP="009B2DAF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="675" w:right="479"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00473736">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial"/>
               </w:rPr>
               <w:t>Recording learners’ progress and achievement against course objectives and individual learning goals</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> (course tracking documents)</w:t>
             </w:r>
             <w:r w:rsidRPr="00473736">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F53310" w:rsidP="009B2DAF" w:rsidRDefault="00F53310" w14:paraId="0B55CBC8" w14:textId="77777777">
+          <w:p w14:paraId="0B55CBC8" w14:textId="77777777" w:rsidR="00F53310" w:rsidRDefault="00F53310" w:rsidP="009B2DAF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="675" w:right="479"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF3B31">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Assessment results</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00AF3B31" w:rsidR="00F53310" w:rsidP="009B2DAF" w:rsidRDefault="00F53310" w14:paraId="757771CC" w14:textId="77777777">
+          <w:p w14:paraId="757771CC" w14:textId="77777777" w:rsidR="00F53310" w:rsidRPr="00AF3B31" w:rsidRDefault="00F53310" w:rsidP="009B2DAF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="675" w:right="479"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3-way reviews</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1202" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="00F53310" w:rsidP="00091930" w:rsidRDefault="00F53310" w14:paraId="02559D84" w14:textId="77777777">
+          <w:p w14:paraId="02559D84" w14:textId="77777777" w:rsidR="00F53310" w:rsidRDefault="00F53310" w:rsidP="00091930">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001601AA" w:rsidR="00F53310" w:rsidTr="3BB39FA1" w14:paraId="7B7AC030" w14:textId="77777777">
+      <w:tr w:rsidR="00F53310" w:rsidRPr="001601AA" w14:paraId="7B7AC030" w14:textId="77777777" w:rsidTr="3BB39FA1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8335" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F53310" w:rsidP="006B7D25" w:rsidRDefault="00F53310" w14:paraId="77C5A52E" w14:textId="77777777">
+          <w:p w14:paraId="77C5A52E" w14:textId="77777777" w:rsidR="00F53310" w:rsidRDefault="00F53310" w:rsidP="006B7D25">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Confirm location of learner records: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00640115" w:rsidR="00B519ED" w:rsidP="3BB39FA1" w:rsidRDefault="00B519ED" w14:paraId="76BF1B53" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="76BF1B53" w14:textId="77777777" w:rsidR="00B519ED" w:rsidRPr="00640115" w:rsidRDefault="00B519ED" w:rsidP="3BB39FA1">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
-              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="R9185d20eedfa43d9">
-              <w:r w:rsidRPr="3BB39FA1" w:rsidR="00B519ED">
+            <w:hyperlink r:id="rId12">
+              <w:r w:rsidRPr="3BB39FA1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:t>Young Peoples Learning (sharepoint.com)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidRPr="00640115" w:rsidR="00F53310" w:rsidP="00B519ED" w:rsidRDefault="00B519ED" w14:paraId="745ED430" w14:textId="1C8846ED">
+          <w:p w14:paraId="745ED430" w14:textId="1C8846ED" w:rsidR="00F53310" w:rsidRPr="00640115" w:rsidRDefault="00B519ED" w:rsidP="00B519ED">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId15">
+            <w:hyperlink r:id="rId13">
               <w:r w:rsidRPr="0FF7B5A3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:t>CENTURY | Online Learning | English, Maths and Science</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1202" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="001601AA" w:rsidR="00F53310" w:rsidP="00091930" w:rsidRDefault="00F53310" w14:paraId="74FF26A7" w14:textId="77777777">
+          <w:p w14:paraId="74FF26A7" w14:textId="77777777" w:rsidR="00F53310" w:rsidRPr="001601AA" w:rsidRDefault="00F53310" w:rsidP="00091930">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001601AA" w:rsidR="00F53310" w:rsidTr="3BB39FA1" w14:paraId="1ACC5A02" w14:textId="77777777">
+      <w:tr w:rsidR="00F53310" w:rsidRPr="001601AA" w14:paraId="1ACC5A02" w14:textId="77777777" w:rsidTr="3BB39FA1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8335" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00473736" w:rsidR="00F53310" w:rsidP="006B7D25" w:rsidRDefault="00F53310" w14:paraId="2F2BE474" w14:textId="32121AFF">
+          <w:p w14:paraId="2F2BE474" w14:textId="32121AFF" w:rsidR="00F53310" w:rsidRPr="00473736" w:rsidRDefault="00F53310" w:rsidP="006B7D25">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00473736">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Safeguarding</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00473736">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">&amp; Prevent Tutor Checklist </w:t>
             </w:r>
             <w:r w:rsidR="009E6807">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>(SP01)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00613E4C" w:rsidR="00F53310" w:rsidP="009B2DAF" w:rsidRDefault="009E6807" w14:paraId="41E80916" w14:textId="6F048DDC">
+          <w:p w14:paraId="41E80916" w14:textId="6F048DDC" w:rsidR="00F53310" w:rsidRPr="00613E4C" w:rsidRDefault="009E6807" w:rsidP="009B2DAF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1414BF">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Completed and updated annually</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1202" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="001601AA" w:rsidR="00F53310" w:rsidP="00091930" w:rsidRDefault="00F53310" w14:paraId="7DB16DC0" w14:textId="77777777">
+          <w:p w14:paraId="7DB16DC0" w14:textId="77777777" w:rsidR="00F53310" w:rsidRPr="001601AA" w:rsidRDefault="00F53310" w:rsidP="00091930">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001601AA" w:rsidR="00F53310" w:rsidTr="3BB39FA1" w14:paraId="5141A183" w14:textId="77777777">
+      <w:tr w:rsidR="00F53310" w:rsidRPr="001601AA" w14:paraId="5141A183" w14:textId="77777777" w:rsidTr="3BB39FA1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8335" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F53310" w:rsidP="006B7D25" w:rsidRDefault="00F53310" w14:paraId="2CA5D0ED" w14:textId="77777777">
+          <w:p w14:paraId="2CA5D0ED" w14:textId="77777777" w:rsidR="00F53310" w:rsidRDefault="00F53310" w:rsidP="006B7D25">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00907313">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Health and Safety Classroom / Activity Risk Assessments</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00FD7025" w:rsidR="00F53310" w:rsidP="009B2DAF" w:rsidRDefault="00F53310" w14:paraId="704CD189" w14:textId="77777777">
+          <w:p w14:paraId="704CD189" w14:textId="77777777" w:rsidR="00F53310" w:rsidRPr="00FD7025" w:rsidRDefault="00F53310" w:rsidP="009B2DAF">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="675"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD7025">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">For sports/physical activity classes: additional health assessment for learners (if applicable) Outdoor activities (EVOLVE) </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E63A76" w:rsidR="00F53310" w:rsidP="009B2DAF" w:rsidRDefault="00F53310" w14:paraId="4E0F72E0" w14:textId="77777777">
+          <w:p w14:paraId="4E0F72E0" w14:textId="77777777" w:rsidR="00F53310" w:rsidRPr="00E63A76" w:rsidRDefault="00F53310" w:rsidP="009B2DAF">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="675"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD7025">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Safeguarding considerations e.g., classroom environment (face to face and/or online</w:t>
             </w:r>
             <w:r w:rsidRPr="00E63A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00F57820" w:rsidR="00F53310" w:rsidP="009B2DAF" w:rsidRDefault="00F53310" w14:paraId="41B6C9D3" w14:textId="77777777">
+          <w:p w14:paraId="41B6C9D3" w14:textId="77777777" w:rsidR="00F53310" w:rsidRPr="00F57820" w:rsidRDefault="00F53310" w:rsidP="009B2DAF">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="675"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Supported by centres own health &amp; safety </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
             <w:r w:rsidRPr="00E63A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">onsiderations/assessments </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="005B40E0" w:rsidR="00F53310" w:rsidP="006B7D25" w:rsidRDefault="00F53310" w14:paraId="1C698450" w14:textId="77777777">
+          <w:p w14:paraId="1C698450" w14:textId="77777777" w:rsidR="00F53310" w:rsidRPr="005B40E0" w:rsidRDefault="00F53310" w:rsidP="006B7D25">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00907313">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>(Signed by Tutor, updated when appropriate)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="002E06A9" w:rsidR="00F53310" w:rsidP="006B7D25" w:rsidRDefault="00F53310" w14:paraId="1705B0AE" w14:textId="77777777">
+          <w:p w14:paraId="1705B0AE" w14:textId="77777777" w:rsidR="00F53310" w:rsidRPr="002E06A9" w:rsidRDefault="00F53310" w:rsidP="006B7D25">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1202" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="001601AA" w:rsidR="00F53310" w:rsidP="00091930" w:rsidRDefault="00F53310" w14:paraId="5057BEDA" w14:textId="77777777">
+          <w:p w14:paraId="5057BEDA" w14:textId="77777777" w:rsidR="00F53310" w:rsidRPr="001601AA" w:rsidRDefault="00F53310" w:rsidP="00091930">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00C230FA" w:rsidR="00665019" w:rsidP="00665019" w:rsidRDefault="00665019" w14:paraId="7C096A51" w14:textId="77777777">
+    <w:p w14:paraId="7C096A51" w14:textId="77777777" w:rsidR="00665019" w:rsidRPr="00C230FA" w:rsidRDefault="00665019" w:rsidP="00665019">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="-284"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C230FA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>See VLE for templates of all curriculum planning and delivery, format must not be changed/adapted without the approval of the Development Manager (Quality &amp; Assessment)</w:t>
+        <w:t xml:space="preserve">See VLE for templates of all </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C230FA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>curriculum</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C230FA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> planning and delivery, format must not be changed/adapted without the approval of the Development Manager (Quality &amp; Assessment)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="002A02F2" w:rsidR="00E439A1" w:rsidP="005C242E" w:rsidRDefault="005C242E" w14:paraId="6CC58EB0" w14:textId="5F1B0FC6">
+    <w:p w14:paraId="6CC58EB0" w14:textId="5F1B0FC6" w:rsidR="00E439A1" w:rsidRPr="002A02F2" w:rsidRDefault="005C242E" w:rsidP="005C242E">
       <w:pPr>
         <w:ind w:left="-142"/>
       </w:pPr>
-      <w:hyperlink w:tgtFrame="_blank" w:history="1" w:anchor="section-6" r:id="rId16">
+      <w:hyperlink r:id="rId14" w:anchor="section-6" w:tgtFrame="_blank" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>Course: HA Quality documentation templates (participationandlifelonglearning.co.uk)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidRPr="002A02F2" w:rsidR="00E439A1" w:rsidSect="00A83C42">
-[...5 lines deleted...]
-      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
+    <w:sectPr w:rsidR="00E439A1" w:rsidRPr="002A02F2" w:rsidSect="00A83C42">
+      <w:headerReference w:type="even" r:id="rId15"/>
+      <w:headerReference w:type="default" r:id="rId16"/>
+      <w:footerReference w:type="default" r:id="rId17"/>
+      <w:headerReference w:type="first" r:id="rId18"/>
+      <w:footerReference w:type="first" r:id="rId19"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1993" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
-[...94 lines deleted...]
-
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B87015" w:rsidP="00B3423B" w:rsidRDefault="00B87015" w14:paraId="78C4151F" w14:textId="77777777">
+    <w:p w14:paraId="78C4151F" w14:textId="77777777" w:rsidR="00B87015" w:rsidRDefault="00B87015" w:rsidP="00B3423B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B87015" w:rsidP="00B3423B" w:rsidRDefault="00B87015" w14:paraId="4D13F0A7" w14:textId="77777777">
+    <w:p w14:paraId="4D13F0A7" w14:textId="77777777" w:rsidR="00B87015" w:rsidRDefault="00B87015" w:rsidP="00B3423B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00B87015" w:rsidP="00B3423B" w:rsidRDefault="00B87015" w14:paraId="64E2F26C" w14:textId="77777777"/>
+    <w:p w14:paraId="64E2F26C" w14:textId="77777777" w:rsidR="00B87015" w:rsidRDefault="00B87015" w:rsidP="00B3423B"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidRPr="006303AE" w:rsidR="007C3772" w:rsidP="00445D45" w:rsidRDefault="00445D45" w14:paraId="7F681101" w14:textId="1F6F9CA4">
+  <w:p w14:paraId="7F681101" w14:textId="1F6F9CA4" w:rsidR="007C3772" w:rsidRPr="006303AE" w:rsidRDefault="00445D45" w:rsidP="00445D45">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r w:rsidRPr="00445D45">
       <w:t>HA25 OTLA Form YPL 25</w:t>
     </w:r>
     <w:r w:rsidR="00FF7A6C">
       <w:t>-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidRPr="00A83C42" w:rsidR="00A83C42" w:rsidP="00445D45" w:rsidRDefault="00445D45" w14:paraId="015C1C6B" w14:textId="616BF2EC">
+  <w:p w14:paraId="015C1C6B" w14:textId="7277B5F8" w:rsidR="00A83C42" w:rsidRPr="00A83C42" w:rsidRDefault="00445D45" w:rsidP="00445D45">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r w:rsidRPr="00445D45">
-      <w:t>HA25 OTLA Form YPL 24-25</w:t>
+      <w:t>HA25 OTLA Form YPL 2</w:t>
+    </w:r>
+    <w:r w:rsidR="00450116">
+      <w:t>5</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00445D45">
+      <w:t>-2</w:t>
+    </w:r>
+    <w:r w:rsidR="00450116">
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B87015" w:rsidP="00B3423B" w:rsidRDefault="00B87015" w14:paraId="27A586E4" w14:textId="77777777">
+    <w:p w14:paraId="27A586E4" w14:textId="77777777" w:rsidR="00B87015" w:rsidRDefault="00B87015" w:rsidP="00B3423B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B87015" w:rsidP="00B3423B" w:rsidRDefault="00B87015" w14:paraId="40E5C7C4" w14:textId="77777777">
+    <w:p w14:paraId="40E5C7C4" w14:textId="77777777" w:rsidR="00B87015" w:rsidRDefault="00B87015" w:rsidP="00B3423B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00B87015" w:rsidP="00B3423B" w:rsidRDefault="00B87015" w14:paraId="4C60CC00" w14:textId="77777777"/>
+    <w:p w14:paraId="4C60CC00" w14:textId="77777777" w:rsidR="00B87015" w:rsidRDefault="00B87015" w:rsidP="00B3423B"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidR="00A3711E" w:rsidP="00B3423B" w:rsidRDefault="00964398" w14:paraId="76E70438" w14:textId="555AB379">
+  <w:p w14:paraId="76E70438" w14:textId="555AB379" w:rsidR="00A3711E" w:rsidRDefault="00450116" w:rsidP="00B3423B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="5B548AB9">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
-        <v:shape id="PowerPlusWaterMarkObject1127715485" style="position:absolute;margin-left:0;margin-top:0;width:578.4pt;height:57.8pt;rotation:315;z-index:-251658239;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:spid="_x0000_s1026" o:allowincell="f" fillcolor="silver" stroked="f" type="#_x0000_t136">
+        <v:shape id="PowerPlusWaterMarkObject1127715485" o:spid="_x0000_s1026" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:578.4pt;height:57.8pt;rotation:315;z-index:-251658239;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
           <v:fill opacity=".5"/>
           <v:textpath style="font-family:&quot;Arial&quot;;font-size:1pt" string="subject to moderation"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidR="00A3711E" w:rsidP="00B3423B" w:rsidRDefault="00964398" w14:paraId="02889675" w14:textId="0A65E738">
+  <w:p w14:paraId="02889675" w14:textId="0A65E738" w:rsidR="00A3711E" w:rsidRDefault="00450116" w:rsidP="00B3423B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="21F68C02">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
-        <v:shape id="PowerPlusWaterMarkObject1127715486" style="position:absolute;margin-left:0;margin-top:0;width:578.4pt;height:57.8pt;rotation:315;z-index:-251658238;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:spid="_x0000_s1027" o:allowincell="f" fillcolor="silver" stroked="f" type="#_x0000_t136">
+        <v:shape id="PowerPlusWaterMarkObject1127715486" o:spid="_x0000_s1027" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:578.4pt;height:57.8pt;rotation:315;z-index:-251658238;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
           <v:fill opacity=".5"/>
           <v:textpath style="font-family:&quot;Arial&quot;;font-size:1pt" string="subject to moderation"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidR="00A83C42" w:rsidP="23D42A75" w:rsidRDefault="007802B3" w14:paraId="104D8929" w14:textId="40E31B83">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="104D8929" w14:textId="40E31B83" w:rsidR="00A83C42" w:rsidRDefault="007802B3" w:rsidP="23D42A75">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659266" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63A34808" wp14:editId="26F2C9DB">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>3782060</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-5715</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2407008" cy="632286"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="356473873" name="Picture 1" descr="A close up of a logo&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -3052,1768 +2952,1768 @@
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2407008" cy="632286"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00964398">
+    <w:r w:rsidR="00450116">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="7B9689C5">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
-        <v:shape id="PowerPlusWaterMarkObject1127715484" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:578.4pt;height:57.8pt;rotation:315;z-index:-251658240;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:spid="_x0000_s1025" o:allowincell="f" fillcolor="silver" stroked="f" type="#_x0000_t136">
+        <v:shape id="PowerPlusWaterMarkObject1127715484" o:spid="_x0000_s1025" type="#_x0000_t136" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:578.4pt;height:57.8pt;rotation:315;z-index:-251658240;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
           <v:fill opacity=".5"/>
           <v:textpath style="font-family:&quot;Arial&quot;;font-size:1pt" string="subject to moderation"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="010E1BC3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8AA44A28"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03E80A76"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F0545D1E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08625471"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="90A2342A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A4D6F5A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4A4CD694"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F9C01A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BD9216A6"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="177D3A3B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A968ADC4"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="258B6F03"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2780DA68"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="284A501C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1FAA2B48"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B8F0C8B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CDC6BBFC"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="948" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1668" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2388" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3108" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3828" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4548" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5268" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5988" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6708" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3EBE33D0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C46A87E4"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4353013C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FD82285C"/>
     <w:lvl w:ilvl="0" w:tplc="B414E74E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C184D1C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FF3EA26A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1512" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2232" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2952" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3672" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4392" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5112" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5832" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6552" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67DB0D7F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0B868DD2"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="741051DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="067E69B2"/>
     <w:lvl w:ilvl="0" w:tplc="552020CC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1224"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:eastAsia="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
-        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="7B725288">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2433"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:eastAsia="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
-        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="A3487628">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3153"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:eastAsia="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
-        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="7F7055B8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3873"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:eastAsia="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
-        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="DA7E9CB6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4593"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:eastAsia="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
-        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="8B244CC6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5313"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:eastAsia="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
-        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="9E665578">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6033"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:eastAsia="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
-        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="3BF21AFA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6753"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:eastAsia="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
-        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="30D8588A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7473"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:eastAsia="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
-        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78B054E4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="60FE7788"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
@@ -4883,374 +4783,374 @@
         <w14:glow w14:rad="0">
           <w14:srgbClr w14:val="000000"/>
         </w14:glow>
         <w14:scene3d>
           <w14:camera w14:prst="orthographicFront"/>
           <w14:lightRig w14:rig="threePt" w14:dir="t">
             <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
           </w14:lightRig>
         </w14:scene3d>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7968640D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3454E436"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7BBB1AF9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="035E675A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7FDD1F7B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F1AA9CA4"/>
     <w:lvl w:ilvl="0" w:tplc="B860DD26">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListParagraph"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1238592506">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1856114064">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1035348766">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1985503207">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2062247054">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1761488895">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1296986896">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="52310543">
@@ -5267,63 +5167,54 @@
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1542479860">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1897616944">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="784735230">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="192502346">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1616979619">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1861438">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1379553855">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="dirty"/>
-  <w:trackRevisions w:val="false"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -5376,84 +5267,86 @@
     <w:rsid w:val="002C026C"/>
     <w:rsid w:val="002C1AAF"/>
     <w:rsid w:val="002D1570"/>
     <w:rsid w:val="002D58D6"/>
     <w:rsid w:val="002D7018"/>
     <w:rsid w:val="002E22E8"/>
     <w:rsid w:val="002E48A1"/>
     <w:rsid w:val="00312919"/>
     <w:rsid w:val="00317DDC"/>
     <w:rsid w:val="00324296"/>
     <w:rsid w:val="00325C05"/>
     <w:rsid w:val="00351B60"/>
     <w:rsid w:val="00366C06"/>
     <w:rsid w:val="00367B75"/>
     <w:rsid w:val="00382775"/>
     <w:rsid w:val="003A542E"/>
     <w:rsid w:val="003B0A77"/>
     <w:rsid w:val="003E654C"/>
     <w:rsid w:val="0040642E"/>
     <w:rsid w:val="00410081"/>
     <w:rsid w:val="00410BB2"/>
     <w:rsid w:val="00430A31"/>
     <w:rsid w:val="00432C87"/>
     <w:rsid w:val="004401EF"/>
     <w:rsid w:val="00445D45"/>
+    <w:rsid w:val="00450116"/>
     <w:rsid w:val="0045113E"/>
     <w:rsid w:val="004512DF"/>
     <w:rsid w:val="00452932"/>
     <w:rsid w:val="0046214C"/>
     <w:rsid w:val="00471DBA"/>
     <w:rsid w:val="0048530D"/>
     <w:rsid w:val="00487AE8"/>
     <w:rsid w:val="004D17F5"/>
     <w:rsid w:val="004F0C1A"/>
     <w:rsid w:val="00500F82"/>
     <w:rsid w:val="00513EE7"/>
     <w:rsid w:val="00543F37"/>
     <w:rsid w:val="00553519"/>
     <w:rsid w:val="00560A11"/>
     <w:rsid w:val="00580F67"/>
     <w:rsid w:val="00584470"/>
     <w:rsid w:val="005873BC"/>
     <w:rsid w:val="005B1D0E"/>
     <w:rsid w:val="005C2119"/>
     <w:rsid w:val="005C242E"/>
     <w:rsid w:val="005E1363"/>
     <w:rsid w:val="00605819"/>
     <w:rsid w:val="006153BE"/>
     <w:rsid w:val="0062185F"/>
     <w:rsid w:val="006229BE"/>
     <w:rsid w:val="0062668E"/>
     <w:rsid w:val="006303AE"/>
     <w:rsid w:val="00630549"/>
     <w:rsid w:val="0065669B"/>
     <w:rsid w:val="00665019"/>
     <w:rsid w:val="006666BF"/>
     <w:rsid w:val="00671E8D"/>
     <w:rsid w:val="006722EC"/>
     <w:rsid w:val="006A4672"/>
+    <w:rsid w:val="006A5536"/>
     <w:rsid w:val="006B3236"/>
     <w:rsid w:val="006B7D25"/>
     <w:rsid w:val="006C73CD"/>
     <w:rsid w:val="006D40C9"/>
     <w:rsid w:val="006E2124"/>
     <w:rsid w:val="006F449B"/>
     <w:rsid w:val="0070792B"/>
     <w:rsid w:val="007123E7"/>
     <w:rsid w:val="007220F6"/>
     <w:rsid w:val="00727498"/>
     <w:rsid w:val="0074013C"/>
     <w:rsid w:val="00750378"/>
     <w:rsid w:val="007578E8"/>
     <w:rsid w:val="00765A7D"/>
     <w:rsid w:val="007802B3"/>
     <w:rsid w:val="0079279A"/>
     <w:rsid w:val="007A1AA7"/>
     <w:rsid w:val="007B22B7"/>
     <w:rsid w:val="007B4F62"/>
     <w:rsid w:val="007C3772"/>
     <w:rsid w:val="007C5764"/>
     <w:rsid w:val="007D4FEA"/>
     <w:rsid w:val="007E79DF"/>
     <w:rsid w:val="007F20DF"/>
     <w:rsid w:val="008165C1"/>
@@ -5581,129 +5474,129 @@
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="252E1864"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{28F9F5B9-86CA-41D2-9731-07BBAE945BCB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5859,52 +5752,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -5971,51 +5864,51 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00B3423B"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00A10585"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
@@ -6026,434 +5919,407 @@
       <w:szCs w:val="32"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00EF009A"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Calibri Light"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00A10585"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00EF009A"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Calibri Light"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="009B2DAF"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="16"/>
       </w:numPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="675"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00015640"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="gmail-m4467347143780126084xxxnormaltextrun" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="gmail-m4467347143780126084xxxnormaltextrun">
     <w:name w:val="gmail-m_4467347143780126084xxxnormaltextrun"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00015640"/>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00015640"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00015640"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00015640"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00015640"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00015640"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00015640"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00015640"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00487AE8"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D31EB4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D31EB4"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D31EB4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D31EB4"/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid1" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid1">
     <w:name w:val="Table Grid1"/>
     <w:rsid w:val="00015386"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C220E8"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F53310"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="normaltextrun" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="005C242E"/>
   </w:style>
-  <w:style w:type="character" w:styleId="eop" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="005C242E"/>
   </w:style>
   <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FF7A6C"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId8" /><Relationship Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId17" /><Relationship Type="http://schemas.microsoft.com/office/2019/05/relationships/documenttasks" Target="documenttasks/documenttasks1.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.participationandlifelonglearning.co.uk/course/view.php?id=720" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.century.tech/?utm_source=Google&amp;utm_medium=cpc_b2b&amp;utm_campaign=9954257644&amp;utm_content=123723949429&amp;utm_term=century%20tech&amp;utm_medium=cpc_b2b&amp;utm_campaign=&amp;utm_source=&amp;utm_term=century%20tech&amp;hsa_net=adwords&amp;hsa_grp=123723949429&amp;hsa_mt=e&amp;hsa_tgt=kwd-902096475005&amp;hsa_kw=century%20tech&amp;hsa_src=g&amp;hsa_acc=7949217619&amp;hsa_cam=9954257644&amp;hsa_ver=3&amp;hsa_ad=530879325302&amp;gad_source=1&amp;gclid=CjwKCAjwps-zBhAiEiwALwsVYeYV8Rr0o6bjS505N-u5qy6BqfYoOsgXGEb8T-_4Qxt7TlM_J3p7ShoCf2QQAvD_BwE" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:HAQuality@hants.gov.uk" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId9" /><Relationship Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hants.sharepoint.com/sites/Youn8426" TargetMode="External" Id="R9185d20eedfa43d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.participationandlifelonglearning.co.uk/course/view.php?id=406" TargetMode="External" Id="Ra0095a489e3e4e82" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.century.tech/?utm_source=Google&amp;utm_medium=cpc_b2b&amp;utm_campaign=9954257644&amp;utm_content=123723949429&amp;utm_term=century%20tech&amp;utm_medium=cpc_b2b&amp;utm_campaign=&amp;utm_source=&amp;utm_term=century%20tech&amp;hsa_net=adwords&amp;hsa_grp=123723949429&amp;hsa_mt=e&amp;hsa_tgt=kwd-902096475005&amp;hsa_kw=century%20tech&amp;hsa_src=g&amp;hsa_acc=7949217619&amp;hsa_cam=9954257644&amp;hsa_ver=3&amp;hsa_ad=530879325302&amp;gad_source=1&amp;gclid=CjwKCAjwps-zBhAiEiwALwsVYeYV8Rr0o6bjS505N-u5qy6BqfYoOsgXGEb8T-_4Qxt7TlM_J3p7ShoCf2QQAvD_BwE" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hants.sharepoint.com/sites/Youn8426" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.participationandlifelonglearning.co.uk/course/view.php?id=406" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:HAQuality@hants.gov.uk" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.participationandlifelonglearning.co.uk/course/view.php?id=720" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.microsoft.com/office/2019/05/relationships/documenttasks" Target="documenttasks/documenttasks1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/documenttasks/documenttasks1.xml><?xml version="1.0" encoding="utf-8"?>
 <t:Tasks xmlns:t="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
   <t:Task id="{05B0E8E9-1C6A-407F-A612-F13B15F54B19}">
     <t:Anchor>
       <t:Comment id="1339747232"/>
     </t:Anchor>
     <t:History>
       <t:Event id="{5002C6B9-6CB5-41C5-8406-7519AB7E7998}" time="2025-07-01T16:19:53.889Z">
         <t:Attribution userId="S::rhlialsm@hants.gov.uk::168132e3-b746-4081-a0bd-9da2461a11fa" userProvider="AD" userName="Muldowney, Sue"/>
         <t:Anchor>
           <t:Comment id="1339747232"/>
         </t:Anchor>
         <t:Create/>
       </t:Event>
       <t:Event id="{2BA04BC8-AC8E-408F-8B6C-E21926758333}" time="2025-07-01T16:19:53.889Z">
         <t:Attribution userId="S::rhlialsm@hants.gov.uk::168132e3-b746-4081-a0bd-9da2461a11fa" userProvider="AD" userName="Muldowney, Sue"/>
         <t:Anchor>
           <t:Comment id="1339747232"/>
         </t:Anchor>
         <t:Assign userId="S::cseihaabe@hants.gov.uk::a5c5050a-77d2-4b11-aa79-8a68234110f7" userProvider="AD" userName="Beadell, Amy"/>
       </t:Event>
       <t:Event id="{30209F21-85B6-46BD-99C3-48CC551901CE}" time="2025-07-01T16:19:53.889Z">
         <t:Attribution userId="S::rhlialsm@hants.gov.uk::168132e3-b746-4081-a0bd-9da2461a11fa" userProvider="AD" userName="Muldowney, Sue"/>
         <t:Anchor>
           <t:Comment id="1339747232"/>
         </t:Anchor>
         <t:SetTitle title="@Beadell, Amy @Lysdal Vagnso, Katharine Another one that will need updating"/>
-      </t:Event>
-[...26 lines deleted...]
-        <t:SetTitle title="@Beadell, Amy @Lysdal Vagnso, Katharine will need updating post PMG."/>
       </t:Event>
     </t:History>
   </t:Task>
 </t:Tasks>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -6733,50 +6599,61 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="c5dbf80e-f509-45f6-9fe5-406e3eefabbb" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="b94932a4-8a36-4682-922b-a748b0285a9f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010051F72A33DDA3E849BA7AB8F84D4532B3" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e5b8ef66eb4e0d3de6313376e279d3a8">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b94932a4-8a36-4682-922b-a748b0285a9f" xmlns:ns3="45f13a3b-a8f8-458e-b468-fe19c65d9e9c" xmlns:ns4="c5dbf80e-f509-45f6-9fe5-406e3eefabbb" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2bf08a12822c59165828193c822e9d83" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="b94932a4-8a36-4682-922b-a748b0285a9f"/>
     <xsd:import namespace="45f13a3b-a8f8-458e-b468-fe19c65d9e9c"/>
     <xsd:import namespace="c5dbf80e-f509-45f6-9fe5-406e3eefabbb"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -6960,119 +6837,115 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A353A0CB-811D-4ECE-B431-B7E0A24FC683}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BADC1EA5-BE9E-4DD2-A1C2-5E34AC059F8A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="b94932a4-8a36-4682-922b-a748b0285a9f"/>
+    <ds:schemaRef ds:uri="45f13a3b-a8f8-458e-b468-fe19c65d9e9c"/>
+    <ds:schemaRef ds:uri="c5dbf80e-f509-45f6-9fe5-406e3eefabbb"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0620F3DA-BC03-4046-A4FE-9162B720A4E0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="b94932a4-8a36-4682-922b-a748b0285a9f"/>
     <ds:schemaRef ds:uri="45f13a3b-a8f8-458e-b468-fe19c65d9e9c"/>
     <ds:schemaRef ds:uri="c5dbf80e-f509-45f6-9fe5-406e3eefabbb"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...16 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>3</Pages>
+  <Words>618</Words>
+  <Characters>3969</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>154</Lines>
+  <Paragraphs>103</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>4557</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Scott, Wendy (Childrens Services)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010051F72A33DDA3E849BA7AB8F84D4532B3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>