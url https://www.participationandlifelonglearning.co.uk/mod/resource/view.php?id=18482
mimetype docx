--- v0 (2025-12-03)
+++ v1 (2026-01-19)
@@ -1,788 +1,777 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7C8A1EEE" w14:textId="27AE7066" w:rsidR="0077396B" w:rsidRDefault="0077396B" w:rsidP="00FF3C2A"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10455" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4943"/>
         <w:gridCol w:w="5512"/>
       </w:tblGrid>
-      <w:tr w:rsidR="60EE3F92" w14:paraId="79325B71" w14:textId="77777777" w:rsidTr="0B5B26B9">
+      <w:tr w:rsidR="60EE3F92" w14:paraId="79325B71" w14:textId="77777777" w:rsidTr="784CF0AD">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="692D11E6" w14:textId="3809B324" w:rsidR="60EE3F92" w:rsidRDefault="60EE3F92" w:rsidP="71B0BA32">
+          <w:p w14:paraId="3965DEF5" w14:textId="3FB88039" w:rsidR="60EE3F92" w:rsidRPr="000E1A71" w:rsidRDefault="6FFC3FEA" w:rsidP="00D51DD2">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="0B5B26B9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Name of tutor</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="5626F8D2" w:rsidRPr="0B5B26B9">
+            </w:pPr>
+            <w:r w:rsidRPr="784CF0AD">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>/s</w:t>
+              <w:t xml:space="preserve">Area of focus: </w:t>
             </w:r>
-            <w:r w:rsidRPr="0B5B26B9">
-[...39 lines deleted...]
-            <w:r w:rsidRPr="0B5B26B9">
+            <w:r w:rsidR="4DAF0F2F" w:rsidRPr="784CF0AD">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Name of observer</w:t>
+              <w:t xml:space="preserve">Inclusion and </w:t>
             </w:r>
-            <w:r w:rsidRPr="0B5B26B9">
-[...29 lines deleted...]
-              <w:spacing w:after="0"/>
+            <w:r w:rsidRPr="784CF0AD">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-            </w:pPr>
-[...119 lines deleted...]
-              <w:t xml:space="preserve">: </w:t>
+              <w:t>Personalisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5512" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="235519DA" w14:textId="2FA8ED7E" w:rsidR="60EE3F92" w:rsidRDefault="60EE3F92" w:rsidP="60EE3F92">
+          <w:p w14:paraId="04D1AFE2" w14:textId="04002A5F" w:rsidR="60EE3F92" w:rsidRDefault="60EE3F92" w:rsidP="7603DFE5">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="60EE3F92">
+            <w:r w:rsidRPr="0B5B26B9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Course Code</w:t>
+              <w:t>Name</w:t>
             </w:r>
-            <w:r w:rsidR="50FBE4F7" w:rsidRPr="60EE3F92">
+            <w:r w:rsidR="00D51DD2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>/s</w:t>
+              <w:t>(s)</w:t>
             </w:r>
-            <w:r w:rsidRPr="60EE3F92">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="60EE3F92">
+            <w:r w:rsidRPr="0B5B26B9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Session</w:t>
+              <w:t xml:space="preserve"> of observer</w:t>
             </w:r>
-            <w:r w:rsidR="467D2949" w:rsidRPr="60EE3F92">
-[...17 lines deleted...]
-            <w:r w:rsidRPr="60EE3F92">
+            <w:r w:rsidRPr="0B5B26B9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> x of x</w:t>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="60EE3F92" w14:paraId="2E3C8F0F" w14:textId="77777777" w:rsidTr="0B5B26B9">
-[...2 lines deleted...]
-        </w:trPr>
+    </w:tbl>
+    <w:p w14:paraId="7BBDDE67" w14:textId="55E69A2B" w:rsidR="00F258D0" w:rsidRDefault="00F258D0" w:rsidP="00FF3C2A"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="988"/>
+        <w:gridCol w:w="1950"/>
+        <w:gridCol w:w="3432"/>
+        <w:gridCol w:w="2697"/>
+        <w:gridCol w:w="1389"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006C0827" w:rsidRPr="00DC64DD" w14:paraId="5B0AA07E" w14:textId="638F9ADD" w:rsidTr="2BCA2289">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4943" w:type="dxa"/>
-[...9 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="988" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DA27CE4" w14:textId="020C4D06" w:rsidR="60EE3F92" w:rsidRDefault="60EE3F92" w:rsidP="60EE3F92">
+          <w:p w14:paraId="11AD98B9" w14:textId="7E1F10DD" w:rsidR="006C0827" w:rsidRPr="00DC64DD" w:rsidRDefault="00D51DD2" w:rsidP="00FF3C2A">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2BCA2289">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-              <w:t>/s</w:t>
+              </w:rPr>
+              <w:t>D</w:t>
             </w:r>
-            <w:r w:rsidRPr="60EE3F92">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="006C0827" w:rsidRPr="2BCA2289">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> of </w:t>
+              </w:rPr>
+              <w:t>ate</w:t>
             </w:r>
-            <w:r w:rsidR="20364DC2" w:rsidRPr="60EE3F92">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="2BCA2289">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...113 lines deleted...]
-              <w:t>:  no of learners/SC/LSA/visitors</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> + time</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5512" w:type="dxa"/>
-[...9 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="1950" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="756E1DC1" w14:textId="4BAF1DC7" w:rsidR="60EE3F92" w:rsidRDefault="60EE3F92" w:rsidP="60EE3F92">
+          <w:p w14:paraId="4BC8A6B5" w14:textId="6CF638E6" w:rsidR="006C0827" w:rsidRPr="00DC64DD" w:rsidRDefault="006C0827" w:rsidP="00FF3C2A">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...2 lines deleted...]
-                <w:color w:val="4472C4" w:themeColor="accent1"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00DC64DD">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>tutor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3432" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BB03BC0" w14:textId="0550F5E9" w:rsidR="006C0827" w:rsidRPr="00DC64DD" w:rsidRDefault="006C0827" w:rsidP="00FF3C2A">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC64DD">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Course title/code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62F13853" w14:textId="25EFEA8B" w:rsidR="006C0827" w:rsidRPr="00DC64DD" w:rsidRDefault="006C0827" w:rsidP="00FF3C2A">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC64DD">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Venue</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="173507CC" w14:textId="2448F51A" w:rsidR="006C0827" w:rsidRPr="00DC64DD" w:rsidRDefault="006C0827" w:rsidP="00FF3C2A">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC64DD">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Number of learners</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="006C0827" w14:paraId="65D13B06" w14:textId="338ADE86" w:rsidTr="2BCA2289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41BBE188" w14:textId="77777777" w:rsidR="006C0827" w:rsidRDefault="006C0827" w:rsidP="00FF3C2A"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FC7FD7D" w14:textId="77777777" w:rsidR="006C0827" w:rsidRDefault="006C0827" w:rsidP="00FF3C2A"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3432" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16549182" w14:textId="77777777" w:rsidR="006C0827" w:rsidRDefault="006C0827" w:rsidP="00FF3C2A"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="455EEDAF" w14:textId="77777777" w:rsidR="006C0827" w:rsidRDefault="006C0827" w:rsidP="00FF3C2A"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="718778F2" w14:textId="77777777" w:rsidR="006C0827" w:rsidRDefault="006C0827" w:rsidP="00FF3C2A"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D51DD2" w14:paraId="188A6FF6" w14:textId="77777777" w:rsidTr="2BCA2289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2699A236" w14:textId="77777777" w:rsidR="00D51DD2" w:rsidRDefault="00D51DD2" w:rsidP="00FF3C2A"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EF0C589" w14:textId="77777777" w:rsidR="00D51DD2" w:rsidRDefault="00D51DD2" w:rsidP="00FF3C2A"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3432" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25D70365" w14:textId="77777777" w:rsidR="00D51DD2" w:rsidRDefault="00D51DD2" w:rsidP="00FF3C2A"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44A9FF73" w14:textId="77777777" w:rsidR="00D51DD2" w:rsidRDefault="00D51DD2" w:rsidP="00FF3C2A"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48B9BCBD" w14:textId="77777777" w:rsidR="00D51DD2" w:rsidRDefault="00D51DD2" w:rsidP="00FF3C2A"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D51DD2" w14:paraId="7C6AB2D4" w14:textId="77777777" w:rsidTr="2BCA2289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E833B23" w14:textId="77777777" w:rsidR="00D51DD2" w:rsidRDefault="00D51DD2" w:rsidP="00FF3C2A"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B808EBF" w14:textId="77777777" w:rsidR="00D51DD2" w:rsidRDefault="00D51DD2" w:rsidP="00FF3C2A"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3432" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DF117D8" w14:textId="77777777" w:rsidR="00D51DD2" w:rsidRDefault="00D51DD2" w:rsidP="00FF3C2A"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="652C8705" w14:textId="77777777" w:rsidR="00D51DD2" w:rsidRDefault="00D51DD2" w:rsidP="00FF3C2A"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7844A494" w14:textId="77777777" w:rsidR="00D51DD2" w:rsidRDefault="00D51DD2" w:rsidP="00FF3C2A"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D51DD2" w14:paraId="68EDFFE4" w14:textId="77777777" w:rsidTr="2BCA2289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="265BD469" w14:textId="77777777" w:rsidR="00D51DD2" w:rsidRDefault="00D51DD2" w:rsidP="00FF3C2A"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BF0993C" w14:textId="77777777" w:rsidR="00D51DD2" w:rsidRDefault="00D51DD2" w:rsidP="00FF3C2A"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3432" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48336B83" w14:textId="77777777" w:rsidR="00D51DD2" w:rsidRDefault="00D51DD2" w:rsidP="00FF3C2A"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77B05CD3" w14:textId="77777777" w:rsidR="00D51DD2" w:rsidRDefault="00D51DD2" w:rsidP="00FF3C2A"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43E5FB7F" w14:textId="77777777" w:rsidR="00D51DD2" w:rsidRDefault="00D51DD2" w:rsidP="00FF3C2A"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D51DD2" w14:paraId="2894C939" w14:textId="77777777" w:rsidTr="2BCA2289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4444AD72" w14:textId="77777777" w:rsidR="00D51DD2" w:rsidRDefault="00D51DD2" w:rsidP="00FF3C2A"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19BEB573" w14:textId="77777777" w:rsidR="00D51DD2" w:rsidRDefault="00D51DD2" w:rsidP="00FF3C2A"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3432" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4443B7BF" w14:textId="77777777" w:rsidR="00D51DD2" w:rsidRDefault="00D51DD2" w:rsidP="00FF3C2A"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74ECF25A" w14:textId="77777777" w:rsidR="00D51DD2" w:rsidRDefault="00D51DD2" w:rsidP="00FF3C2A"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="411A49FA" w14:textId="77777777" w:rsidR="00D51DD2" w:rsidRDefault="00D51DD2" w:rsidP="00FF3C2A"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D51DD2" w14:paraId="64FDAB1C" w14:textId="77777777" w:rsidTr="2BCA2289">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7099EC4F" w14:textId="77777777" w:rsidR="00D51DD2" w:rsidRDefault="00D51DD2" w:rsidP="00FF3C2A"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C0B9167" w14:textId="77777777" w:rsidR="00D51DD2" w:rsidRDefault="00D51DD2" w:rsidP="00FF3C2A"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3432" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42D5FC40" w14:textId="77777777" w:rsidR="00D51DD2" w:rsidRDefault="00D51DD2" w:rsidP="00FF3C2A"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="263B094E" w14:textId="77777777" w:rsidR="00D51DD2" w:rsidRDefault="00D51DD2" w:rsidP="00FF3C2A"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41E0B7F3" w14:textId="77777777" w:rsidR="00D51DD2" w:rsidRDefault="00D51DD2" w:rsidP="00FF3C2A"/>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7BBDDE67" w14:textId="55E69A2B" w:rsidR="00F258D0" w:rsidRDefault="00F258D0" w:rsidP="00FF3C2A"/>
+    <w:p w14:paraId="546F9DB0" w14:textId="77777777" w:rsidR="00DA70B9" w:rsidRDefault="00DA70B9" w:rsidP="00FF3C2A"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10416" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10416"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BC2E0C" w:rsidRPr="00ED397F" w14:paraId="2623E2FC" w14:textId="50FA4D37" w:rsidTr="0B5B26B9">
+      <w:tr w:rsidR="00BC2E0C" w:rsidRPr="00ED397F" w14:paraId="2623E2FC" w14:textId="50FA4D37" w:rsidTr="784CF0AD">
         <w:trPr>
           <w:trHeight w:val="1200"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10416" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="753A637D" w14:textId="0AFC328D" w:rsidR="00BC2E0C" w:rsidRPr="00ED397F" w:rsidRDefault="7CF4F7BC" w:rsidP="00FF3C2A">
+          <w:p w14:paraId="753A637D" w14:textId="7845D446" w:rsidR="00BC2E0C" w:rsidRPr="00ED397F" w:rsidRDefault="007765B2" w:rsidP="00FF3C2A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="60EE3F92">
+            <w:r w:rsidRPr="784CF0AD">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
+              <w:t xml:space="preserve">Examples of </w:t>
+            </w:r>
+            <w:r w:rsidR="7CF4F7BC" w:rsidRPr="784CF0AD">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
               <w:t>Good practice</w:t>
             </w:r>
-            <w:r w:rsidR="2385C556" w:rsidRPr="60EE3F92">
+            <w:r w:rsidR="2385C556" w:rsidRPr="784CF0AD">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> observed</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="60EE3F92">
+            <w:r w:rsidRPr="784CF0AD">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">relating to </w:t>
+            </w:r>
+            <w:r w:rsidR="3B33726B" w:rsidRPr="784CF0AD">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Inclusion and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="784CF0AD">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>personalisation</w:t>
+            </w:r>
+            <w:r w:rsidR="744B8D51" w:rsidRPr="784CF0AD">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2389AE97" w14:textId="1801DE93" w:rsidR="07D3FBAA" w:rsidRDefault="07D3FBAA" w:rsidP="07D3FBAA"/>
           <w:p w14:paraId="399C2EE2" w14:textId="3612AADE" w:rsidR="07D3FBAA" w:rsidRDefault="07D3FBAA" w:rsidP="0B5B26B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3EAAAF0D" w14:textId="64C521A4" w:rsidR="07D3FBAA" w:rsidRDefault="07D3FBAA" w:rsidP="0B5B26B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="741DE6B6" w14:textId="654C2078" w:rsidR="07D3FBAA" w:rsidRDefault="07D3FBAA" w:rsidP="0B5B26B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="26A4986F" w14:textId="2D01538D" w:rsidR="07D3FBAA" w:rsidRDefault="07D3FBAA" w:rsidP="07D3FBAA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="07D3FBAA" w14:paraId="0E4EF82E" w14:textId="77777777" w:rsidTr="0B5B26B9">
+      <w:tr w:rsidR="07D3FBAA" w14:paraId="0E4EF82E" w14:textId="77777777" w:rsidTr="784CF0AD">
         <w:trPr>
           <w:trHeight w:val="900"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10416" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F3AD849" w14:textId="17BD1197" w:rsidR="27CD216F" w:rsidRDefault="27CD216F" w:rsidP="07D3FBAA">
+          <w:p w14:paraId="7F3AD849" w14:textId="1BD4118F" w:rsidR="27CD216F" w:rsidRDefault="007765B2" w:rsidP="07D3FBAA">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="07D3FBAA">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Reflections:</w:t>
+              <w:t>Suggestions for developing inclusive practice further</w:t>
+            </w:r>
+            <w:r w:rsidR="27CD216F" w:rsidRPr="07D3FBAA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="64DB73B2" w14:textId="47D6725E" w:rsidR="27CD216F" w:rsidRDefault="6C21EAA8" w:rsidP="0B5B26B9">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="0070C0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0B5B26B9">
               <w:rPr>
                 <w:color w:val="0070C0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7BF39264" w14:textId="769374A9" w:rsidR="07D3FBAA" w:rsidRDefault="07D3FBAA" w:rsidP="07D3FBAA"/>
           <w:p w14:paraId="44036FE4" w14:textId="34ABAB6F" w:rsidR="0B5B26B9" w:rsidRDefault="0B5B26B9"/>
           <w:p w14:paraId="0E00BF29" w14:textId="1FA78712" w:rsidR="0B5B26B9" w:rsidRDefault="0B5B26B9"/>
           <w:p w14:paraId="14F49D08" w14:textId="17F1FC83" w:rsidR="07D3FBAA" w:rsidRDefault="07D3FBAA" w:rsidP="07D3FBAA"/>
           <w:p w14:paraId="6E1BAB6F" w14:textId="59A738B0" w:rsidR="07D3FBAA" w:rsidRDefault="07D3FBAA" w:rsidP="07D3FBAA"/>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="007765B2" w14:paraId="3FCFC4CF" w14:textId="77777777" w:rsidTr="784CF0AD">
+        <w:trPr>
+          <w:trHeight w:val="900"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10416" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28938E88" w14:textId="5230628B" w:rsidR="007765B2" w:rsidRPr="07D3FBAA" w:rsidRDefault="007765B2" w:rsidP="07D3FBAA">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Other </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA70B9">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">notable </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>examples of good practice not specific to theme:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p w14:paraId="38C91721" w14:textId="374353F5" w:rsidR="00F314EF" w:rsidRDefault="00F314EF" w:rsidP="54191C5F"/>
-    <w:p w14:paraId="0972DC7F" w14:textId="6223EEEF" w:rsidR="003E1B9A" w:rsidRPr="003E1B9A" w:rsidRDefault="0059116F" w:rsidP="003E1B9A">
+    <w:p w14:paraId="0972DC7F" w14:textId="59FC6EB4" w:rsidR="003E1B9A" w:rsidRPr="003E1B9A" w:rsidRDefault="0059116F" w:rsidP="003E1B9A">
       <w:r w:rsidRPr="0059116F">
-        <w:t>Completed observation reports to be returned within 3 working days of the observation taking place.</w:t>
+        <w:t xml:space="preserve">Completed observation </w:t>
+      </w:r>
+      <w:r w:rsidR="007765B2">
+        <w:t>details/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059116F">
+        <w:t xml:space="preserve">reports to be </w:t>
+      </w:r>
+      <w:r w:rsidR="007765B2">
+        <w:t xml:space="preserve">uploaded to Teams folder </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059116F">
+        <w:t xml:space="preserve">within 3 working days of the </w:t>
+      </w:r>
+      <w:r w:rsidR="007765B2">
+        <w:t>learning walk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059116F">
+        <w:t xml:space="preserve"> taking place.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0558D71C" w14:textId="77777777" w:rsidR="003E1B9A" w:rsidRPr="003E1B9A" w:rsidRDefault="003E1B9A" w:rsidP="003E1B9A"/>
     <w:sectPr w:rsidR="003E1B9A" w:rsidRPr="003E1B9A" w:rsidSect="00A236F7">
-      <w:footerReference w:type="default" r:id="rId10"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+      <w:headerReference w:type="even" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2E378ED2" w14:textId="77777777" w:rsidR="00DE2197" w:rsidRDefault="00DE2197" w:rsidP="00FF3C2A">
+    <w:p w14:paraId="4A4D285F" w14:textId="77777777" w:rsidR="00811342" w:rsidRDefault="00811342" w:rsidP="00FF3C2A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4D9E0DBB" w14:textId="77777777" w:rsidR="00DE2197" w:rsidRDefault="00DE2197" w:rsidP="00FF3C2A">
+    <w:p w14:paraId="1C606ABE" w14:textId="77777777" w:rsidR="00811342" w:rsidRDefault="00811342" w:rsidP="00FF3C2A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5C1F8900" w14:textId="77777777" w:rsidR="00DE2197" w:rsidRDefault="00DE2197" w:rsidP="00FF3C2A"/>
+    <w:p w14:paraId="24DC7048" w14:textId="77777777" w:rsidR="00811342" w:rsidRDefault="00811342" w:rsidP="00FF3C2A"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -795,174 +784,270 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Comic Sans MS">
     <w:panose1 w:val="030F0702030302020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="variable"/>
-    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="12D37D6A" w14:textId="77777777" w:rsidR="000D2DC5" w:rsidRDefault="000D2DC5">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5A669300" w14:textId="60F602CA" w:rsidR="007574B3" w:rsidRPr="00600737" w:rsidRDefault="00600737" w:rsidP="00600737">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:fldSimple w:instr="FILENAME \* MERGEFORMAT">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">HA27 </w:t>
       </w:r>
       <w:r w:rsidR="0059116F" w:rsidRPr="0059116F">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Supported Learning Walk</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> 2</w:t>
       </w:r>
       <w:r w:rsidR="0059116F">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="0059116F">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>26</w:t>
       </w:r>
     </w:fldSimple>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="24755AE9" w14:textId="327B3CED" w:rsidR="0017701B" w:rsidRPr="007A0A96" w:rsidRDefault="007A0A96" w:rsidP="00600737">
+  <w:p w14:paraId="24755AE9" w14:textId="3DE92029" w:rsidR="0017701B" w:rsidRPr="007A0A96" w:rsidRDefault="000D2DC5" w:rsidP="00600737">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:lang w:val="it-IT"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="007A0A96">
+    <w:r>
       <w:rPr>
         <w:lang w:val="it-IT"/>
       </w:rPr>
-      <w:t xml:space="preserve">HA27 </w:t>
-[...5 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="it-IT"/>
       </w:rPr>
-      <w:t>25-26</w:t>
+      <w:instrText xml:space="preserve"> FILENAME \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:lang w:val="it-IT"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:val="it-IT"/>
+      </w:rPr>
+      <w:t>HA27 Learning Walk Spring 26_inclusive practice</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:lang w:val="it-IT"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="549D3E99" w14:textId="77777777" w:rsidR="00DE2197" w:rsidRDefault="00DE2197" w:rsidP="00FF3C2A">
+    <w:p w14:paraId="721F9D33" w14:textId="77777777" w:rsidR="00811342" w:rsidRDefault="00811342" w:rsidP="00FF3C2A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0FFBAD3C" w14:textId="77777777" w:rsidR="00DE2197" w:rsidRDefault="00DE2197" w:rsidP="00FF3C2A">
+    <w:p w14:paraId="148B29D4" w14:textId="77777777" w:rsidR="00811342" w:rsidRDefault="00811342" w:rsidP="00FF3C2A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1B38D295" w14:textId="77777777" w:rsidR="00DE2197" w:rsidRDefault="00DE2197" w:rsidP="00FF3C2A"/>
+    <w:p w14:paraId="0940A0B7" w14:textId="77777777" w:rsidR="00811342" w:rsidRDefault="00811342" w:rsidP="00FF3C2A"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0AC4388C" w14:textId="77777777" w:rsidR="000D2DC5" w:rsidRDefault="000D2DC5">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="3485"/>
+      <w:gridCol w:w="3485"/>
+      <w:gridCol w:w="3485"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="078F4C97" w14:paraId="535BEDB0" w14:textId="77777777" w:rsidTr="078F4C97">
+      <w:trPr>
+        <w:trHeight w:val="300"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3485" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="367307BB" w14:textId="2A2D579E" w:rsidR="078F4C97" w:rsidRDefault="078F4C97" w:rsidP="078F4C97">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:ind w:left="-115"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3485" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="0A193983" w14:textId="5FF44669" w:rsidR="078F4C97" w:rsidRDefault="078F4C97" w:rsidP="078F4C97">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:jc w:val="center"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3485" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="259B07D6" w14:textId="53E21BCE" w:rsidR="078F4C97" w:rsidRDefault="078F4C97" w:rsidP="078F4C97">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:ind w:right="-115"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="48531B1E" w14:textId="3E6554C5" w:rsidR="078F4C97" w:rsidRDefault="078F4C97" w:rsidP="078F4C97">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="44B50B22" w14:textId="6B661B3D" w:rsidR="00D77081" w:rsidRDefault="17075832" w:rsidP="17075832">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="13B7568D" wp14:editId="4982A81B">
           <wp:extent cx="1550399" cy="677520"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1806287593" name="Picture 1806287593"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
@@ -2266,403 +2351,443 @@
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="942804495">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="93479377">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1612591218">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1423644604">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1254124807">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="622469366">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B160C6"/>
     <w:rsid w:val="00031F7D"/>
     <w:rsid w:val="0008712A"/>
     <w:rsid w:val="000A03C2"/>
+    <w:rsid w:val="000A1289"/>
     <w:rsid w:val="000A49DB"/>
+    <w:rsid w:val="000C126A"/>
     <w:rsid w:val="000C4D67"/>
+    <w:rsid w:val="000D2DC5"/>
+    <w:rsid w:val="000E1A71"/>
+    <w:rsid w:val="001019CD"/>
     <w:rsid w:val="00106AFD"/>
     <w:rsid w:val="00123E8A"/>
     <w:rsid w:val="001443BF"/>
     <w:rsid w:val="0017701B"/>
     <w:rsid w:val="00182671"/>
     <w:rsid w:val="001B257C"/>
     <w:rsid w:val="001F27FE"/>
     <w:rsid w:val="00206BFB"/>
     <w:rsid w:val="0021539E"/>
     <w:rsid w:val="0021677C"/>
     <w:rsid w:val="002229B2"/>
     <w:rsid w:val="00235F17"/>
+    <w:rsid w:val="00244F91"/>
     <w:rsid w:val="00247F9B"/>
     <w:rsid w:val="00255A9A"/>
     <w:rsid w:val="00290AD8"/>
     <w:rsid w:val="00290E43"/>
     <w:rsid w:val="002A15DF"/>
     <w:rsid w:val="002C08BE"/>
     <w:rsid w:val="002C1AAF"/>
     <w:rsid w:val="002D29C6"/>
     <w:rsid w:val="002E0720"/>
     <w:rsid w:val="0030176E"/>
     <w:rsid w:val="00307327"/>
     <w:rsid w:val="0031163B"/>
     <w:rsid w:val="003201AF"/>
     <w:rsid w:val="0032138A"/>
     <w:rsid w:val="00323441"/>
     <w:rsid w:val="003321AA"/>
     <w:rsid w:val="00340816"/>
     <w:rsid w:val="00365F40"/>
+    <w:rsid w:val="003905B4"/>
     <w:rsid w:val="00392DA9"/>
     <w:rsid w:val="003E1B9A"/>
     <w:rsid w:val="00400115"/>
     <w:rsid w:val="00403618"/>
     <w:rsid w:val="00413133"/>
     <w:rsid w:val="00423BC2"/>
     <w:rsid w:val="00437402"/>
     <w:rsid w:val="004A68DE"/>
     <w:rsid w:val="004B6E4B"/>
     <w:rsid w:val="004D1119"/>
     <w:rsid w:val="004D74AE"/>
+    <w:rsid w:val="004E187D"/>
     <w:rsid w:val="004E18D1"/>
+    <w:rsid w:val="004E1F8E"/>
     <w:rsid w:val="004EC3C3"/>
     <w:rsid w:val="004F0C1A"/>
     <w:rsid w:val="004F4D5B"/>
     <w:rsid w:val="004F601B"/>
     <w:rsid w:val="004F6F37"/>
     <w:rsid w:val="00506FAD"/>
     <w:rsid w:val="005144B3"/>
     <w:rsid w:val="005177B8"/>
     <w:rsid w:val="005371FD"/>
     <w:rsid w:val="00546C89"/>
     <w:rsid w:val="005650C1"/>
     <w:rsid w:val="0059116F"/>
     <w:rsid w:val="005A46FC"/>
     <w:rsid w:val="005D2EE2"/>
     <w:rsid w:val="005D65C7"/>
+    <w:rsid w:val="005F6D50"/>
     <w:rsid w:val="006004E0"/>
     <w:rsid w:val="00600737"/>
     <w:rsid w:val="00602561"/>
+    <w:rsid w:val="00607894"/>
     <w:rsid w:val="00613447"/>
     <w:rsid w:val="0065292E"/>
     <w:rsid w:val="00660FB3"/>
     <w:rsid w:val="006846C2"/>
     <w:rsid w:val="006B7888"/>
     <w:rsid w:val="006BBA69"/>
+    <w:rsid w:val="006C0827"/>
     <w:rsid w:val="006C387D"/>
     <w:rsid w:val="006E6D06"/>
     <w:rsid w:val="007031DD"/>
     <w:rsid w:val="007154A2"/>
     <w:rsid w:val="00720348"/>
+    <w:rsid w:val="00734B6B"/>
     <w:rsid w:val="00740418"/>
     <w:rsid w:val="007574B3"/>
     <w:rsid w:val="0077396B"/>
+    <w:rsid w:val="00774BAE"/>
+    <w:rsid w:val="007765B2"/>
     <w:rsid w:val="007A0A96"/>
     <w:rsid w:val="007A1FE2"/>
     <w:rsid w:val="007C7997"/>
     <w:rsid w:val="007D764E"/>
+    <w:rsid w:val="00811342"/>
     <w:rsid w:val="008120D7"/>
     <w:rsid w:val="00814527"/>
     <w:rsid w:val="00817835"/>
     <w:rsid w:val="00834935"/>
     <w:rsid w:val="00834CB2"/>
     <w:rsid w:val="00874B9E"/>
+    <w:rsid w:val="008A5471"/>
     <w:rsid w:val="008C4B01"/>
     <w:rsid w:val="008D0AD1"/>
     <w:rsid w:val="008D2B65"/>
     <w:rsid w:val="008D418D"/>
     <w:rsid w:val="008D6225"/>
     <w:rsid w:val="008E110F"/>
     <w:rsid w:val="008E675B"/>
     <w:rsid w:val="00922918"/>
     <w:rsid w:val="00934983"/>
+    <w:rsid w:val="00943680"/>
     <w:rsid w:val="00963F15"/>
     <w:rsid w:val="009A73BA"/>
     <w:rsid w:val="009C0429"/>
     <w:rsid w:val="009D01DF"/>
     <w:rsid w:val="009F311B"/>
     <w:rsid w:val="00A115A3"/>
     <w:rsid w:val="00A124B7"/>
     <w:rsid w:val="00A13452"/>
+    <w:rsid w:val="00A1749E"/>
     <w:rsid w:val="00A236F7"/>
     <w:rsid w:val="00A3138C"/>
     <w:rsid w:val="00A52BBC"/>
     <w:rsid w:val="00A63F0C"/>
     <w:rsid w:val="00A75B8E"/>
     <w:rsid w:val="00AB6A1A"/>
     <w:rsid w:val="00AB6C03"/>
     <w:rsid w:val="00AC67B8"/>
     <w:rsid w:val="00AD2A83"/>
     <w:rsid w:val="00AE2184"/>
     <w:rsid w:val="00AE2FFA"/>
     <w:rsid w:val="00AF0E7F"/>
     <w:rsid w:val="00AF49A9"/>
     <w:rsid w:val="00B04106"/>
     <w:rsid w:val="00B11D87"/>
     <w:rsid w:val="00B160C6"/>
     <w:rsid w:val="00B36B8B"/>
     <w:rsid w:val="00B6327D"/>
     <w:rsid w:val="00B91302"/>
+    <w:rsid w:val="00B95900"/>
     <w:rsid w:val="00BC2E0C"/>
     <w:rsid w:val="00BD3F42"/>
+    <w:rsid w:val="00BF3429"/>
     <w:rsid w:val="00BF343F"/>
     <w:rsid w:val="00BF6D75"/>
     <w:rsid w:val="00C00336"/>
     <w:rsid w:val="00C12232"/>
     <w:rsid w:val="00C204A5"/>
     <w:rsid w:val="00C36552"/>
     <w:rsid w:val="00C43EE7"/>
+    <w:rsid w:val="00C73971"/>
+    <w:rsid w:val="00C74AC7"/>
     <w:rsid w:val="00C94092"/>
     <w:rsid w:val="00CA44ED"/>
     <w:rsid w:val="00CA5E39"/>
     <w:rsid w:val="00CF471F"/>
     <w:rsid w:val="00CF68B9"/>
     <w:rsid w:val="00D16BF0"/>
     <w:rsid w:val="00D26365"/>
     <w:rsid w:val="00D41BF8"/>
+    <w:rsid w:val="00D51DD2"/>
     <w:rsid w:val="00D63A92"/>
     <w:rsid w:val="00D67D74"/>
     <w:rsid w:val="00D73EBA"/>
     <w:rsid w:val="00D77081"/>
     <w:rsid w:val="00D85455"/>
     <w:rsid w:val="00D947E7"/>
+    <w:rsid w:val="00DA70B9"/>
+    <w:rsid w:val="00DC028F"/>
+    <w:rsid w:val="00DC64DD"/>
     <w:rsid w:val="00DC74D9"/>
     <w:rsid w:val="00DE2197"/>
     <w:rsid w:val="00DE5185"/>
     <w:rsid w:val="00E011C3"/>
     <w:rsid w:val="00E02C5C"/>
     <w:rsid w:val="00E06D4A"/>
     <w:rsid w:val="00E07B54"/>
+    <w:rsid w:val="00E15859"/>
     <w:rsid w:val="00E2426B"/>
     <w:rsid w:val="00E300FF"/>
+    <w:rsid w:val="00E44505"/>
     <w:rsid w:val="00E77E9F"/>
     <w:rsid w:val="00E96B3E"/>
     <w:rsid w:val="00EB2F86"/>
     <w:rsid w:val="00EB361D"/>
+    <w:rsid w:val="00EC7515"/>
     <w:rsid w:val="00ED397F"/>
     <w:rsid w:val="00EF3FE1"/>
     <w:rsid w:val="00F258D0"/>
     <w:rsid w:val="00F25AE5"/>
     <w:rsid w:val="00F2641C"/>
     <w:rsid w:val="00F314EF"/>
     <w:rsid w:val="00F645D2"/>
     <w:rsid w:val="00F76377"/>
+    <w:rsid w:val="00F82241"/>
     <w:rsid w:val="00F9192F"/>
     <w:rsid w:val="00F939DD"/>
     <w:rsid w:val="00FD561B"/>
     <w:rsid w:val="00FD6DE2"/>
     <w:rsid w:val="00FF30B5"/>
     <w:rsid w:val="00FF3C2A"/>
     <w:rsid w:val="00FF5405"/>
     <w:rsid w:val="020147E9"/>
     <w:rsid w:val="0251E847"/>
     <w:rsid w:val="0467E90B"/>
+    <w:rsid w:val="078F4C97"/>
     <w:rsid w:val="07D3FBAA"/>
     <w:rsid w:val="087EF729"/>
     <w:rsid w:val="0898F602"/>
     <w:rsid w:val="0A228A33"/>
     <w:rsid w:val="0A2FDB9B"/>
     <w:rsid w:val="0B5B26B9"/>
     <w:rsid w:val="0D6C305E"/>
     <w:rsid w:val="0EA8BF5D"/>
     <w:rsid w:val="10A5A027"/>
     <w:rsid w:val="17075832"/>
     <w:rsid w:val="17B10C13"/>
     <w:rsid w:val="18030E84"/>
     <w:rsid w:val="18266E54"/>
     <w:rsid w:val="19E9AEB5"/>
     <w:rsid w:val="1B1713BA"/>
     <w:rsid w:val="1B9147AC"/>
     <w:rsid w:val="1D05E7AE"/>
     <w:rsid w:val="20364DC2"/>
     <w:rsid w:val="203BB13A"/>
     <w:rsid w:val="21466692"/>
     <w:rsid w:val="2282E62C"/>
     <w:rsid w:val="2385C556"/>
     <w:rsid w:val="24A63EAC"/>
     <w:rsid w:val="25A115F0"/>
     <w:rsid w:val="26235658"/>
     <w:rsid w:val="27CD216F"/>
     <w:rsid w:val="2904730B"/>
+    <w:rsid w:val="2BCA2289"/>
     <w:rsid w:val="2D2F1E26"/>
     <w:rsid w:val="2E459444"/>
     <w:rsid w:val="2EB4D9D6"/>
     <w:rsid w:val="30E6D00B"/>
     <w:rsid w:val="3133BAE2"/>
     <w:rsid w:val="32B6F8E7"/>
     <w:rsid w:val="345FC478"/>
     <w:rsid w:val="349DE45B"/>
     <w:rsid w:val="350A5D01"/>
     <w:rsid w:val="3646FFD8"/>
     <w:rsid w:val="37C6CDB2"/>
     <w:rsid w:val="37E8AB50"/>
     <w:rsid w:val="3853965E"/>
     <w:rsid w:val="38E866A5"/>
+    <w:rsid w:val="3B33726B"/>
     <w:rsid w:val="3BDC9148"/>
     <w:rsid w:val="3C0A1290"/>
     <w:rsid w:val="3CEF6387"/>
     <w:rsid w:val="3D720968"/>
     <w:rsid w:val="3E81FE47"/>
     <w:rsid w:val="3F3E6C99"/>
     <w:rsid w:val="3FD78E80"/>
     <w:rsid w:val="4021DCB1"/>
     <w:rsid w:val="42317FE9"/>
     <w:rsid w:val="430A972E"/>
     <w:rsid w:val="4598C228"/>
     <w:rsid w:val="45D72A88"/>
+    <w:rsid w:val="45DB01D3"/>
     <w:rsid w:val="45FCADD2"/>
     <w:rsid w:val="467D2949"/>
     <w:rsid w:val="48027A93"/>
     <w:rsid w:val="48A549E2"/>
     <w:rsid w:val="4A3EFDE6"/>
     <w:rsid w:val="4AB422AD"/>
+    <w:rsid w:val="4DAF0F2F"/>
     <w:rsid w:val="4DE8D8D4"/>
     <w:rsid w:val="4E007AF8"/>
     <w:rsid w:val="4EABC316"/>
     <w:rsid w:val="4FF1A2A1"/>
     <w:rsid w:val="50259009"/>
     <w:rsid w:val="50FBE4F7"/>
     <w:rsid w:val="513F81F7"/>
     <w:rsid w:val="519417AA"/>
     <w:rsid w:val="5237B516"/>
     <w:rsid w:val="527CD7D6"/>
     <w:rsid w:val="530AB11D"/>
     <w:rsid w:val="53DBCBDD"/>
     <w:rsid w:val="54191C5F"/>
     <w:rsid w:val="546DAEF5"/>
     <w:rsid w:val="558B612D"/>
     <w:rsid w:val="55D7AF1E"/>
     <w:rsid w:val="5626F8D2"/>
     <w:rsid w:val="568601B4"/>
+    <w:rsid w:val="56932E6B"/>
     <w:rsid w:val="5839DB7E"/>
     <w:rsid w:val="58B08917"/>
     <w:rsid w:val="5A50A74B"/>
     <w:rsid w:val="5A801DA7"/>
     <w:rsid w:val="5B092436"/>
     <w:rsid w:val="5B5B3A13"/>
     <w:rsid w:val="5B5C2D6D"/>
     <w:rsid w:val="5CD8625B"/>
     <w:rsid w:val="5DEE2222"/>
     <w:rsid w:val="5EFFBC38"/>
     <w:rsid w:val="5F080347"/>
     <w:rsid w:val="60EE3F92"/>
     <w:rsid w:val="629E5E61"/>
     <w:rsid w:val="65A7A92E"/>
     <w:rsid w:val="68D3524C"/>
     <w:rsid w:val="69CBE667"/>
     <w:rsid w:val="6AC8466F"/>
     <w:rsid w:val="6BAAABD6"/>
     <w:rsid w:val="6BAC75D2"/>
     <w:rsid w:val="6C21EAA8"/>
     <w:rsid w:val="6C7FBA5A"/>
     <w:rsid w:val="6E34B630"/>
+    <w:rsid w:val="6FFC3FEA"/>
     <w:rsid w:val="713A04B4"/>
     <w:rsid w:val="71B0BA32"/>
     <w:rsid w:val="72026A46"/>
     <w:rsid w:val="73647149"/>
     <w:rsid w:val="73AA9BE1"/>
     <w:rsid w:val="73CBA3E3"/>
     <w:rsid w:val="742029C2"/>
+    <w:rsid w:val="744B8D51"/>
     <w:rsid w:val="74DC3988"/>
     <w:rsid w:val="7544ED39"/>
     <w:rsid w:val="7603DFE5"/>
     <w:rsid w:val="764BBC03"/>
+    <w:rsid w:val="784CF0AD"/>
     <w:rsid w:val="784FD6B6"/>
     <w:rsid w:val="78FFB333"/>
     <w:rsid w:val="7914A07C"/>
     <w:rsid w:val="79AB3637"/>
     <w:rsid w:val="7AC5D20C"/>
     <w:rsid w:val="7B58DF67"/>
     <w:rsid w:val="7B844901"/>
     <w:rsid w:val="7CF4F7BC"/>
     <w:rsid w:val="7E6F8404"/>
     <w:rsid w:val="7FB139AA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="70784818"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{C0B620CF-C175-435E-A625-E7AE73353F4D}"/>
+  <w15:docId w15:val="{052D4B36-75A9-42CA-BF7C-2A1984FDC68A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3284,54 +3409,54 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0021677C"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -3599,50 +3724,70 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="c5dbf80e-f509-45f6-9fe5-406e3eefabbb" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="b94932a4-8a36-4682-922b-a748b0285a9f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010051F72A33DDA3E849BA7AB8F84D4532B3" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e5b8ef66eb4e0d3de6313376e279d3a8">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b94932a4-8a36-4682-922b-a748b0285a9f" xmlns:ns3="45f13a3b-a8f8-458e-b468-fe19c65d9e9c" xmlns:ns4="c5dbf80e-f509-45f6-9fe5-406e3eefabbb" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2bf08a12822c59165828193c822e9d83" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="b94932a4-8a36-4682-922b-a748b0285a9f"/>
     <xsd:import namespace="45f13a3b-a8f8-458e-b468-fe19c65d9e9c"/>
     <xsd:import namespace="c5dbf80e-f509-45f6-9fe5-406e3eefabbb"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -3826,124 +3971,104 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B4EF0219-0C92-46B1-9A95-2E1C47503BDD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{93AA9A3D-CC03-45D7-A8B8-51721B7ECE78}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c5dbf80e-f509-45f6-9fe5-406e3eefabbb"/>
+    <ds:schemaRef ds:uri="b94932a4-8a36-4682-922b-a748b0285a9f"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{682503E9-17DC-4BF3-BEF7-97C08353DFBC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="b94932a4-8a36-4682-922b-a748b0285a9f"/>
     <ds:schemaRef ds:uri="45f13a3b-a8f8-458e-b468-fe19c65d9e9c"/>
     <ds:schemaRef ds:uri="c5dbf80e-f509-45f6-9fe5-406e3eefabbb"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>52</Words>
-  <Characters>303</Characters>
+  <Words>74</Words>
+  <Characters>424</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-  <Lines>2</Lines>
+  <DocSecurity>4</DocSecurity>
+  <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>354</CharactersWithSpaces>
+  <CharactersWithSpaces>497</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Hamson, Laura</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010051F72A33DDA3E849BA7AB8F84D4532B3</vt:lpwstr>